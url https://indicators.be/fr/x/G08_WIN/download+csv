--- v0 (2025-11-01)
+++ v1 (2026-03-18)
@@ -13,62 +13,65 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G08_WIN" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="37" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="31">
   <si>
     <t>Incapacité de travail de longue durée - Belgique</t>
   </si>
   <si>
     <t>pourcentage de l'emploi, chômeurs compris</t>
   </si>
   <si>
     <t>Belgique</t>
   </si>
   <si>
-    <t>Institut national d'assurance maladie-invalidité (2024), communication directe (11/06/2024); calculs BFP.</t>
+    <t>Les données pour les années 2023 et 2024 sont provisoires.</t>
+  </si>
+  <si>
+    <t>Source: Calculs BFP sur la base de l'Institut national d'assurance maladie-invalidité (2025), communication directe (02/10/2025)</t>
   </si>
   <si>
     <t>Incapacité de travail de longue durée selon la Région - Belgique</t>
   </si>
   <si>
     <t>Région de Bruxelles-Capitale</t>
   </si>
   <si>
     <t>Région flamande</t>
   </si>
   <si>
     <t>Région wallonne</t>
   </si>
   <si>
     <t>Incapacité de travail de longue durée selon le sexe - Belgique</t>
   </si>
   <si>
     <t>femmes</t>
   </si>
   <si>
     <t>hommes</t>
   </si>
   <si>
     <t>Incapacité de travail de longue durée selon l'âge - Belgique</t>
   </si>
@@ -96,76 +99,65 @@
   <si>
     <t>système ostéo-articulaire, muscles et tissu conjonctif</t>
   </si>
   <si>
     <t>système nerveux</t>
   </si>
   <si>
     <t>tumeurs</t>
   </si>
   <si>
     <t>appareil circulatoire</t>
   </si>
   <si>
     <t>autre</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G08_WIN</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Incapacité de travail de longue durée (i40)</t>
+    <t>Incapacité de travail de longue durée (i41)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Définition: la part des personnes (de 16 ans ou plus) en incapacité de travail de plus d’un an dans l’emploi total (salariés et indépendants) du secteur privé en Belgique. Les chômeurs ayant accès à ce statut sont également inclus dans le calcul. L’indicateur est calculé par le BFP à partir de données reçues de l’Institut national d'assurance maladie-invalidité (INAMI), de l’Institut des comptes nationaux (ICN) et de l’Office national de sécurité sociale (ONSS).
+Pour cet indicateur les ventilations suivantes sont disponibles : région, sexe, âge et cause de l'incapacité.
 Objectif: la part des personnes en incapacité de travail de longue durée doit diminuer.
 Les objectifs de développement durable ou SDG adoptés par l'ONU en 2015 comprennent l'objectif 8: "Promouvoir une croissance économique soutenue, partagée et durable, le plein emploi productif et un travail décent pour tous".
 La vision fédérale à long terme sur le développement durable inclut l'objectif 11: "Les conditions de travail seront adaptées tout au long de la carrière en vue d'assurer une meilleure qualité de vie et de pouvoir travailler plus longtemps" (Moniteur belge, 08/10/2013). Il faut donc connaître l'évolution de la part de la population qui doit potentiellement bénéficier de conditions de travail adaptées.
-Évolution: une augmentation de la part des personnes en incapacité de travail de longue durée est observée sur la période de 2005 à 2022, passant de 5,4% à 11,2%. En 2022, on dénombre 502.371 cas d’incapacité de travail de longue durée en Belgique.
-[...4 lines deleted...]
-Ventilation selon la cause de l’incapacité: la part des personnes en incapacité de travail de longue durée pour des raisons de Troubles mentaux et du comportement est la plus élevée et celle qui augmente le plus: elle est passée de 28,8% des causes d’incapacité en 2005 à 36,9% en 2022. L’évolution de la deuxième cause d'incapacité, les Maladies du système ostéo-articulaire, des muscles et du tissu conjonctif, passe quant à elle de 25,3% en 2005 à 31,7% en 2022. Les Maladies de l'appareil circulatoire quant à elles diminuent au cours de la période considérée, passant de 9,8% à 4,7%. La part des incapacités causées par les Tumeurs et par les Maladies du système nerveux est quant à elle plus stable, aux environs de 6% du total pour chacune.
 Indicateur ONU: l’indicateur choisi ne correspond à aucun indicateur de suivi des SDG, mais est relié à l'objectif 8 puisqu'il donne une information sur la capacité de la population à participer activement au marché du travail.
-Cet indicateur est utilisé pour le calcul de l'indicateur composite de bien-être ici et maintenant, publié dans le rapport Indicateurs de développement durable.
+Cet indicateur est utilisé pour le calcul de l'indicateur composite de bien-être ici et maintenant.
 Sources
-Générales
-[...5 lines deleted...]
-Moniteur belge: http://www.ejustice.just.fgov.be/cgi/welcome.pl; recherche sur http://www.ejustice.just.fgov.be/doc/rech_f.htm (consulté le 24/09/2020).
+Moniteur belge: http://www.ejustice.just.fgov.be/cgi/welcome.pl; recherche sur http://www.ejustice.just.fgov.be/doc/rech_f.htm.
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -223,51 +215,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:T46"/>
+  <dimension ref="A1:V51"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
         <v>2005</v>
       </c>
       <c r="C3" s="1" t="n">
@@ -299,1392 +291,1543 @@
       </c>
       <c r="L3" s="1" t="n">
         <v>2015</v>
       </c>
       <c r="M3" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="N3" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="O3" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="P3" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="Q3" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="R3" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="S3" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="T3" s="1"/>
+      <c r="T3" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="U3" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="V3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="1" t="n">
-        <v>5.410157307</v>
+        <v>5.410156011</v>
       </c>
       <c r="C4" s="1" t="n">
-        <v>5.548796916</v>
+        <v>5.548798233</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>5.694706111</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>5.838724012</v>
       </c>
       <c r="F4" s="1" t="n">
-        <v>6.160561263</v>
+        <v>6.163665931</v>
       </c>
       <c r="G4" s="1" t="n">
-        <v>6.423531102</v>
+        <v>6.427684133</v>
       </c>
       <c r="H4" s="1" t="n">
-        <v>6.64126243</v>
+        <v>6.645637687</v>
       </c>
       <c r="I4" s="1" t="n">
-        <v>6.972414201</v>
+        <v>6.977169486</v>
       </c>
       <c r="J4" s="1" t="n">
-        <v>7.351330122</v>
+        <v>7.356796959</v>
       </c>
       <c r="K4" s="1" t="n">
-        <v>7.902455366</v>
+        <v>7.908233714</v>
       </c>
       <c r="L4" s="1" t="n">
-        <v>8.542350023</v>
+        <v>8.548935018</v>
       </c>
       <c r="M4" s="1" t="n">
-        <v>8.975862919</v>
+        <v>8.976491798</v>
       </c>
       <c r="N4" s="1" t="n">
-        <v>9.248920216</v>
+        <v>9.25564112</v>
       </c>
       <c r="O4" s="1" t="n">
-        <v>9.714446415</v>
+        <v>9.720582277</v>
       </c>
       <c r="P4" s="1" t="n">
-        <v>10.14778475</v>
+        <v>10.15186993</v>
       </c>
       <c r="Q4" s="1" t="n">
-        <v>10.7203168</v>
+        <v>10.72018017</v>
       </c>
       <c r="R4" s="1" t="n">
-        <v>10.92965874</v>
+        <v>10.95535597</v>
       </c>
       <c r="S4" s="1" t="n">
-        <v>11.17060166</v>
-[...1 lines deleted...]
-      <c r="T4" s="1"/>
+        <v>11.21306022</v>
+      </c>
+      <c r="T4" s="1" t="n">
+        <v>11.7054308</v>
+      </c>
+      <c r="U4" s="1" t="n">
+        <v>12.21862523</v>
+      </c>
+      <c r="V4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0"/>
       <c r="B5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
-      <c r="A7" s="0"/>
+      <c r="A7" s="0" t="s">
+        <v>4</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
-      <c r="A8" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A8" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
+      <c r="A10" s="0" t="s">
         <v>1</v>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
-[...1 lines deleted...]
-      <c r="B10" s="1" t="n">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
+      <c r="A11" s="0"/>
+      <c r="B11" s="1" t="n">
         <v>2005</v>
       </c>
-      <c r="C10" s="1" t="n">
+      <c r="C11" s="1" t="n">
         <v>2006</v>
       </c>
-      <c r="D10" s="1" t="n">
+      <c r="D11" s="1" t="n">
         <v>2007</v>
       </c>
-      <c r="E10" s="1" t="n">
+      <c r="E11" s="1" t="n">
         <v>2008</v>
       </c>
-      <c r="F10" s="1" t="n">
+      <c r="F11" s="1" t="n">
         <v>2009</v>
       </c>
-      <c r="G10" s="1" t="n">
+      <c r="G11" s="1" t="n">
         <v>2010</v>
       </c>
-      <c r="H10" s="1" t="n">
+      <c r="H11" s="1" t="n">
         <v>2011</v>
       </c>
-      <c r="I10" s="1" t="n">
+      <c r="I11" s="1" t="n">
         <v>2012</v>
       </c>
-      <c r="J10" s="1" t="n">
+      <c r="J11" s="1" t="n">
         <v>2013</v>
       </c>
-      <c r="K10" s="1" t="n">
+      <c r="K11" s="1" t="n">
         <v>2014</v>
       </c>
-      <c r="L10" s="1" t="n">
+      <c r="L11" s="1" t="n">
         <v>2015</v>
       </c>
-      <c r="M10" s="1" t="n">
+      <c r="M11" s="1" t="n">
         <v>2016</v>
       </c>
-      <c r="N10" s="1" t="n">
+      <c r="N11" s="1" t="n">
         <v>2017</v>
       </c>
-      <c r="O10" s="1" t="n">
+      <c r="O11" s="1" t="n">
         <v>2018</v>
       </c>
-      <c r="P10" s="1" t="n">
+      <c r="P11" s="1" t="n">
         <v>2019</v>
       </c>
-      <c r="Q10" s="1" t="n">
+      <c r="Q11" s="1" t="n">
         <v>2020</v>
       </c>
-      <c r="R10" s="1" t="n">
+      <c r="R11" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="S10" s="1" t="n">
+      <c r="S11" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="T10" s="1"/>
-[...59 lines deleted...]
-      <c r="T11" s="1"/>
+      <c r="T11" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="U11" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="V11" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="1" t="n">
-        <v>4.784567697</v>
+        <v>5.825880057</v>
       </c>
       <c r="C12" s="1" t="n">
-        <v>4.927174811</v>
+        <v>5.919911149</v>
       </c>
       <c r="D12" s="1" t="n">
-        <v>5.081940799</v>
+        <v>5.924255792</v>
       </c>
       <c r="E12" s="1" t="n">
-        <v>5.202556144</v>
+        <v>5.854546169</v>
       </c>
       <c r="F12" s="1" t="n">
-        <v>5.548275522</v>
+        <v>5.767313762</v>
       </c>
       <c r="G12" s="1" t="n">
-        <v>5.771803622</v>
+        <v>5.833247646</v>
       </c>
       <c r="H12" s="1" t="n">
-        <v>5.974482428</v>
+        <v>5.914308492</v>
       </c>
       <c r="I12" s="1" t="n">
-        <v>6.240294387</v>
+        <v>6.106052991</v>
       </c>
       <c r="J12" s="1" t="n">
-        <v>6.511483659</v>
+        <v>6.491196207</v>
       </c>
       <c r="K12" s="1" t="n">
-        <v>6.967534019</v>
+        <v>6.86693283</v>
       </c>
       <c r="L12" s="1" t="n">
-        <v>7.472355686</v>
+        <v>7.406161758</v>
       </c>
       <c r="M12" s="1" t="n">
-        <v>7.78571642</v>
+        <v>7.486426301</v>
       </c>
       <c r="N12" s="1" t="n">
-        <v>7.951089164</v>
+        <v>7.590210091</v>
       </c>
       <c r="O12" s="1" t="n">
-        <v>8.277348254</v>
+        <v>8.121410805</v>
       </c>
       <c r="P12" s="1" t="n">
-        <v>8.602959992</v>
+        <v>8.641786754</v>
       </c>
       <c r="Q12" s="1" t="n">
-        <v>9.103917986</v>
+        <v>8.932955746</v>
       </c>
       <c r="R12" s="1" t="n">
-        <v>9.271765469</v>
+        <v>9.295042747</v>
       </c>
       <c r="S12" s="1" t="n">
-        <v>9.47704257</v>
-[...1 lines deleted...]
-      <c r="T12" s="1"/>
+        <v>9.456376043</v>
+      </c>
+      <c r="T12" s="1" t="n">
+        <v>10.02141996</v>
+      </c>
+      <c r="U12" s="1" t="n">
+        <v>10.66462787</v>
+      </c>
+      <c r="V12" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="1" t="n">
-        <v>6.223311314</v>
+        <v>4.783632068</v>
       </c>
       <c r="C13" s="1" t="n">
-        <v>6.391581652</v>
+        <v>4.926116513</v>
       </c>
       <c r="D13" s="1" t="n">
-        <v>6.582156937</v>
+        <v>5.080894195</v>
       </c>
       <c r="E13" s="1" t="n">
-        <v>6.856603852</v>
+        <v>5.202181759</v>
       </c>
       <c r="F13" s="1" t="n">
-        <v>7.447041124</v>
+        <v>5.547852676</v>
       </c>
       <c r="G13" s="1" t="n">
-        <v>7.837785875</v>
+        <v>5.772466788</v>
       </c>
       <c r="H13" s="1" t="n">
-        <v>8.11939767</v>
+        <v>5.975179875</v>
       </c>
       <c r="I13" s="1" t="n">
-        <v>8.61517148</v>
+        <v>6.241376852</v>
       </c>
       <c r="J13" s="1" t="n">
-        <v>9.19419203</v>
+        <v>6.512885648</v>
       </c>
       <c r="K13" s="1" t="n">
-        <v>9.976374935</v>
+        <v>6.967966779</v>
       </c>
       <c r="L13" s="1" t="n">
-        <v>10.91921656</v>
+        <v>7.472364217</v>
       </c>
       <c r="M13" s="1" t="n">
-        <v>11.28777253</v>
+        <v>7.777784076</v>
       </c>
       <c r="N13" s="1" t="n">
-        <v>11.74435996</v>
+        <v>7.953337416</v>
       </c>
       <c r="O13" s="1" t="n">
-        <v>12.45009006</v>
+        <v>8.281169228</v>
       </c>
       <c r="P13" s="1" t="n">
-        <v>13.0276882</v>
+        <v>8.604726603</v>
       </c>
       <c r="Q13" s="1" t="n">
-        <v>14.02802351</v>
+        <v>9.101882254</v>
       </c>
       <c r="R13" s="1" t="n">
-        <v>14.18725365</v>
+        <v>9.292922613</v>
       </c>
       <c r="S13" s="1" t="n">
-        <v>14.49536572</v>
-[...1 lines deleted...]
-      <c r="T13" s="1"/>
+        <v>9.507462741</v>
+      </c>
+      <c r="T13" s="1" t="n">
+        <v>9.889227623</v>
+      </c>
+      <c r="U13" s="1" t="n">
+        <v>10.248594</v>
+      </c>
+      <c r="V13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="0"/>
-      <c r="B14" s="1"/>
+      <c r="A14" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="B14" s="1" t="n">
+        <v>6.223414224</v>
+      </c>
+      <c r="C14" s="1" t="n">
+        <v>6.391406869</v>
+      </c>
+      <c r="D14" s="1" t="n">
+        <v>6.581488231</v>
+      </c>
+      <c r="E14" s="1" t="n">
+        <v>6.856408988</v>
+      </c>
+      <c r="F14" s="1" t="n">
+        <v>7.447167266</v>
+      </c>
+      <c r="G14" s="1" t="n">
+        <v>7.837017486</v>
+      </c>
+      <c r="H14" s="1" t="n">
+        <v>8.118248772</v>
+      </c>
+      <c r="I14" s="1" t="n">
+        <v>8.612303508</v>
+      </c>
+      <c r="J14" s="1" t="n">
+        <v>9.190767009</v>
+      </c>
+      <c r="K14" s="1" t="n">
+        <v>9.975049438</v>
+      </c>
+      <c r="L14" s="1" t="n">
+        <v>10.91825874</v>
+      </c>
+      <c r="M14" s="1" t="n">
+        <v>11.27905931</v>
+      </c>
+      <c r="N14" s="1" t="n">
+        <v>11.74710119</v>
+      </c>
+      <c r="O14" s="1" t="n">
+        <v>12.44905573</v>
+      </c>
+      <c r="P14" s="1" t="n">
+        <v>13.02334678</v>
+      </c>
+      <c r="Q14" s="1" t="n">
+        <v>14.01278036</v>
+      </c>
+      <c r="R14" s="1" t="n">
+        <v>14.20137967</v>
+      </c>
+      <c r="S14" s="1" t="n">
+        <v>14.5333031</v>
+      </c>
+      <c r="T14" s="1" t="n">
+        <v>15.20888369</v>
+      </c>
+      <c r="U14" s="1" t="n">
+        <v>15.87761776</v>
+      </c>
+      <c r="V14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="0" t="s">
+      <c r="A15" s="0"/>
+      <c r="B15" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="0" t="s">
         <v>3</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A16" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A18" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="0"/>
-[...54 lines deleted...]
-      <c r="T19" s="1"/>
+      <c r="A19" s="0" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="0" t="s">
-        <v>9</v>
-[...55 lines deleted...]
-      <c r="T20" s="1"/>
+        <v>1</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="0" t="s">
+      <c r="A21" s="0"/>
+      <c r="B21" s="1" t="n">
+        <v>2005</v>
+      </c>
+      <c r="C21" s="1" t="n">
+        <v>2006</v>
+      </c>
+      <c r="D21" s="1" t="n">
+        <v>2007</v>
+      </c>
+      <c r="E21" s="1" t="n">
+        <v>2008</v>
+      </c>
+      <c r="F21" s="1" t="n">
+        <v>2009</v>
+      </c>
+      <c r="G21" s="1" t="n">
+        <v>2010</v>
+      </c>
+      <c r="H21" s="1" t="n">
+        <v>2011</v>
+      </c>
+      <c r="I21" s="1" t="n">
+        <v>2012</v>
+      </c>
+      <c r="J21" s="1" t="n">
+        <v>2013</v>
+      </c>
+      <c r="K21" s="1" t="n">
+        <v>2014</v>
+      </c>
+      <c r="L21" s="1" t="n">
+        <v>2015</v>
+      </c>
+      <c r="M21" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="N21" s="1" t="n">
+        <v>2017</v>
+      </c>
+      <c r="O21" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="P21" s="1" t="n">
+        <v>2019</v>
+      </c>
+      <c r="Q21" s="1" t="n">
+        <v>2020</v>
+      </c>
+      <c r="R21" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="S21" s="1" t="n">
+        <v>2022</v>
+      </c>
+      <c r="T21" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="U21" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="V21" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="0" t="s">
         <v>10</v>
       </c>
-      <c r="B21" s="1" t="n">
-[...57 lines deleted...]
-      <c r="B22" s="1"/>
+      <c r="B22" s="1" t="n">
+        <v>5.892095525</v>
+      </c>
+      <c r="C22" s="1" t="n">
+        <v>6.231073649</v>
+      </c>
+      <c r="D22" s="1" t="n">
+        <v>6.494702721</v>
+      </c>
+      <c r="E22" s="1" t="n">
+        <v>6.775239902</v>
+      </c>
+      <c r="F22" s="1" t="n">
+        <v>7.328922954</v>
+      </c>
+      <c r="G22" s="1" t="n">
+        <v>7.715625647</v>
+      </c>
+      <c r="H22" s="1" t="n">
+        <v>8.093832972</v>
+      </c>
+      <c r="I22" s="1" t="n">
+        <v>8.579536754</v>
+      </c>
+      <c r="J22" s="1" t="n">
+        <v>9.131819621</v>
+      </c>
+      <c r="K22" s="1" t="n">
+        <v>9.925417045</v>
+      </c>
+      <c r="L22" s="1" t="n">
+        <v>10.85458189</v>
+      </c>
+      <c r="M22" s="1" t="n">
+        <v>11.51395239</v>
+      </c>
+      <c r="N22" s="1" t="n">
+        <v>11.96902322</v>
+      </c>
+      <c r="O22" s="1" t="n">
+        <v>12.68298563</v>
+      </c>
+      <c r="P22" s="1" t="n">
+        <v>13.35935863</v>
+      </c>
+      <c r="Q22" s="1" t="n">
+        <v>14.26466765</v>
+      </c>
+      <c r="R22" s="1" t="n">
+        <v>14.75746586</v>
+      </c>
+      <c r="S22" s="1" t="n">
+        <v>15.22541019</v>
+      </c>
+      <c r="T22" s="1" t="n">
+        <v>15.99268694</v>
+      </c>
+      <c r="U22" s="1" t="n">
+        <v>16.8178044</v>
+      </c>
+      <c r="V22" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0" t="s">
-        <v>3</v>
-      </c>
+        <v>11</v>
+      </c>
+      <c r="B23" s="1" t="n">
+        <v>5.066148531</v>
+      </c>
+      <c r="C23" s="1" t="n">
+        <v>5.059951032</v>
+      </c>
+      <c r="D23" s="1" t="n">
+        <v>5.118772068</v>
+      </c>
+      <c r="E23" s="1" t="n">
+        <v>5.158097251</v>
+      </c>
+      <c r="F23" s="1" t="n">
+        <v>5.305991755</v>
+      </c>
+      <c r="G23" s="1" t="n">
+        <v>5.46930686</v>
+      </c>
+      <c r="H23" s="1" t="n">
+        <v>5.561532148</v>
+      </c>
+      <c r="I23" s="1" t="n">
+        <v>5.77065613</v>
+      </c>
+      <c r="J23" s="1" t="n">
+        <v>6.01290725</v>
+      </c>
+      <c r="K23" s="1" t="n">
+        <v>6.365396836</v>
+      </c>
+      <c r="L23" s="1" t="n">
+        <v>6.778968154</v>
+      </c>
+      <c r="M23" s="1" t="n">
+        <v>7.022590008</v>
+      </c>
+      <c r="N23" s="1" t="n">
+        <v>7.159557557</v>
+      </c>
+      <c r="O23" s="1" t="n">
+        <v>7.424407216</v>
+      </c>
+      <c r="P23" s="1" t="n">
+        <v>7.661706286</v>
+      </c>
+      <c r="Q23" s="1" t="n">
+        <v>7.970509322</v>
+      </c>
+      <c r="R23" s="1" t="n">
+        <v>8.015509423</v>
+      </c>
+      <c r="S23" s="1" t="n">
+        <v>8.109339552</v>
+      </c>
+      <c r="T23" s="1" t="n">
+        <v>8.383687887</v>
+      </c>
+      <c r="U23" s="1" t="n">
+        <v>8.65757524</v>
+      </c>
+      <c r="V23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="0"/>
+      <c r="B24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="0" t="s">
-        <v>11</v>
+        <v>3</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0" t="s">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0"/>
-      <c r="B27" s="1" t="n">
-[...53 lines deleted...]
-      <c r="T27" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0" t="s">
         <v>12</v>
       </c>
-      <c r="B28" s="1" t="n">
-[...53 lines deleted...]
-      <c r="T28" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="0" t="s">
-        <v>13</v>
-[...55 lines deleted...]
-      <c r="T29" s="1"/>
+        <v>1</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A30" s="0"/>
       <c r="B30" s="1" t="n">
-        <v>13.44764626</v>
+        <v>2005</v>
       </c>
       <c r="C30" s="1" t="n">
-        <v>13.63552488</v>
+        <v>2006</v>
       </c>
       <c r="D30" s="1" t="n">
-        <v>13.6639509</v>
+        <v>2007</v>
       </c>
       <c r="E30" s="1" t="n">
-        <v>13.68954719</v>
+        <v>2008</v>
       </c>
       <c r="F30" s="1" t="n">
-        <v>14.0874729</v>
+        <v>2009</v>
       </c>
       <c r="G30" s="1" t="n">
-        <v>14.34532125</v>
+        <v>2010</v>
       </c>
       <c r="H30" s="1" t="n">
-        <v>14.61761682</v>
+        <v>2011</v>
       </c>
       <c r="I30" s="1" t="n">
-        <v>15.13787411</v>
+        <v>2012</v>
       </c>
       <c r="J30" s="1" t="n">
-        <v>15.70328756</v>
+        <v>2013</v>
       </c>
       <c r="K30" s="1" t="n">
-        <v>16.59943899</v>
+        <v>2014</v>
       </c>
       <c r="L30" s="1" t="n">
-        <v>17.52319761</v>
+        <v>2015</v>
       </c>
       <c r="M30" s="1" t="n">
-        <v>18.3484196</v>
+        <v>2016</v>
       </c>
       <c r="N30" s="1" t="n">
-        <v>19.02614941</v>
+        <v>2017</v>
       </c>
       <c r="O30" s="1" t="n">
-        <v>20.05110442</v>
+        <v>2018</v>
       </c>
       <c r="P30" s="1" t="n">
-        <v>21.16541992</v>
+        <v>2019</v>
       </c>
       <c r="Q30" s="1" t="n">
-        <v>22.13809082</v>
+        <v>2020</v>
       </c>
       <c r="R30" s="1" t="n">
-        <v>22.82430021</v>
+        <v>2021</v>
       </c>
       <c r="S30" s="1" t="n">
-        <v>23.52919852</v>
-[...1 lines deleted...]
-      <c r="T30" s="1"/>
+        <v>2022</v>
+      </c>
+      <c r="T30" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="U30" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="V30" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="0" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="B31" s="1" t="n">
-        <v>1.064448581</v>
+        <v>0.2255097341</v>
       </c>
       <c r="C31" s="1" t="n">
-        <v>0.9274537696</v>
+        <v>0.2230622054</v>
       </c>
       <c r="D31" s="1" t="n">
-        <v>1.030080544</v>
+        <v>0.2272551921</v>
       </c>
       <c r="E31" s="1" t="n">
-        <v>1.083628425</v>
+        <v>0.236092632</v>
       </c>
       <c r="F31" s="1" t="n">
-        <v>1.682747974</v>
+        <v>0.2877323366</v>
       </c>
       <c r="G31" s="1" t="n">
-        <v>1.66590762</v>
+        <v>0.3102032098</v>
       </c>
       <c r="H31" s="1" t="n">
-        <v>1.811943579</v>
+        <v>0.3139003693</v>
       </c>
       <c r="I31" s="1" t="n">
-        <v>1.675524535</v>
+        <v>0.3430837436</v>
       </c>
       <c r="J31" s="1" t="n">
-        <v>1.541123779</v>
+        <v>0.3585830195</v>
       </c>
       <c r="K31" s="1" t="n">
-        <v>1.609713111</v>
+        <v>0.3870415118</v>
       </c>
       <c r="L31" s="1" t="n">
-        <v>1.673505663</v>
+        <v>0.4116501056</v>
       </c>
       <c r="M31" s="1" t="n">
-        <v>1.707639153</v>
+        <v>0.4015685317</v>
       </c>
       <c r="N31" s="1" t="n">
-        <v>1.646335248</v>
+        <v>0.339527219</v>
       </c>
       <c r="O31" s="1" t="n">
-        <v>1.569004163</v>
+        <v>0.3191256582</v>
       </c>
       <c r="P31" s="1" t="n">
-        <v>1.535299987</v>
+        <v>0.3134690576</v>
       </c>
       <c r="Q31" s="1" t="n">
-        <v>1.596412039</v>
+        <v>0.3623316901</v>
       </c>
       <c r="R31" s="1" t="n">
-        <v>1.585853436</v>
+        <v>0.3291336353</v>
       </c>
       <c r="S31" s="1" t="n">
-        <v>1.563182679</v>
-[...1 lines deleted...]
-      <c r="T31" s="1"/>
+        <v>0.3356243712</v>
+      </c>
+      <c r="T31" s="1" t="n">
+        <v>0.3841843193</v>
+      </c>
+      <c r="U31" s="1" t="n">
+        <v>0.4634810349</v>
+      </c>
+      <c r="V31" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="0"/>
-      <c r="B32" s="1"/>
+      <c r="A32" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="B32" s="1" t="n">
+        <v>3.355671505</v>
+      </c>
+      <c r="C32" s="1" t="n">
+        <v>3.365428726</v>
+      </c>
+      <c r="D32" s="1" t="n">
+        <v>3.471536144</v>
+      </c>
+      <c r="E32" s="1" t="n">
+        <v>3.605422036</v>
+      </c>
+      <c r="F32" s="1" t="n">
+        <v>3.796520279</v>
+      </c>
+      <c r="G32" s="1" t="n">
+        <v>3.988915354</v>
+      </c>
+      <c r="H32" s="1" t="n">
+        <v>4.139796323</v>
+      </c>
+      <c r="I32" s="1" t="n">
+        <v>4.346795268</v>
+      </c>
+      <c r="J32" s="1" t="n">
+        <v>4.582293763</v>
+      </c>
+      <c r="K32" s="1" t="n">
+        <v>4.947012728</v>
+      </c>
+      <c r="L32" s="1" t="n">
+        <v>5.424393264</v>
+      </c>
+      <c r="M32" s="1" t="n">
+        <v>5.627684848</v>
+      </c>
+      <c r="N32" s="1" t="n">
+        <v>5.672930225</v>
+      </c>
+      <c r="O32" s="1" t="n">
+        <v>5.904379466</v>
+      </c>
+      <c r="P32" s="1" t="n">
+        <v>6.077703842</v>
+      </c>
+      <c r="Q32" s="1" t="n">
+        <v>6.426442207</v>
+      </c>
+      <c r="R32" s="1" t="n">
+        <v>6.455277083</v>
+      </c>
+      <c r="S32" s="1" t="n">
+        <v>6.585980474</v>
+      </c>
+      <c r="T32" s="1" t="n">
+        <v>6.996584919</v>
+      </c>
+      <c r="U32" s="1" t="n">
+        <v>7.003785424</v>
+      </c>
+      <c r="V32" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="0" t="s">
-        <v>3</v>
-      </c>
+        <v>15</v>
+      </c>
+      <c r="B33" s="1" t="n">
+        <v>13.44752451</v>
+      </c>
+      <c r="C33" s="1" t="n">
+        <v>13.63535363</v>
+      </c>
+      <c r="D33" s="1" t="n">
+        <v>13.66375974</v>
+      </c>
+      <c r="E33" s="1" t="n">
+        <v>13.68950999</v>
+      </c>
+      <c r="F33" s="1" t="n">
+        <v>14.08472371</v>
+      </c>
+      <c r="G33" s="1" t="n">
+        <v>14.3437948</v>
+      </c>
+      <c r="H33" s="1" t="n">
+        <v>14.61466731</v>
+      </c>
+      <c r="I33" s="1" t="n">
+        <v>15.13408242</v>
+      </c>
+      <c r="J33" s="1" t="n">
+        <v>15.70090018</v>
+      </c>
+      <c r="K33" s="1" t="n">
+        <v>16.59560444</v>
+      </c>
+      <c r="L33" s="1" t="n">
+        <v>17.51933484</v>
+      </c>
+      <c r="M33" s="1" t="n">
+        <v>18.3366199</v>
+      </c>
+      <c r="N33" s="1" t="n">
+        <v>19.037778</v>
+      </c>
+      <c r="O33" s="1" t="n">
+        <v>20.06498394</v>
+      </c>
+      <c r="P33" s="1" t="n">
+        <v>21.17112369</v>
+      </c>
+      <c r="Q33" s="1" t="n">
+        <v>22.14034963</v>
+      </c>
+      <c r="R33" s="1" t="n">
+        <v>22.81083949</v>
+      </c>
+      <c r="S33" s="1" t="n">
+        <v>23.51970013</v>
+      </c>
+      <c r="T33" s="1" t="n">
+        <v>24.38751125</v>
+      </c>
+      <c r="U33" s="1" t="n">
+        <v>24.44944143</v>
+      </c>
+      <c r="V33" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="0"/>
+      <c r="A34" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B34" s="1" t="n">
+        <v>1.064448581</v>
+      </c>
+      <c r="C34" s="1" t="n">
+        <v>0.9274537696</v>
+      </c>
+      <c r="D34" s="1" t="n">
+        <v>1.030052324</v>
+      </c>
+      <c r="E34" s="1" t="n">
+        <v>1.083628425</v>
+      </c>
+      <c r="F34" s="1" t="n">
+        <v>1.672121088</v>
+      </c>
+      <c r="G34" s="1" t="n">
+        <v>1.654446772</v>
+      </c>
+      <c r="H34" s="1" t="n">
+        <v>1.800958431</v>
+      </c>
+      <c r="I34" s="1" t="n">
+        <v>1.66525244</v>
+      </c>
+      <c r="J34" s="1" t="n">
+        <v>1.532667895</v>
+      </c>
+      <c r="K34" s="1" t="n">
+        <v>1.601745942</v>
+      </c>
+      <c r="L34" s="1" t="n">
+        <v>1.665976432</v>
+      </c>
+      <c r="M34" s="1" t="n">
+        <v>1.699706513</v>
+      </c>
+      <c r="N34" s="1" t="n">
+        <v>1.646083544</v>
+      </c>
+      <c r="O34" s="1" t="n">
+        <v>1.569582139</v>
+      </c>
+      <c r="P34" s="1" t="n">
+        <v>1.535391443</v>
+      </c>
+      <c r="Q34" s="1" t="n">
+        <v>1.596872611</v>
+      </c>
+      <c r="R34" s="1" t="n">
+        <v>1.584875302</v>
+      </c>
+      <c r="S34" s="1" t="n">
+        <v>1.567485593</v>
+      </c>
+      <c r="T34" s="1" t="n">
+        <v>1.616640918</v>
+      </c>
+      <c r="U34" s="1" t="n">
+        <v>1.470499669</v>
+      </c>
+      <c r="V34" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A35" s="0"/>
+      <c r="B35" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="0" t="s">
-        <v>17</v>
+        <v>3</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="0"/>
-[...54 lines deleted...]
-      <c r="T37" s="1"/>
+      <c r="A37" s="0" t="s">
+        <v>4</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="0" t="s">
-[...56 lines deleted...]
-      <c r="T38" s="1"/>
+      <c r="A38" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="0" t="s">
-        <v>19</v>
-[...55 lines deleted...]
-      <c r="T39" s="1"/>
+        <v>17</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="0" t="s">
-        <v>20</v>
-[...55 lines deleted...]
-      <c r="T40" s="1"/>
+        <v>18</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A41" s="0"/>
       <c r="B41" s="1" t="n">
-        <v>6.069900111</v>
+        <v>2005</v>
       </c>
       <c r="C41" s="1" t="n">
-        <v>6.224613396</v>
+        <v>2006</v>
       </c>
       <c r="D41" s="1" t="n">
-        <v>6.345678808</v>
+        <v>2007</v>
       </c>
       <c r="E41" s="1" t="n">
-        <v>6.423086895</v>
+        <v>2008</v>
       </c>
       <c r="F41" s="1" t="n">
-        <v>6.453745825</v>
+        <v>2009</v>
       </c>
       <c r="G41" s="1" t="n">
-        <v>6.513444408</v>
+        <v>2010</v>
       </c>
       <c r="H41" s="1" t="n">
-        <v>6.479328121</v>
+        <v>2011</v>
       </c>
       <c r="I41" s="1" t="n">
-        <v>6.495933678</v>
+        <v>2012</v>
       </c>
       <c r="J41" s="1" t="n">
-        <v>6.457454734</v>
+        <v>2013</v>
       </c>
       <c r="K41" s="1" t="n">
-        <v>6.368521135</v>
+        <v>2014</v>
       </c>
       <c r="L41" s="1" t="n">
-        <v>6.188311268</v>
+        <v>2015</v>
       </c>
       <c r="M41" s="1" t="n">
-        <v>5.922997198</v>
+        <v>2016</v>
       </c>
       <c r="N41" s="1" t="n">
-        <v>5.762658251</v>
+        <v>2017</v>
       </c>
       <c r="O41" s="1" t="n">
-        <v>5.735255165</v>
+        <v>2018</v>
       </c>
       <c r="P41" s="1" t="n">
-        <v>5.678694791</v>
+        <v>2019</v>
       </c>
       <c r="Q41" s="1" t="n">
-        <v>5.499957541</v>
+        <v>2020</v>
       </c>
       <c r="R41" s="1" t="n">
-        <v>5.426473163</v>
+        <v>2021</v>
       </c>
       <c r="S41" s="1" t="n">
-        <v>5.335499063</v>
-[...1 lines deleted...]
-      <c r="T41" s="1"/>
+        <v>2022</v>
+      </c>
+      <c r="T41" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="U41" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="V41" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="0" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="B42" s="1" t="n">
-        <v>9.831335112</v>
+        <v>31.61924488</v>
       </c>
       <c r="C42" s="1" t="n">
-        <v>9.45869019</v>
+        <v>31.72271515</v>
       </c>
       <c r="D42" s="1" t="n">
-        <v>9.104202639</v>
+        <v>31.99317598</v>
       </c>
       <c r="E42" s="1" t="n">
-        <v>8.698270876</v>
+        <v>32.52866915</v>
       </c>
       <c r="F42" s="1" t="n">
-        <v>8.303988393</v>
+        <v>32.84303354</v>
       </c>
       <c r="G42" s="1" t="n">
-        <v>7.949048984</v>
+        <v>33.23791406</v>
       </c>
       <c r="H42" s="1" t="n">
-        <v>7.601427122</v>
+        <v>33.42799175</v>
       </c>
       <c r="I42" s="1" t="n">
-        <v>7.290476003</v>
+        <v>33.60858198</v>
       </c>
       <c r="J42" s="1" t="n">
-        <v>6.982354756</v>
+        <v>33.86384393</v>
       </c>
       <c r="K42" s="1" t="n">
-        <v>6.660735158</v>
+        <v>34.10704628</v>
       </c>
       <c r="L42" s="1" t="n">
-        <v>6.302239692</v>
+        <v>34.5186929</v>
       </c>
       <c r="M42" s="1" t="n">
-        <v>5.865161926</v>
+        <v>34.5683467</v>
       </c>
       <c r="N42" s="1" t="n">
-        <v>5.564959954</v>
+        <v>35.08230427</v>
       </c>
       <c r="O42" s="1" t="n">
-        <v>5.398645592</v>
+        <v>35.43894029</v>
       </c>
       <c r="P42" s="1" t="n">
-        <v>5.265625733</v>
+        <v>35.75570426</v>
       </c>
       <c r="Q42" s="1" t="n">
-        <v>5.053074049</v>
+        <v>36.13790761</v>
       </c>
       <c r="R42" s="1" t="n">
-        <v>4.890253072</v>
+        <v>36.44442613</v>
       </c>
       <c r="S42" s="1" t="n">
-        <v>4.745496854</v>
-[...1 lines deleted...]
-      <c r="T42" s="1"/>
+        <v>36.86200039</v>
+      </c>
+      <c r="T42" s="1" t="n">
+        <v>37.57480907</v>
+      </c>
+      <c r="U42" s="1" t="n">
+        <v>38.19300504</v>
+      </c>
+      <c r="V42" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="0" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="B43" s="1" t="n">
-        <v>20.77176025</v>
+        <v>25.51216857</v>
       </c>
       <c r="C43" s="1" t="n">
-        <v>20.5737961</v>
+        <v>25.82553277</v>
       </c>
       <c r="D43" s="1" t="n">
-        <v>20.35433689</v>
+        <v>26.05850813</v>
       </c>
       <c r="E43" s="1" t="n">
-        <v>19.95931473</v>
+        <v>26.22684031</v>
       </c>
       <c r="F43" s="1" t="n">
-        <v>19.63252074</v>
+        <v>26.70213248</v>
       </c>
       <c r="G43" s="1" t="n">
-        <v>19.17567815</v>
+        <v>27.11106156</v>
       </c>
       <c r="H43" s="1" t="n">
-        <v>18.85312649</v>
+        <v>27.62944509</v>
       </c>
       <c r="I43" s="1" t="n">
-        <v>18.46990659</v>
+        <v>28.1653594</v>
       </c>
       <c r="J43" s="1" t="n">
-        <v>17.9366816</v>
+        <v>28.78752459</v>
       </c>
       <c r="K43" s="1" t="n">
-        <v>17.38222757</v>
+        <v>29.5063473</v>
       </c>
       <c r="L43" s="1" t="n">
-        <v>16.80498261</v>
+        <v>30.25420617</v>
       </c>
       <c r="M43" s="1" t="n">
-        <v>17.2564073</v>
+        <v>30.31796604</v>
       </c>
       <c r="N43" s="1" t="n">
-        <v>16.57823787</v>
+        <v>30.6224778</v>
       </c>
       <c r="O43" s="1" t="n">
-        <v>15.9376194</v>
+        <v>31.02504178</v>
       </c>
       <c r="P43" s="1" t="n">
-        <v>15.40680604</v>
+        <v>31.39302516</v>
       </c>
       <c r="Q43" s="1" t="n">
-        <v>15.94068444</v>
+        <v>31.75568954</v>
       </c>
       <c r="R43" s="1" t="n">
-        <v>15.95290822</v>
+        <v>31.72659573</v>
       </c>
       <c r="S43" s="1" t="n">
-        <v>14.98653386</v>
-[...1 lines deleted...]
-      <c r="T43" s="1"/>
+        <v>31.716998</v>
+      </c>
+      <c r="T43" s="1" t="n">
+        <v>31.56159367</v>
+      </c>
+      <c r="U43" s="1" t="n">
+        <v>31.31004589</v>
+      </c>
+      <c r="V43" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="0"/>
-      <c r="B44" s="1"/>
+      <c r="A44" s="0" t="s">
+        <v>21</v>
+      </c>
+      <c r="B44" s="1" t="n">
+        <v>6.195591079</v>
+      </c>
+      <c r="C44" s="1" t="n">
+        <v>6.194652388</v>
+      </c>
+      <c r="D44" s="1" t="n">
+        <v>6.144097552</v>
+      </c>
+      <c r="E44" s="1" t="n">
+        <v>6.163818033</v>
+      </c>
+      <c r="F44" s="1" t="n">
+        <v>6.06457902</v>
+      </c>
+      <c r="G44" s="1" t="n">
+        <v>6.012852833</v>
+      </c>
+      <c r="H44" s="1" t="n">
+        <v>6.00868143</v>
+      </c>
+      <c r="I44" s="1" t="n">
+        <v>5.969742357</v>
+      </c>
+      <c r="J44" s="1" t="n">
+        <v>5.972140401</v>
+      </c>
+      <c r="K44" s="1" t="n">
+        <v>5.975122555</v>
+      </c>
+      <c r="L44" s="1" t="n">
+        <v>5.931567353</v>
+      </c>
+      <c r="M44" s="1" t="n">
+        <v>6.069120827</v>
+      </c>
+      <c r="N44" s="1" t="n">
+        <v>6.389361855</v>
+      </c>
+      <c r="O44" s="1" t="n">
+        <v>6.46449777</v>
+      </c>
+      <c r="P44" s="1" t="n">
+        <v>6.500144016</v>
+      </c>
+      <c r="Q44" s="1" t="n">
+        <v>5.612686821</v>
+      </c>
+      <c r="R44" s="1" t="n">
+        <v>5.559343681</v>
+      </c>
+      <c r="S44" s="1" t="n">
+        <v>6.353471837</v>
+      </c>
+      <c r="T44" s="1" t="n">
+        <v>6.240372873</v>
+      </c>
+      <c r="U44" s="1" t="n">
+        <v>6.147681074</v>
+      </c>
+      <c r="V44" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="B45" s="1" t="n">
+        <v>6.069900111</v>
+      </c>
+      <c r="C45" s="1" t="n">
+        <v>6.224613396</v>
+      </c>
+      <c r="D45" s="1" t="n">
+        <v>6.345678808</v>
+      </c>
+      <c r="E45" s="1" t="n">
+        <v>6.423086895</v>
+      </c>
+      <c r="F45" s="1" t="n">
+        <v>6.453745825</v>
+      </c>
+      <c r="G45" s="1" t="n">
+        <v>6.513444408</v>
+      </c>
+      <c r="H45" s="1" t="n">
+        <v>6.479328121</v>
+      </c>
+      <c r="I45" s="1" t="n">
+        <v>6.495933678</v>
+      </c>
+      <c r="J45" s="1" t="n">
+        <v>6.457454734</v>
+      </c>
+      <c r="K45" s="1" t="n">
+        <v>6.368521135</v>
+      </c>
+      <c r="L45" s="1" t="n">
+        <v>6.188311268</v>
+      </c>
+      <c r="M45" s="1" t="n">
+        <v>5.922997198</v>
+      </c>
+      <c r="N45" s="1" t="n">
+        <v>5.762658251</v>
+      </c>
+      <c r="O45" s="1" t="n">
+        <v>5.735255165</v>
+      </c>
+      <c r="P45" s="1" t="n">
+        <v>5.678694791</v>
+      </c>
+      <c r="Q45" s="1" t="n">
+        <v>5.499957541</v>
+      </c>
+      <c r="R45" s="1" t="n">
+        <v>5.426473163</v>
+      </c>
+      <c r="S45" s="1" t="n">
+        <v>5.335499063</v>
+      </c>
+      <c r="T45" s="1" t="n">
+        <v>5.229750032</v>
+      </c>
+      <c r="U45" s="1" t="n">
+        <v>5.170946698</v>
+      </c>
+      <c r="V45" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="B46" s="1" t="n">
+        <v>9.831335112</v>
+      </c>
+      <c r="C46" s="1" t="n">
+        <v>9.45869019</v>
+      </c>
+      <c r="D46" s="1" t="n">
+        <v>9.104202639</v>
+      </c>
+      <c r="E46" s="1" t="n">
+        <v>8.698270876</v>
+      </c>
+      <c r="F46" s="1" t="n">
+        <v>8.303988393</v>
+      </c>
+      <c r="G46" s="1" t="n">
+        <v>7.949048984</v>
+      </c>
+      <c r="H46" s="1" t="n">
+        <v>7.601427122</v>
+      </c>
+      <c r="I46" s="1" t="n">
+        <v>7.290476003</v>
+      </c>
+      <c r="J46" s="1" t="n">
+        <v>6.982354756</v>
+      </c>
+      <c r="K46" s="1" t="n">
+        <v>6.660735158</v>
+      </c>
+      <c r="L46" s="1" t="n">
+        <v>6.302239692</v>
+      </c>
+      <c r="M46" s="1" t="n">
+        <v>5.865161926</v>
+      </c>
+      <c r="N46" s="1" t="n">
+        <v>5.564959954</v>
+      </c>
+      <c r="O46" s="1" t="n">
+        <v>5.398645592</v>
+      </c>
+      <c r="P46" s="1" t="n">
+        <v>5.265625733</v>
+      </c>
+      <c r="Q46" s="1" t="n">
+        <v>5.053074049</v>
+      </c>
+      <c r="R46" s="1" t="n">
+        <v>4.890253072</v>
+      </c>
+      <c r="S46" s="1" t="n">
+        <v>4.745496854</v>
+      </c>
+      <c r="T46" s="1" t="n">
+        <v>4.565941194</v>
+      </c>
+      <c r="U46" s="1" t="n">
+        <v>4.381122772</v>
+      </c>
+      <c r="V46" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="B47" s="1" t="n">
+        <v>20.77176025</v>
+      </c>
+      <c r="C47" s="1" t="n">
+        <v>20.5737961</v>
+      </c>
+      <c r="D47" s="1" t="n">
+        <v>20.35433689</v>
+      </c>
+      <c r="E47" s="1" t="n">
+        <v>19.95931473</v>
+      </c>
+      <c r="F47" s="1" t="n">
+        <v>19.63252074</v>
+      </c>
+      <c r="G47" s="1" t="n">
+        <v>19.17567815</v>
+      </c>
+      <c r="H47" s="1" t="n">
+        <v>18.85312649</v>
+      </c>
+      <c r="I47" s="1" t="n">
+        <v>18.46990659</v>
+      </c>
+      <c r="J47" s="1" t="n">
+        <v>17.9366816</v>
+      </c>
+      <c r="K47" s="1" t="n">
+        <v>17.38222757</v>
+      </c>
+      <c r="L47" s="1" t="n">
+        <v>16.80498261</v>
+      </c>
+      <c r="M47" s="1" t="n">
+        <v>17.2564073</v>
+      </c>
+      <c r="N47" s="1" t="n">
+        <v>16.57823787</v>
+      </c>
+      <c r="O47" s="1" t="n">
+        <v>15.9376194</v>
+      </c>
+      <c r="P47" s="1" t="n">
+        <v>15.40680604</v>
+      </c>
+      <c r="Q47" s="1" t="n">
+        <v>15.94068444</v>
+      </c>
+      <c r="R47" s="1" t="n">
+        <v>15.95290822</v>
+      </c>
+      <c r="S47" s="1" t="n">
+        <v>14.98653386</v>
+      </c>
+      <c r="T47" s="1" t="n">
+        <v>14.82753316</v>
+      </c>
+      <c r="U47" s="1" t="n">
+        <v>14.79719853</v>
+      </c>
+      <c r="V47" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="0"/>
+      <c r="B48" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="0" t="s">
         <v>3</v>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="0"/>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B1" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>cic bfp</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>