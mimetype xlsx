--- v0 (2025-10-21)
+++ v1 (2026-03-20)
@@ -13,171 +13,164 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G08_UNE" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="35">
   <si>
     <t>Taux de chômage - Belgique et comparaison internationale</t>
   </si>
   <si>
     <t>pourcentage de la population active</t>
   </si>
   <si>
     <t>Belgique</t>
   </si>
   <si>
     <t>UE27</t>
   </si>
   <si>
-    <t>rupture de série: BE en 1999, 2001, 2005, 2011, 2017, 2021; EU en 2005, 2021</t>
-[...2 lines deleted...]
-    <t>Statbel; Eurostat (2024), European Union Labour Force Survey (EU-LFS), lfsa_urgaed, https://ec.europa.eu/eurostat (geraadpleegd op 14/10/2024). </t>
+    <t>Note: rupture de série: BE en 1999, 2001, 2005, 2011, 2017, 2021; EU en 2005, 2021.  L?intervalle de confiance à 95 % pour le taux de chômage  en 2024 est de 5.5% à 6.1% pour Belgique.</t>
+  </si>
+  <si>
+    <t>Source: Statbel; Eurostat (2025), Unemployment rates by educational attainment level, lfsa_urgaed, https://ec.europa.eu/eurostat,  laatste update van data 21/10/2025 23:00 (geraadpleegd op 03/11/2025)</t>
   </si>
   <si>
     <t>Taux de chômage selon la région - Belgique</t>
   </si>
   <si>
     <t>Région de Bruxelles-Capitale</t>
   </si>
   <si>
     <t>Région flamande</t>
   </si>
   <si>
     <t>Région wallonne</t>
   </si>
   <si>
-    <t>La marge d'incertitude de cet indicateur est indiquée dans le texte pour la dernière année. Rupture de série: 1999, 2001, 2005, 2011, 2017, 2021</t>
-[...2 lines deleted...]
-    <t>Statbel (2024), communication directe, 22/10/2024.</t>
+    <t>Note: Rupture de série: 1999, 2001, 2005, 2011, 2017, 2021.  L?intervalle de confiance à 95 % pour le taux de chômage  en 2024 est  de 10.6% à 13.2% pour Bruxelles, de 3.5% à 4.1% pour  Flandre et de 6.9% à 8.1% pour la Wallonie.</t>
+  </si>
+  <si>
+    <t>Source: Statbel; Eurostat (2025), Unemployment rates by country of birth and NUTS 2 region, lfst_r_lfur2gac, https://ec.europa.eu/eurostat,  laatste update van data 11/09/2025 23:00 (geraadpleegd op 03/11/2025)</t>
   </si>
   <si>
     <t>Taux de chômage selon le sexe - Belgique</t>
   </si>
   <si>
     <t>femmes</t>
   </si>
   <si>
     <t>hommes</t>
   </si>
   <si>
+    <t>Note: rupture de série: BE en 1999, 2001, 2005, 2011, 2017, 2021; EU en 2005, 2021</t>
+  </si>
+  <si>
     <t>Taux de chômage selon l'âge - Belgique</t>
   </si>
   <si>
     <t>18-24</t>
   </si>
   <si>
     <t>25-49</t>
   </si>
   <si>
     <t>50-64</t>
   </si>
   <si>
+    <t>Source: Statbel (2025),communication directe 04/11/2025</t>
+  </si>
+  <si>
     <t>Taux de chômage selon l'éducation - Belgique</t>
   </si>
   <si>
     <t>maximum secondaire inférieur</t>
   </si>
   <si>
     <t>secondaire supérieur</t>
   </si>
   <si>
     <t>supérieur</t>
   </si>
   <si>
     <t>Taux de chômage de longue durée - Belgique</t>
   </si>
   <si>
     <t>chômage de longue durée</t>
   </si>
   <si>
-    <t>rupture de série: 1999, 2001, 2017, 2021</t>
-[...2 lines deleted...]
-    <t>Statbel; Eurostat (2024), European Union Labour Force Survey (EU-LFS), juisque 2020 une_ltu_a_h, à partir de 2021 une_ltu_a, https://ec.europa.eu/eurostat (consulté le 14/10/2024).</t>
+    <t>Note: rupture de série: 1999, 2001, 2017, 2021</t>
+  </si>
+  <si>
+    <t>Bron: Eurostat (2025),  Long-term unemployment by sex (1996-2020) - annual data, une_ltu_a_h,  https://ec.europa.eu/eurostat, laatste update van data 12/12/2024 23:00 en vanaf 2021 Long-term unemployment by sex - annual data, une_ltu_a,  laatste update van data 12/06/2025 23:00 (geraadpleegd op 03/11/2025)</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G08_UNE</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Chômage (i41)</t>
+    <t>Chômage (i42)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Définition: le taux de chômage est le rapport entre le nombre de chômeurs et la population active, exprimé en pourcent. Les données sur le chômage utilisées pour cet indicateur se basent sur l’Enquête sur les forces de travail (EFT). Les données de l'enquête ont été obtenues à partir d'entretiens directs visant à déterminer si une personne est au chômage. Tel est le cas si la personne ne travaille pas, si elle a cherché activement un travail au cours des quatre semaines écoulées et si elle est disponible dans les deux semaines pour éventuellement commencer à travailler. La population active comprend toutes les personnes dans la catégorie d'âge à partir de 15 ans qui sont disponibles sur le marché du travail, c'est-à-dire celles qui ont un travail rémunéré et celles qui n'en ont pas mais en recherchent un. Les données sur le chômage présentées ici concernent la population âgée de 15 à 64 ans. Ceci est différent pour les données sur le chômage de longue durée où c'est la tranche d'âge des 20-64 ans qui s'applique. Statistics Belgium organise en Belgique cette enquête harmonisée au sein de l'UE qui est notamment publiée par Eurostat. La méthodologie de cette enquête a été revue en 2017. La comparaison entre les données de 2017 et celles des années précédentes doit être faite avec prudence. Entre autres en raison de changements dans la définition du chômage suite à un nouveau règlement-cadre européen, les données à partir de 2021 ne peuvent pas être directement comparées à celles de 2020. Désormais, les personnes qui sont temporairement au chômage pendant plus de trois mois ne seront plus comptées parmi les actifs occupés mais parmi les chômeurs ou les inactifs, en fonction des réponses aux questions sur la recherche et la disponibilité d'un emploi.
 Les données utilisées ici proviennent d'Eurostat qui met à disposition des données détaillées et comparables pour les États membres de l'UE. Comme ces données sont basées sur des enquêtes, il faut tenir compte d’une marge d’incertitude. Cette marge d'incertitude augmente à mesure que l'indicateur est calculé pour des sous-populations plus petites. Les intervalles de confiance (IC) correspondant à ces données sont disponibles sur demande auprès de Statistics Belgium.
+Pour cet indicateur les ventilations suivantes sont disponibles : région, sexe, âge, éducation et durée de chômage.
 Objectif: le taux de chômage doit diminuer.
 Les objectifs de développement durable ou SDG adoptés par l'ONU en 2015 comprennent le sous-objectif 8.5: "D’ici à 2030, parvenir au plein emploi productif et garantir à toutes les femmes et à tous les hommes, y compris les jeunes et les personnes handicapées, un travail décent et un salaire égal pour un travail de valeur égale".
 La Vision stratégique fédérale à long terme de développement durable inclut les objectifs suivants: "Le marché de l'emploi sera accessible à tous et proposera un emploi décent à chaque citoyen en âge de travailler" (objectif 8), "Le niveau d’emploi sera aussi stable et élevé que possible et respectera les principes d’un emploi décent. Toute personne d’âge actif aura la possibilité de trouver un emploi rémunéré" (objectif 9), "Le niveau de chômage sera réduit au niveau du chômage frictionnel" (objectif 10) et "Les conditions de travail seront adaptées tout au long de la carrière en vue d'assurer une meilleure qualité de vie et de pouvoir travailler plus longtemps" (objectif 11; Moniteur belge, 08/10/2013).
-Évolution: selon l'EFT, le taux de chômage suit une évolution cyclique entre 1990 et 2020, avec quatre périodes de hausse du chômage: 1992-1995, 2001-2005, 2008-2010 et enfin de 2011 jusqu'à 2015 inclus. Le taux de chômage a culminé en 1994 (9,7%) et a atteint son niveau plancher en 2019 (5,4%). La hausse la plus récente du chômage s'étend de 2011 (7,2%) à 2015 (8,6%). Ensuite le taux de chômage a diminué jusqu'à 5,4% en 2019. Compte tenu de la remarque méthodologique susmentionnée sur le taux de chômage en 2021, celui-ci a augmenté pour atteindre 6,3% en 2021 pour diminuer ensuite et atteindre 5,6% en 2023.
-[...6 lines deleted...]
-Ventilation selon la durée de chômage: le taux de chômage de longue durée, c'est-à-dire la proportion des chômeurs qui sont au chômage depuis au moins un an dans la catégorie des 20 à 64 ans, a diminué de 4,9% en 1999 à 2,2% en 2023. Le taux de chômage de longue durée a ponctuellement augmenté au cours de quatre périodes: 2001-2005, 2008-2010, 2012-2015 et finalement 2020-2021.
 Indicateur ONU: l’indicateur choisi correspond à l'indicateur 8.5.2 - Taux de chômage, par sexe, âge et type de handicap.
-Cet indicateur est utilisé pour le calcul de l'indicateur composite de bien-être ici et maintenant, publié dans le rapport Indicateurs de développement durable.
+Cet indicateur est utilisé pour le calcul de l'indicateur composite de bien-être ici et maintenant.
 Sources
-Générales
-[...5 lines deleted...]
-Moniteur belge: http://www.ejustice.just.fgov.be/cgi/welcome.pl; recherche sur http://www.ejustice.just.fgov.be/doc/rech_f.htm (consulté le 24/09/2020).
+Moniteur belge: http://www.ejustice.just.fgov.be/cgi/welcome.pl; recherche sur http://www.ejustice.just.fgov.be/doc/rech_f.htm.
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -235,51 +228,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:AJ56"/>
+  <dimension ref="A1:AK56"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
         <v>1990</v>
       </c>
       <c r="C3" s="1" t="n">
@@ -359,51 +352,54 @@
       </c>
       <c r="AB3" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="AC3" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="AD3" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="AE3" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="AF3" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="AG3" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="AH3" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="AI3" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="AJ3" s="1"/>
+      <c r="AJ3" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="AK3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="1" t="n">
         <v>7.3</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>7</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>6.7</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>8.1</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>9.7</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>9.4</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>9.5</v>
@@ -467,51 +463,54 @@
       </c>
       <c r="AB4" s="1" t="n">
         <v>7.9</v>
       </c>
       <c r="AC4" s="1" t="n">
         <v>7.1</v>
       </c>
       <c r="AD4" s="1" t="n">
         <v>6</v>
       </c>
       <c r="AE4" s="1" t="n">
         <v>5.4</v>
       </c>
       <c r="AF4" s="1" t="n">
         <v>5.6</v>
       </c>
       <c r="AG4" s="1" t="n">
         <v>6.3</v>
       </c>
       <c r="AH4" s="1" t="n">
         <v>5.6</v>
       </c>
       <c r="AI4" s="1" t="n">
         <v>5.6</v>
       </c>
-      <c r="AJ4" s="1"/>
+      <c r="AJ4" s="1" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="AK4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="C5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="E5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="F5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="G5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="H5" s="1" t="s">
         <f>=NA()</f>
@@ -575,508 +574,415 @@
       </c>
       <c r="AB5" s="1" t="n">
         <v>9.3</v>
       </c>
       <c r="AC5" s="1" t="n">
         <v>8.3</v>
       </c>
       <c r="AD5" s="1" t="n">
         <v>7.4</v>
       </c>
       <c r="AE5" s="1" t="n">
         <v>6.8</v>
       </c>
       <c r="AF5" s="1" t="n">
         <v>7.2</v>
       </c>
       <c r="AG5" s="1" t="n">
         <v>7.2</v>
       </c>
       <c r="AH5" s="1" t="n">
         <v>6.3</v>
       </c>
       <c r="AI5" s="1" t="n">
         <v>6.1</v>
       </c>
-      <c r="AJ5" s="1"/>
+      <c r="AJ5" s="1" t="n">
+        <v>6</v>
+      </c>
+      <c r="AK5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0"/>
       <c r="B6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="0"/>
       <c r="B12" s="1" t="n">
-        <v>1990</v>
+        <v>1999</v>
       </c>
       <c r="C12" s="1" t="n">
-        <v>1991</v>
+        <v>2000</v>
       </c>
       <c r="D12" s="1" t="n">
-        <v>1992</v>
+        <v>2001</v>
       </c>
       <c r="E12" s="1" t="n">
-        <v>1993</v>
+        <v>2002</v>
       </c>
       <c r="F12" s="1" t="n">
-        <v>1994</v>
+        <v>2003</v>
       </c>
       <c r="G12" s="1" t="n">
-        <v>1995</v>
+        <v>2004</v>
       </c>
       <c r="H12" s="1" t="n">
-        <v>1996</v>
+        <v>2005</v>
       </c>
       <c r="I12" s="1" t="n">
-        <v>1997</v>
+        <v>2006</v>
       </c>
       <c r="J12" s="1" t="n">
-        <v>1998</v>
+        <v>2007</v>
       </c>
       <c r="K12" s="1" t="n">
-        <v>1999</v>
+        <v>2008</v>
       </c>
       <c r="L12" s="1" t="n">
-        <v>2000</v>
+        <v>2009</v>
       </c>
       <c r="M12" s="1" t="n">
-        <v>2001</v>
+        <v>2010</v>
       </c>
       <c r="N12" s="1" t="n">
-        <v>2002</v>
+        <v>2011</v>
       </c>
       <c r="O12" s="1" t="n">
-        <v>2003</v>
+        <v>2012</v>
       </c>
       <c r="P12" s="1" t="n">
-        <v>2004</v>
+        <v>2013</v>
       </c>
       <c r="Q12" s="1" t="n">
-        <v>2005</v>
+        <v>2014</v>
       </c>
       <c r="R12" s="1" t="n">
-        <v>2006</v>
+        <v>2015</v>
       </c>
       <c r="S12" s="1" t="n">
-        <v>2007</v>
+        <v>2016</v>
       </c>
       <c r="T12" s="1" t="n">
-        <v>2008</v>
+        <v>2017</v>
       </c>
       <c r="U12" s="1" t="n">
-        <v>2009</v>
+        <v>2018</v>
       </c>
       <c r="V12" s="1" t="n">
-        <v>2010</v>
+        <v>2019</v>
       </c>
       <c r="W12" s="1" t="n">
-        <v>2011</v>
+        <v>2020</v>
       </c>
       <c r="X12" s="1" t="n">
-        <v>2012</v>
+        <v>2021</v>
       </c>
       <c r="Y12" s="1" t="n">
-        <v>2013</v>
+        <v>2022</v>
       </c>
       <c r="Z12" s="1" t="n">
-        <v>2014</v>
+        <v>2023</v>
       </c>
       <c r="AA12" s="1" t="n">
-        <v>2015</v>
-[...25 lines deleted...]
-      <c r="AJ12" s="1"/>
+        <v>2024</v>
+      </c>
+      <c r="AB12" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="1" t="n">
-        <v>10.54268426</v>
+        <v>16</v>
       </c>
       <c r="C13" s="1" t="n">
-        <v>9.864364982</v>
+        <v>15</v>
       </c>
       <c r="D13" s="1" t="n">
-        <v>11.45862284</v>
+        <v>13.1</v>
       </c>
       <c r="E13" s="1" t="n">
-        <v>15.01046173</v>
+        <v>16</v>
       </c>
       <c r="F13" s="1" t="n">
-        <v>16.69758571</v>
+        <v>14.9</v>
       </c>
       <c r="G13" s="1" t="n">
-        <v>16.94388401</v>
+        <v>13.6</v>
       </c>
       <c r="H13" s="1" t="n">
-        <v>16.22701943</v>
+        <v>16.5</v>
       </c>
       <c r="I13" s="1" t="n">
-        <v>16.66926715</v>
+        <v>17.7</v>
       </c>
       <c r="J13" s="1" t="n">
-        <v>16.48839352</v>
+        <v>17.2</v>
       </c>
       <c r="K13" s="1" t="n">
-        <v>15.89569704</v>
+        <v>16</v>
       </c>
       <c r="L13" s="1" t="n">
-        <v>13.96467139</v>
+        <v>15.9</v>
       </c>
       <c r="M13" s="1" t="n">
-        <v>12.99700519</v>
+        <v>17.4</v>
       </c>
       <c r="N13" s="1" t="n">
-        <v>14.73091959</v>
+        <v>17.1</v>
       </c>
       <c r="O13" s="1" t="n">
-        <v>15.75630405</v>
+        <v>17.5</v>
       </c>
       <c r="P13" s="1" t="n">
-        <v>15.89990543</v>
+        <v>19.3</v>
       </c>
       <c r="Q13" s="1" t="n">
-        <v>16.47407307</v>
+        <v>18.5</v>
       </c>
       <c r="R13" s="1" t="n">
-        <v>17.68927129</v>
+        <v>17.5</v>
       </c>
       <c r="S13" s="1" t="n">
-        <v>17.16734351</v>
+        <v>16.9</v>
       </c>
       <c r="T13" s="1" t="n">
-        <v>16.02715397</v>
+        <v>15</v>
       </c>
       <c r="U13" s="1" t="n">
-        <v>15.85356356</v>
+        <v>13.4</v>
       </c>
       <c r="V13" s="1" t="n">
-        <v>17.39362048</v>
+        <v>12.7</v>
       </c>
       <c r="W13" s="1" t="n">
-        <v>17.10784812</v>
+        <v>12.4</v>
       </c>
       <c r="X13" s="1" t="n">
-        <v>17.47758137</v>
+        <v>12.5</v>
       </c>
       <c r="Y13" s="1" t="n">
-        <v>19.3255315</v>
+        <v>11.5</v>
       </c>
       <c r="Z13" s="1" t="n">
-        <v>18.46964587</v>
+        <v>10.7</v>
       </c>
       <c r="AA13" s="1" t="n">
-        <v>17.46075991</v>
-[...25 lines deleted...]
-      <c r="AJ13" s="1"/>
+        <v>11.9</v>
+      </c>
+      <c r="AB13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="1" t="n">
-        <v>4.294444962</v>
+        <v>5.6</v>
       </c>
       <c r="C14" s="1" t="n">
-        <v>4.187131862</v>
+        <v>3.7</v>
       </c>
       <c r="D14" s="1" t="n">
-        <v>4.418132434</v>
+        <v>3.5</v>
       </c>
       <c r="E14" s="1" t="n">
-        <v>5.489501707</v>
+        <v>4.8</v>
       </c>
       <c r="F14" s="1" t="n">
-        <v>6.678609867</v>
+        <v>5.3</v>
       </c>
       <c r="G14" s="1" t="n">
-        <v>5.801649725</v>
+        <v>4.5</v>
       </c>
       <c r="H14" s="1" t="n">
-        <v>6.259737141</v>
+        <v>5.5</v>
       </c>
       <c r="I14" s="1" t="n">
-        <v>5.267938092</v>
+        <v>5</v>
       </c>
       <c r="J14" s="1" t="n">
-        <v>5.455239247</v>
+        <v>4.4</v>
       </c>
       <c r="K14" s="1" t="n">
-        <v>5.384558923</v>
+        <v>3.9</v>
       </c>
       <c r="L14" s="1" t="n">
-        <v>4.312008499</v>
+        <v>5</v>
       </c>
       <c r="M14" s="1" t="n">
-        <v>3.992006905</v>
+        <v>5.2</v>
       </c>
       <c r="N14" s="1" t="n">
-        <v>4.922956341</v>
+        <v>4.3</v>
       </c>
       <c r="O14" s="1" t="n">
-        <v>5.712464317</v>
+        <v>4.6</v>
       </c>
       <c r="P14" s="1" t="n">
-        <v>5.449662596</v>
+        <v>5.1</v>
       </c>
       <c r="Q14" s="1" t="n">
-        <v>5.463786113</v>
+        <v>5.1</v>
       </c>
       <c r="R14" s="1" t="n">
-        <v>4.989010541</v>
+        <v>5.2</v>
       </c>
       <c r="S14" s="1" t="n">
-        <v>4.36272516</v>
+        <v>4.9</v>
       </c>
       <c r="T14" s="1" t="n">
-        <v>3.947253314</v>
+        <v>4.4</v>
       </c>
       <c r="U14" s="1" t="n">
-        <v>4.95661333</v>
+        <v>3.5</v>
       </c>
       <c r="V14" s="1" t="n">
-        <v>5.187426625</v>
+        <v>3.3</v>
       </c>
       <c r="W14" s="1" t="n">
-        <v>4.289486408</v>
+        <v>3.5</v>
       </c>
       <c r="X14" s="1" t="n">
-        <v>4.55423901</v>
+        <v>3.9</v>
       </c>
       <c r="Y14" s="1" t="n">
-        <v>5.080169564</v>
+        <v>3.2</v>
       </c>
       <c r="Z14" s="1" t="n">
-        <v>5.091723985</v>
+        <v>3.3</v>
       </c>
       <c r="AA14" s="1" t="n">
-        <v>5.220691216</v>
-[...25 lines deleted...]
-      <c r="AJ14" s="1"/>
+        <v>3.8</v>
+      </c>
+      <c r="AB14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B15" s="1" t="n">
-        <v>9.036634491</v>
+        <v>12.5</v>
       </c>
       <c r="C15" s="1" t="n">
-        <v>8.938941948</v>
+        <v>9.9</v>
       </c>
       <c r="D15" s="1" t="n">
-        <v>10.34546891</v>
+        <v>9.4</v>
       </c>
       <c r="E15" s="1" t="n">
-        <v>11.392157</v>
+        <v>8.5</v>
       </c>
       <c r="F15" s="1" t="n">
-        <v>13.61688161</v>
+        <v>10.4</v>
       </c>
       <c r="G15" s="1" t="n">
-        <v>13.89091822</v>
+        <v>11</v>
       </c>
       <c r="H15" s="1" t="n">
-        <v>14.23631221</v>
+        <v>11.9</v>
       </c>
       <c r="I15" s="1" t="n">
-        <v>13.56172108</v>
+        <v>11.8</v>
       </c>
       <c r="J15" s="1" t="n">
-        <v>13.68058618</v>
+        <v>10.5</v>
       </c>
       <c r="K15" s="1" t="n">
-        <v>12.65553982</v>
+        <v>10.1</v>
       </c>
       <c r="L15" s="1" t="n">
-        <v>10.3222207</v>
+        <v>11.2</v>
       </c>
       <c r="M15" s="1" t="n">
-        <v>9.948617469</v>
+        <v>11.5</v>
       </c>
       <c r="N15" s="1" t="n">
-        <v>10.60962858</v>
+        <v>9.5</v>
       </c>
       <c r="O15" s="1" t="n">
-        <v>10.87445861</v>
+        <v>10.1</v>
       </c>
       <c r="P15" s="1" t="n">
-        <v>12.06165081</v>
+        <v>11.4</v>
       </c>
       <c r="Q15" s="1" t="n">
-        <v>11.92864207</v>
+        <v>12</v>
       </c>
       <c r="R15" s="1" t="n">
-        <v>11.75303302</v>
+        <v>12</v>
       </c>
       <c r="S15" s="1" t="n">
-        <v>10.52712194</v>
+        <v>10.6</v>
       </c>
       <c r="T15" s="1" t="n">
-        <v>10.06552227</v>
+        <v>9.8</v>
       </c>
       <c r="U15" s="1" t="n">
-        <v>11.21948742</v>
+        <v>8.5</v>
       </c>
       <c r="V15" s="1" t="n">
-        <v>11.49641839</v>
+        <v>7.2</v>
       </c>
       <c r="W15" s="1" t="n">
-        <v>9.52997691</v>
+        <v>7.4</v>
       </c>
       <c r="X15" s="1" t="n">
-        <v>10.12387154</v>
+        <v>8.9</v>
       </c>
       <c r="Y15" s="1" t="n">
-        <v>11.43057307</v>
+        <v>8.4</v>
       </c>
       <c r="Z15" s="1" t="n">
-        <v>11.95949769</v>
+        <v>8.2</v>
       </c>
       <c r="AA15" s="1" t="n">
-        <v>11.9898622</v>
-[...25 lines deleted...]
-      <c r="AJ15" s="1"/>
+        <v>7.5</v>
+      </c>
+      <c r="AB15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0"/>
       <c r="B16" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="0" t="s">
@@ -1165,51 +1071,54 @@
       </c>
       <c r="AB22" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="AC22" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="AD22" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="AE22" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="AF22" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="AG22" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="AH22" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="AI22" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="AJ22" s="1"/>
+      <c r="AJ22" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="AK22" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B23" s="1" t="n">
         <v>11.5</v>
       </c>
       <c r="C23" s="1" t="n">
         <v>10.7</v>
       </c>
       <c r="D23" s="1" t="n">
         <v>9.5</v>
       </c>
       <c r="E23" s="1" t="n">
         <v>10.9</v>
       </c>
       <c r="F23" s="1" t="n">
         <v>12.5</v>
       </c>
       <c r="G23" s="1" t="n">
         <v>12.3</v>
       </c>
       <c r="H23" s="1" t="n">
         <v>12.4</v>
@@ -1273,51 +1182,54 @@
       </c>
       <c r="AB23" s="1" t="n">
         <v>7.6</v>
       </c>
       <c r="AC23" s="1" t="n">
         <v>7.1</v>
       </c>
       <c r="AD23" s="1" t="n">
         <v>5.6</v>
       </c>
       <c r="AE23" s="1" t="n">
         <v>5</v>
       </c>
       <c r="AF23" s="1" t="n">
         <v>5.4</v>
       </c>
       <c r="AG23" s="1" t="n">
         <v>5.9</v>
       </c>
       <c r="AH23" s="1" t="n">
         <v>5.3</v>
       </c>
       <c r="AI23" s="1" t="n">
         <v>5.1</v>
       </c>
-      <c r="AJ23" s="1"/>
+      <c r="AJ23" s="1" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="AK23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B24" s="1" t="n">
         <v>4.6</v>
       </c>
       <c r="C24" s="1" t="n">
         <v>4.6</v>
       </c>
       <c r="D24" s="1" t="n">
         <v>4.8</v>
       </c>
       <c r="E24" s="1" t="n">
         <v>6.2</v>
       </c>
       <c r="F24" s="1" t="n">
         <v>7.7</v>
       </c>
       <c r="G24" s="1" t="n">
         <v>7.4</v>
       </c>
       <c r="H24" s="1" t="n">
         <v>7.4</v>
@@ -1381,72 +1293,75 @@
       </c>
       <c r="AB24" s="1" t="n">
         <v>8.1</v>
       </c>
       <c r="AC24" s="1" t="n">
         <v>7.2</v>
       </c>
       <c r="AD24" s="1" t="n">
         <v>6.3</v>
       </c>
       <c r="AE24" s="1" t="n">
         <v>5.8</v>
       </c>
       <c r="AF24" s="1" t="n">
         <v>5.8</v>
       </c>
       <c r="AG24" s="1" t="n">
         <v>6.7</v>
       </c>
       <c r="AH24" s="1" t="n">
         <v>5.9</v>
       </c>
       <c r="AI24" s="1" t="n">
         <v>6</v>
       </c>
-      <c r="AJ24" s="1"/>
+      <c r="AJ24" s="1" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="AK24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="0"/>
       <c r="B25" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0" t="s">
-        <v>4</v>
+        <v>15</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="0"/>
       <c r="B31" s="1" t="n">
         <v>1990</v>
       </c>
       <c r="C31" s="1" t="n">
         <v>1991</v>
       </c>
       <c r="D31" s="1" t="n">
         <v>1992</v>
       </c>
       <c r="E31" s="1" t="n">
         <v>1993</v>
       </c>
       <c r="F31" s="1" t="n">
         <v>1994</v>
       </c>
       <c r="G31" s="1" t="n">
@@ -1514,55 +1429,58 @@
       </c>
       <c r="AB31" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="AC31" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="AD31" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="AE31" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="AF31" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="AG31" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="AH31" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="AI31" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="AJ31" s="1"/>
+      <c r="AJ31" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="AK31" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B32" s="1" t="n">
         <v>13.36657924</v>
       </c>
       <c r="C32" s="1" t="n">
         <v>12.80932661</v>
       </c>
       <c r="D32" s="1" t="n">
         <v>13.81411734</v>
       </c>
       <c r="E32" s="1" t="n">
         <v>18.95268247</v>
       </c>
       <c r="F32" s="1" t="n">
         <v>21.69026033</v>
       </c>
       <c r="G32" s="1" t="n">
         <v>21.20869739</v>
       </c>
       <c r="H32" s="1" t="n">
         <v>20.75637239</v>
       </c>
       <c r="I32" s="1" t="n">
         <v>21.04565797</v>
       </c>
@@ -1622,55 +1540,58 @@
       </c>
       <c r="AB32" s="1" t="n">
         <v>20.1780399</v>
       </c>
       <c r="AC32" s="1" t="n">
         <v>19.32037381</v>
       </c>
       <c r="AD32" s="1" t="n">
         <v>15.5518586</v>
       </c>
       <c r="AE32" s="1" t="n">
         <v>14.00582063</v>
       </c>
       <c r="AF32" s="1" t="n">
         <v>14.72823456</v>
       </c>
       <c r="AG32" s="1" t="n">
         <v>17.56198857</v>
       </c>
       <c r="AH32" s="1" t="n">
         <v>15.61887834</v>
       </c>
       <c r="AI32" s="1" t="n">
         <v>15.25464176</v>
       </c>
-      <c r="AJ32" s="1"/>
+      <c r="AJ32" s="1" t="n">
+        <v>16.28594893</v>
+      </c>
+      <c r="AK32" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="0" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B33" s="1" t="n">
         <v>5.839724176</v>
       </c>
       <c r="C33" s="1" t="n">
         <v>5.834706941</v>
       </c>
       <c r="D33" s="1" t="n">
         <v>6.489602954</v>
       </c>
       <c r="E33" s="1" t="n">
         <v>7.345117523</v>
       </c>
       <c r="F33" s="1" t="n">
         <v>8.764045016</v>
       </c>
       <c r="G33" s="1" t="n">
         <v>8.475888715</v>
       </c>
       <c r="H33" s="1" t="n">
         <v>9.047696576</v>
       </c>
       <c r="I33" s="1" t="n">
         <v>8.09761867</v>
       </c>
@@ -1730,55 +1651,58 @@
       </c>
       <c r="AB33" s="1" t="n">
         <v>7.471758227</v>
       </c>
       <c r="AC33" s="1" t="n">
         <v>6.517979438</v>
       </c>
       <c r="AD33" s="1" t="n">
         <v>5.729707907</v>
       </c>
       <c r="AE33" s="1" t="n">
         <v>5.029119628</v>
       </c>
       <c r="AF33" s="1" t="n">
         <v>5.212733261</v>
       </c>
       <c r="AG33" s="1" t="n">
         <v>5.795946633</v>
       </c>
       <c r="AH33" s="1" t="n">
         <v>5.221536646</v>
       </c>
       <c r="AI33" s="1" t="n">
         <v>5.263329834</v>
       </c>
-      <c r="AJ33" s="1"/>
+      <c r="AJ33" s="1" t="n">
+        <v>5.382749171</v>
+      </c>
+      <c r="AK33" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B34" s="1" t="n">
         <v>2.91142947</v>
       </c>
       <c r="C34" s="1" t="n">
         <v>2.395868608</v>
       </c>
       <c r="D34" s="1" t="n">
         <v>3.460759943</v>
       </c>
       <c r="E34" s="1" t="n">
         <v>4.566430633</v>
       </c>
       <c r="F34" s="1" t="n">
         <v>5.881062795</v>
       </c>
       <c r="G34" s="1" t="n">
         <v>5.423933275</v>
       </c>
       <c r="H34" s="1" t="n">
         <v>5.264956854</v>
       </c>
       <c r="I34" s="1" t="n">
         <v>5.443171926</v>
       </c>
@@ -1838,72 +1762,75 @@
       </c>
       <c r="AB34" s="1" t="n">
         <v>5.515750445</v>
       </c>
       <c r="AC34" s="1" t="n">
         <v>5.439895082</v>
       </c>
       <c r="AD34" s="1" t="n">
         <v>4.014724275</v>
       </c>
       <c r="AE34" s="1" t="n">
         <v>3.819592901</v>
       </c>
       <c r="AF34" s="1" t="n">
         <v>4.036818415</v>
       </c>
       <c r="AG34" s="1" t="n">
         <v>4.287122545</v>
       </c>
       <c r="AH34" s="1" t="n">
         <v>3.57077503</v>
       </c>
       <c r="AI34" s="1" t="n">
         <v>3.406270776</v>
       </c>
-      <c r="AJ34" s="1"/>
+      <c r="AJ34" s="1" t="n">
+        <v>3.347163757</v>
+      </c>
+      <c r="AK34" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="0"/>
       <c r="B35" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="0" t="s">
-        <v>4</v>
+        <v>15</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="0" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="0" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="0"/>
       <c r="B41" s="1" t="n">
         <v>1992</v>
       </c>
       <c r="C41" s="1" t="n">
         <v>1993</v>
       </c>
       <c r="D41" s="1" t="n">
         <v>1994</v>
       </c>
       <c r="E41" s="1" t="n">
         <v>1995</v>
       </c>
       <c r="F41" s="1" t="n">
         <v>1996</v>
       </c>
       <c r="G41" s="1" t="n">
@@ -1965,55 +1892,58 @@
       </c>
       <c r="Z41" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="AA41" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="AB41" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="AC41" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="AD41" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="AE41" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="AF41" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="AG41" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="AH41" s="1"/>
+      <c r="AH41" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="AI41" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="0" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B42" s="1" t="n">
         <v>9.5</v>
       </c>
       <c r="C42" s="1" t="n">
         <v>12</v>
       </c>
       <c r="D42" s="1" t="n">
         <v>14</v>
       </c>
       <c r="E42" s="1" t="n">
         <v>13.8</v>
       </c>
       <c r="F42" s="1" t="n">
         <v>14.7</v>
       </c>
       <c r="G42" s="1" t="n">
         <v>14.4</v>
       </c>
       <c r="H42" s="1" t="n">
         <v>14.7</v>
       </c>
       <c r="I42" s="1" t="n">
         <v>13.8</v>
       </c>
@@ -2067,55 +1997,58 @@
       </c>
       <c r="Z42" s="1" t="n">
         <v>16.1</v>
       </c>
       <c r="AA42" s="1" t="n">
         <v>14.8</v>
       </c>
       <c r="AB42" s="1" t="n">
         <v>13.3</v>
       </c>
       <c r="AC42" s="1" t="n">
         <v>12.2</v>
       </c>
       <c r="AD42" s="1" t="n">
         <v>12.3</v>
       </c>
       <c r="AE42" s="1" t="n">
         <v>14.7</v>
       </c>
       <c r="AF42" s="1" t="n">
         <v>13.4</v>
       </c>
       <c r="AG42" s="1" t="n">
         <v>13.4</v>
       </c>
-      <c r="AH42" s="1"/>
+      <c r="AH42" s="1" t="n">
+        <v>13.2</v>
+      </c>
+      <c r="AI42" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="0" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B43" s="1" t="n">
         <v>6.5</v>
       </c>
       <c r="C43" s="1" t="n">
         <v>7.3</v>
       </c>
       <c r="D43" s="1" t="n">
         <v>9.3</v>
       </c>
       <c r="E43" s="1" t="n">
         <v>9.4</v>
       </c>
       <c r="F43" s="1" t="n">
         <v>9.3</v>
       </c>
       <c r="G43" s="1" t="n">
         <v>8.7</v>
       </c>
       <c r="H43" s="1" t="n">
         <v>9.1</v>
       </c>
       <c r="I43" s="1" t="n">
         <v>8.3</v>
       </c>
@@ -2169,55 +2102,58 @@
       </c>
       <c r="Z43" s="1" t="n">
         <v>8.1</v>
       </c>
       <c r="AA43" s="1" t="n">
         <v>7.2</v>
       </c>
       <c r="AB43" s="1" t="n">
         <v>6</v>
       </c>
       <c r="AC43" s="1" t="n">
         <v>5.3</v>
       </c>
       <c r="AD43" s="1" t="n">
         <v>5.8</v>
       </c>
       <c r="AE43" s="1" t="n">
         <v>7</v>
       </c>
       <c r="AF43" s="1" t="n">
         <v>6.4</v>
       </c>
       <c r="AG43" s="1" t="n">
         <v>6.3</v>
       </c>
-      <c r="AH43" s="1"/>
+      <c r="AH43" s="1" t="n">
+        <v>6.6</v>
+      </c>
+      <c r="AI43" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="0" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B44" s="1" t="n">
         <v>3</v>
       </c>
       <c r="C44" s="1" t="n">
         <v>3.9</v>
       </c>
       <c r="D44" s="1" t="n">
         <v>4.6</v>
       </c>
       <c r="E44" s="1" t="n">
         <v>4</v>
       </c>
       <c r="F44" s="1" t="n">
         <v>4.3</v>
       </c>
       <c r="G44" s="1" t="n">
         <v>3.8</v>
       </c>
       <c r="H44" s="1" t="n">
         <v>3.9</v>
       </c>
       <c r="I44" s="1" t="n">
         <v>3.7</v>
       </c>
@@ -2271,72 +2207,75 @@
       </c>
       <c r="Z44" s="1" t="n">
         <v>4.2</v>
       </c>
       <c r="AA44" s="1" t="n">
         <v>4.3</v>
       </c>
       <c r="AB44" s="1" t="n">
         <v>3.5</v>
       </c>
       <c r="AC44" s="1" t="n">
         <v>3.2</v>
       </c>
       <c r="AD44" s="1" t="n">
         <v>3.5</v>
       </c>
       <c r="AE44" s="1" t="n">
         <v>3.6</v>
       </c>
       <c r="AF44" s="1" t="n">
         <v>3.1</v>
       </c>
       <c r="AG44" s="1" t="n">
         <v>3</v>
       </c>
-      <c r="AH44" s="1"/>
+      <c r="AH44" s="1" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="AI44" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="0"/>
       <c r="B45" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="0" t="s">
-        <v>4</v>
+        <v>15</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="0" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="0"/>
       <c r="B51" s="1" t="n">
         <v>1999</v>
       </c>
       <c r="C51" s="1" t="n">
         <v>2000</v>
       </c>
       <c r="D51" s="1" t="n">
         <v>2001</v>
       </c>
       <c r="E51" s="1" t="n">
         <v>2002</v>
       </c>
       <c r="F51" s="1" t="n">
         <v>2003</v>
       </c>
       <c r="G51" s="1" t="n">
@@ -2377,55 +2316,58 @@
       </c>
       <c r="S51" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="T51" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="U51" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="V51" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="W51" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="X51" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="Y51" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="Z51" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="AA51" s="1"/>
+      <c r="AA51" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="AB51" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="0" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B52" s="1" t="n">
         <v>4.9</v>
       </c>
       <c r="C52" s="1" t="n">
         <v>3.8</v>
       </c>
       <c r="D52" s="1" t="n">
         <v>3.2</v>
       </c>
       <c r="E52" s="1" t="n">
         <v>3.7</v>
       </c>
       <c r="F52" s="1" t="n">
         <v>3.7</v>
       </c>
       <c r="G52" s="1" t="n">
         <v>4.1</v>
       </c>
       <c r="H52" s="1" t="n">
         <v>4.4</v>
       </c>
       <c r="I52" s="1" t="n">
         <v>4.2</v>
       </c>
@@ -2458,117 +2400,120 @@
       </c>
       <c r="S52" s="1" t="n">
         <v>4.1</v>
       </c>
       <c r="T52" s="1" t="n">
         <v>3.5</v>
       </c>
       <c r="U52" s="1" t="n">
         <v>2.9</v>
       </c>
       <c r="V52" s="1" t="n">
         <v>2.4</v>
       </c>
       <c r="W52" s="1" t="n">
         <v>2.3</v>
       </c>
       <c r="X52" s="1" t="n">
         <v>2.6</v>
       </c>
       <c r="Y52" s="1" t="n">
         <v>2.3</v>
       </c>
       <c r="Z52" s="1" t="n">
         <v>2.2</v>
       </c>
-      <c r="AA52" s="1"/>
+      <c r="AA52" s="1" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="AB52" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="0"/>
       <c r="B53" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="0" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="0" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B1" s="0" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>cic bfp</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>