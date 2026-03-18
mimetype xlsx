--- v0 (2025-10-27)
+++ v1 (2026-03-18)
@@ -13,229 +13,225 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G08_EMP" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="62" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="62" uniqueCount="52">
   <si>
     <t>Taux d'emploi - Belgique - évaluation de la tendance</t>
   </si>
   <si>
     <t>pourcentage de la population en âge de travailler (20-64)</t>
   </si>
   <si>
     <t>observations</t>
   </si>
   <si>
-    <t>tendance et extrapolation (novembre 2024)</t>
+    <t>tendance et extrapolation (novembre 2025)</t>
   </si>
   <si>
     <t>objectif 2030</t>
   </si>
   <si>
-    <t>rupture de série: 2001, 2005, 2011, 2017, 2021</t>
-[...2 lines deleted...]
-    <t>Statbel; Eurostat (2022), European Union Labour Force Survey (EU-LFS), sdg_08_30 ou lfsa_ergan, https://ec.europa.eu/eurostat (consulté le 28/10/2022); Calculs BFP.</t>
+    <t>Note: rupture de série: 2001, 2005, 2011, 2017, 2021</t>
+  </si>
+  <si>
+    <t>Bron: Statbel; Eurostat (2025), Employment and activity by sex and age - annual data  (EU-LFS),  LFSI_EMP_A_H (voor 2010),  https://ec.europa.eu/eurostat,  laatste update van data 12/12/2024 23:00 en LFSI_EMP_A (vanaf 2010), https://ec.europa.eu/eurostat,  laatste update van data 12/06/2025  23:00:00 (geraadpleegd op 03/11/2025)</t>
   </si>
   <si>
     <t>Taux d'emploi - Belgique et comparaison internationale</t>
   </si>
   <si>
     <t>Belgique</t>
   </si>
   <si>
     <t>UE27</t>
   </si>
   <si>
-    <t>rupture de série: BE en 1999, 2001, 2005, 2017, 2021; EU en 2021; estimation BE 1993-1998</t>
-[...2 lines deleted...]
-    <t>Statbel; Eurostat (2024), European Union Labour Force Survey (EU-LFS), avant 2010 LFSI_EMP_A_H, depuis 2010 LFSI_EMP_A, https://ec.europa.eu/eurostat (consulté le 22/10/2024).</t>
+    <t>Note: rupture de série: BE en 1999, 2001, 2005, 2017, 2021; EU en 2021; estimation BE 1993-1998.  L?intervalle de confiance à 95 % pour le taux d'emploi en 2024 est de 71.8% à 72.8% pour Belgique.</t>
   </si>
   <si>
     <t>Taux d'emploi selon la région - Belgique</t>
   </si>
   <si>
     <t>Région de Bruxelles-Capitale</t>
   </si>
   <si>
     <t>Région flamande</t>
   </si>
   <si>
     <t>Région wallonne</t>
   </si>
   <si>
-    <t>La marge d'incertitude de cet indicateur est indiquée dans le texte pour la dernière année. Rupture de série: 1999, 2001, 2005, 2011, 2017, 2021</t>
-[...2 lines deleted...]
-    <t>Statbel (2024), Communication directe 22/10/2024</t>
+    <t>Note: Rupture de série: 1999, 2001, 2005, 2011, 2017, 2021.  L?intervalle de confiance à 95 % pour le taux d'emploi en 2024 est  de 62.5% à 65.6% pour Bruxelles, de 76.2% à 77.5% pour  Flandre et de 66.2% à 68% pour la Wallonie.</t>
+  </si>
+  <si>
+    <t>Bron: Statbel (2022), Rechtstreekse mededeling 31/05/2022, vanaf 2005: Statbel; Eurostat (2025), Employment rates by educational attainment level, citizenship and NUTS 2 region, lfst_r_lfe2emprtn, https://ec.europa.eu/eurostat,  laatste update van data 11/09/2025 23:00 (geraadpleegd op 03/11/2025)</t>
   </si>
   <si>
     <t>Taux d'emploi selon le sexe - Belgique</t>
   </si>
   <si>
     <t>femmes</t>
   </si>
   <si>
     <t>hommes</t>
   </si>
   <si>
-    <t>rupture de série: 1999, 2001, 2005, 2017, 2021; estimation 1993-1998</t>
+    <t>Note: rupture de série: 1999, 2001, 2005, 2017, 2021; estimation 1993-1998</t>
+  </si>
+  <si>
+    <t>Source: Statbel; Eurostat (2025), Employment and activity by sex and age - annual data  (EU-LFS),  LFSI_EMP_A_H (voor 2010),  https://ec.europa.eu/eurostat,  laatste update van data 12/12/2024 23:00 en LFSI_EMP_A (vanaf 2010), https://ec.europa.eu/eurostat,  laatste update van data 12/06/2025  23:00:00 (geraadpleegd op 03/11/2025)</t>
   </si>
   <si>
     <t>Taux d'emploi selon l'âge - Belgique</t>
   </si>
   <si>
     <t>pourcentage de la population</t>
   </si>
   <si>
     <t>20-24</t>
   </si>
   <si>
     <t>25-49</t>
   </si>
   <si>
     <t>50-64</t>
   </si>
   <si>
+    <t>Source: Statbel (2025),communication directe 04/11/2025</t>
+  </si>
+  <si>
     <t>Taux d'emploi selon l'éducation - Belgique</t>
   </si>
   <si>
     <t>maximum secondaire inférieur</t>
   </si>
   <si>
     <t>secondaire supérieur</t>
   </si>
   <si>
     <t>supérieur</t>
   </si>
   <si>
-    <t>rupture de série: 1999, 2001, 2005, 2011, 2017, 2021</t>
-[...2 lines deleted...]
-    <t>Statbel; Eurostat (2024), European Union Labour Force Survey (EU-LFS),LFSI_EMP_A_H, https://ec.europa.eu/eurostat (consulté le 22/10/2024).</t>
+    <t>Note: rupture de série: 1999, 2001, 2005, 2011, 2017, 2021</t>
+  </si>
+  <si>
+    <t>Source: Statbel; Eurostat (2025), Employment by educational attainment level,  lfsi_educ_a_h (voor 2010),  https://ec.europa.eu/eurostat,  laatste update van data 12/12/2024 23:00 en lfsi_educ_a (vanaf 2010), https://ec.europa.eu/eurostat,  laatste update van data 11/09/2025 23:00 (geraadpleegd op 03/11/2025)</t>
   </si>
   <si>
     <t>Taux d'emploi selon la nationalité - Belgique</t>
   </si>
   <si>
     <t>Belges</t>
   </si>
   <si>
     <t>citoyens UE27 hors Belges</t>
   </si>
   <si>
     <t>citoyens non UE</t>
   </si>
   <si>
+    <t>Source: Statbel; Eurostat (2025), Employment rates by educational attainment level and citizenship,  lfsa_ergaedn,  https://ec.europa.eu/eurostat,  laatste update van data 21/10/2025 23:00 (geraadpleegd op 03/11/2025)</t>
+  </si>
+  <si>
     <t>Taux d'emploi selon la nationalité: différence entre citoyens belges et non UE - Belgique</t>
   </si>
   <si>
     <t>points de pourcent; population en âge de travailler (20-64)</t>
   </si>
   <si>
     <t>différence</t>
   </si>
   <si>
+    <t>Source: Calculs BFP sur la base de Statbel; Eurostat (2025), Employment rates by educational attainment level and citizenship,  lfsa_ergaedn,  https://ec.europa.eu/eurostat,  laatste update van data 21/10/2025 23:00 (geraadpleegd op 03/11/2025)</t>
+  </si>
+  <si>
     <t>Écart d'emploi entre personnes handicapées ou non - Belgique</t>
   </si>
   <si>
     <t>écart</t>
   </si>
   <si>
-    <t>Statbel; Eurostat (2024), European Union Statistics on Income and Living Conditions (EU-SILC), tepsr_sp200, https://ec.europa.eu/eurostat (consulté le 22/10/2024); </t>
+    <t>Source: Statbel; Eurostat (2025),Disability employment gap by level of activity limitation and sex,  tepsr_sp200,  https://ec.europa.eu/eurostat,  laatste update van data 30/10/2025 23:00 (geraadpleegd op 03/11/2025)</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G08_EMP</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Emploi (i42)</t>
+    <t>Emploi (i43)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Définition: le taux d’emploi est la part de la population active occupée dans la population en âge de travailler. La population active occupée est définie comme le nombre de personnes âgées de 20 à 64 ans qui ont travaillé au moins une heure au cours de la période de référence, soit comme salarié avec un contrat de travail dans le secteur privé ou dans le secteur public, soit comme non-salarié (indépendant ou aidant). Il est à noter que la population active occupée est aussi égale à la somme de l'emploi intérieur et du solde des travailleurs frontaliers (c'est-à-dire la différence entre le nombre d'habitants belges qui travaillent à l'étranger et le nombre de non belges n'habitant pas en Belgique et travaillant en Belgique). La population en âge de travailler se compose des personnes âgées de 20 à 64 ans.
 Les données sur l’emploi utilisées pour cet indicateur se basent sur l’Enquête sur les forces de travail (EFT). Statistics Belgium organise en Belgique cette enquête harmonisée au niv’au de l'UE et en met les résultats à disposition, not’mment d'Eurostat. La méthodologie de cette enquête a été revue en 2017. La comparaison entre les données de 2017 et celles des années précédentes doit être faite avec prudence. Entre autres en raison de changements dans la définition du chômage suite à un nouveau règlement-cadre européen, les données à partir de 2021 ne peuvent pas être directement comparées à celles de 2020. Désormais, les personnes qui sont temporairement au chômage pendant plus de trois mois ne seront plus comptées parmi les actifs occupés mais parmi les chômeurs ou les inactifs, en fonction des réponses aux questions sur la recherche et la disponi’ilité d'un emploi.
 Pour l'indicateur Écart d'emploi entre les personnes handicapées et non handicapées, ce n'est pas l'EAK mais l'enquête sur les revenus et les conditions de vie (SILC) qui est utilisée. En effet, cette source contient des informations plus détaillées sur la gravité du handicap. L’indicateur risque de pauvreté ou d'exclusion sociale décrit plus en détail cette base de données, également organisée en Belgique par Statistics Belgium.
 Les données utilisées ici proviennent d'Eurostat qui publie des résultats détaillés et comparables entre les États membres de l'UE. Comme ces données sont basées sur des enquêtes, il faut tenir compte d’une marge d’incertitude. Cette marge d'incertitude augmente à mesure que l'indicateur est calculé pour des sous-populations plus petites. Les intervalles de confiance (IC) correspondant à ces données sont disponibles sur demande auprès de Statistics Belgium.
+Pour cet indicateur les ventilations suivantes sont disponibles : région, sexe, âge, éducation, nationalité et handicap.
 Objectif: le taux d'emploi doit augmenter.
 Les objectifs de développement durable ou SDG adoptés par l'ONU en 2015 comprennent le sous-objectif 8.5: "D’ici à 2030, parvenir au plein emploi productif et garantir à toutes les femmes et à tous les hommes, y compris les jeunes et les personnes handicapées, un travail décent et un salaire égal pour un travail de valeur égale".
 La Vision stratégique fédérale à long terme de développement durable inclut les objectifs suivants: "Le marché de l'emploi sera accessible à tous et proposera un emploi décent à chaque citoyen en âge de travailler" (objectif 8), "Le niveau d’emploi sera aussi stable et élevé que possible et respectera les principes d’un emploi décent. Toute personne d’âge actif aura la possibilité de trouver un emploi rémunéré" (objectif 9) et "Les conditions de travail seront adaptées tout au long de la carrière en vue d'assurer une meilleure qualité de vie et de pouvoir travailler plus longtemps" (objectif 11) (Moniteur belge, 08/10/2013).
 Le Sommet social européen de Porto du 7 mai 2021 a permis au Conseil européen, à la Commission européenne, au Parlement européen et aux partenaires sociaux de convenir de nouveaux objectifs sociaux pour 2030, dans le cadre du plan d'action pour le pilier européen des droits sociaux (Commission européenne, 2021), qui s'inscrit dans le prolongement de la stratégie Europe 2020. Ces objectifs ont été approuvés par le Conseil européen (Conseil européen, 2021a, 2021b). Au niveau de l'UE, un taux d'emploi de 78% est visé.
 L'accord du gouvernement fédéral d'octobre 2020 (Gouvernement fédéral, 2020) vise un taux d'emploi d'au moins 80% d'ici 2030. Ceci est confirmé par le programme national de réforme 2023 le confirme (Gouvernement fédéral, 2023). Les cibles suivantes ont également été fixées pour la Belgique à l'horizon 2030: la différence de taux d'emploi entre les femmes et les hommes doit être inférieure à 4 points de pourcentage, la différence de taux d'emploi entre les personnes handicapées et non handicapées doit être inférieure à 24,5 points de pourcentage, le taux d'emploi des personnes peu qualifiées, des personnes nées en dehors de l'UE et des personnes âgées de 55 à 64 ans doit respectivement être supérieur à 58,4%, 58,3% et 68,8% (Federal Public Service Social Security, 2023).
-Évolution: selon l'enquête EFT, le taux d’emploi des 20 à 64 ans a augmenté en passant de 61,2% en 1993 à 65,8% en 2000. Ensuite l'indicateur a légèrement diminué pour atteindre 64,7% en 2003 et puis rebondir à 68% en 2008. A partir de cette année-là jusqu'en 2015, cette augmentation stagne et le taux d'emploi fluctue autour de 67% peut-être suite à la crise économique et financière. Ensuite cet indicateur augmente à nouveau de 67,7% en 2016 à 70,5% en 2019, pour augmenter à nouveau après une légère baisse et atteindre 72,1% en 2023. La participation accrue des femmes et des personnes âgées au marché du travail est la principale cause de la croissance du taux d'emploi entre 1993 et 2023.
-[...6 lines deleted...]
-Ventilation selon le handicap: l'écart de taux d'emploi entre les personnes handicapées et non handicapées a diminué de 34,4% à 32% entre 2014 et 2018. Il a ensuite augmenté pour atteindre 38% en 2021 avant de diminuer à 33,6% en 2023.
 Indicateur ONU: l’indicateur choisi ne correspond à aucun indicateur de suivi des SDG, mais est relié au sous-objectif 8.5, qui est d'atteindre le plein emploi productif.
 Sources
-Générales
-[...12 lines deleted...]
-Moniteur belge: http://www.ejustice.just.fgov.be/cgi/welcome.pl; recherche sur http://www.ejustice.just.fgov.be/doc/rech_f.htm (consulté le 24/09/2020).
+Commission européenne (2010), Europe 2020, Une stratégie pour une croissance intelligente, durable et inclusive; http://ec.europa.eu/archives/commission_2010-2014/president/news/documents/pdf/20100303_1_fr.pdf (consulté le 19/12/2025).
+Commission européenne (2022), La Commission se félicite des objectifs des États membres pour une Europe plus sociale à l'horizon 2030, https://ec.europa.eu/social/main.jsp?langId=fr&amp;amp;catId=89&amp;amp;furtherNews=yes&amp;amp;newsId=10299 (consulté le 19/12/2025).
+European Commission (2021),The European Pillar of Social Rights Action Plan, https://employment-social-affairs.ec.europa.eu/policies-and-activities/european-pillar-social-rights-building-fairer-and-more-inclusive-european-union/european-pillar-social-rights-action-plan_en (consulté le 19/12/2025).
+Gouvernement fédéral (2014), Accord de gouvernement du 9 octobre 2014, https://www.dekamer.be/FLWB/PDF/54/0020/54K0020001.pdf (consulté le 19/12/2025).
+Gouvernement fédéral (2020), Accord de gouvernement - 30 septembre 2020, https://www.belgium.be/sites/default/files/Accord_de_gouvernement_2020.pdf (consulté le 19/12/2025).
+Gouvernement fédéral (2023), Programme national de réforme 2023, https://commission.europa.eu/system/files/2023-07/Belgium_PNR_2023_FR.pdf (consulté le 19/12/2025).
+Federal Public Service Social Security (2023), The evolution of the social situation and social protection in Belgium 2021, https://commission.europa.eu/system/files/2023-05/2023-Belgium-NRP_fr.pdf (consulté le 19/12/2025).
+Moniteur belge: http://www.ejustice.just.fgov.be/cgi/welcome.pl; recherche sur http://www.ejustice.just.fgov.be/doc/rech_f.htm.
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -293,51 +289,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:AJ83"/>
+  <dimension ref="A1:AK83"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
         <v>2000</v>
       </c>
       <c r="C3" s="1" t="n">
@@ -475,180 +471,180 @@
       <c r="N4" s="1" t="n">
         <v>67.2</v>
       </c>
       <c r="O4" s="1" t="n">
         <v>67.2</v>
       </c>
       <c r="P4" s="1" t="n">
         <v>67.3</v>
       </c>
       <c r="Q4" s="1" t="n">
         <v>67.2</v>
       </c>
       <c r="R4" s="1" t="n">
         <v>67.7</v>
       </c>
       <c r="S4" s="1" t="n">
         <v>68.5</v>
       </c>
       <c r="T4" s="1" t="n">
         <v>69.7</v>
       </c>
       <c r="U4" s="1" t="n">
         <v>70.5</v>
       </c>
       <c r="V4" s="1" t="n">
-        <v>70</v>
+        <v>69.7</v>
       </c>
       <c r="W4" s="1" t="n">
         <v>70.6</v>
       </c>
       <c r="X4" s="1" t="n">
         <v>71.9</v>
       </c>
       <c r="Y4" s="1" t="n">
         <v>72.1</v>
       </c>
-      <c r="Z4" s="1" t="s">
-        <f>=NA()</f>
+      <c r="Z4" s="1" t="n">
+        <v>72.3</v>
       </c>
       <c r="AA4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AB4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AC4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AD4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AE4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AF4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AG4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="n">
-        <v>65.04270135</v>
+        <v>65.04255851</v>
       </c>
       <c r="C5" s="1" t="n">
-        <v>65.25325424</v>
+        <v>65.25347276</v>
       </c>
       <c r="D5" s="1" t="n">
-        <v>65.47206722</v>
+        <v>65.47265096</v>
       </c>
       <c r="E5" s="1" t="n">
-        <v>65.70426936</v>
+        <v>65.70522163</v>
       </c>
       <c r="F5" s="1" t="n">
-        <v>65.95029512</v>
+        <v>65.95161283</v>
       </c>
       <c r="G5" s="1" t="n">
-        <v>66.20039453</v>
+        <v>66.20205826</v>
       </c>
       <c r="H5" s="1" t="n">
-        <v>66.44113295</v>
+        <v>66.44309308</v>
       </c>
       <c r="I5" s="1" t="n">
-        <v>66.66189343</v>
+        <v>66.66405286</v>
       </c>
       <c r="J5" s="1" t="n">
-        <v>66.85252534</v>
+        <v>66.85471916</v>
       </c>
       <c r="K5" s="1" t="n">
-        <v>67.01315256</v>
+        <v>67.01512626</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>67.15537136</v>
+        <v>67.15675876</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>67.2917733</v>
+        <v>67.29207604</v>
       </c>
       <c r="N5" s="1" t="n">
-        <v>67.43950931</v>
+        <v>67.43808137</v>
       </c>
       <c r="O5" s="1" t="n">
-        <v>67.61596798</v>
+        <v>67.61200923</v>
       </c>
       <c r="P5" s="1" t="n">
-        <v>67.83633167</v>
+        <v>67.82889685</v>
       </c>
       <c r="Q5" s="1" t="n">
-        <v>68.1118435</v>
+        <v>68.09987493</v>
       </c>
       <c r="R5" s="1" t="n">
-        <v>68.4486071</v>
+        <v>68.43100202</v>
       </c>
       <c r="S5" s="1" t="n">
-        <v>68.84370988</v>
+        <v>68.81943688</v>
       </c>
       <c r="T5" s="1" t="n">
-        <v>69.28668758</v>
+        <v>69.25496648</v>
       </c>
       <c r="U5" s="1" t="n">
-        <v>69.76340839</v>
+        <v>69.72396618</v>
       </c>
       <c r="V5" s="1" t="n">
-        <v>70.26357516</v>
+        <v>70.21698401</v>
       </c>
       <c r="W5" s="1" t="n">
-        <v>70.78404519</v>
+        <v>70.73214588</v>
       </c>
       <c r="X5" s="1" t="n">
-        <v>71.31890893</v>
+        <v>71.26226531</v>
       </c>
       <c r="Y5" s="1" t="n">
-        <v>71.86020813</v>
+        <v>71.79859939</v>
       </c>
       <c r="Z5" s="1" t="n">
-        <v>72.35107494</v>
+        <v>72.33858408</v>
       </c>
       <c r="AA5" s="1" t="n">
-        <v>72.79587278</v>
+        <v>72.8282253</v>
       </c>
       <c r="AB5" s="1" t="n">
-        <v>73.1986519</v>
+        <v>73.27188522</v>
       </c>
       <c r="AC5" s="1" t="n">
-        <v>73.56315882</v>
+        <v>73.67361158</v>
       </c>
       <c r="AD5" s="1" t="n">
-        <v>73.89284865</v>
+        <v>74.03714758</v>
       </c>
       <c r="AE5" s="1" t="n">
-        <v>74.19089931</v>
+        <v>74.36594443</v>
       </c>
       <c r="AF5" s="1" t="n">
-        <v>74.46022688</v>
+        <v>74.66317574</v>
       </c>
       <c r="AG5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="1" t="n">
         <v>80</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>80</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>80</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>80</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>80</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>80</v>
       </c>
@@ -829,51 +825,54 @@
       </c>
       <c r="Y13" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="Z13" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="AA13" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="AB13" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="AC13" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="AD13" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="AE13" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="AF13" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="AG13" s="1"/>
+      <c r="AG13" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="AH13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="1" t="n">
         <v>61.2</v>
       </c>
       <c r="C14" s="1" t="n">
         <v>61</v>
       </c>
       <c r="D14" s="1" t="n">
         <v>61.4</v>
       </c>
       <c r="E14" s="1" t="n">
         <v>61.7</v>
       </c>
       <c r="F14" s="1" t="n">
         <v>62.4</v>
       </c>
       <c r="G14" s="1" t="n">
         <v>63.1</v>
       </c>
       <c r="H14" s="1" t="n">
         <v>64.5</v>
@@ -917,62 +916,65 @@
       <c r="U14" s="1" t="n">
         <v>67.2</v>
       </c>
       <c r="V14" s="1" t="n">
         <v>67.2</v>
       </c>
       <c r="W14" s="1" t="n">
         <v>67.3</v>
       </c>
       <c r="X14" s="1" t="n">
         <v>67.2</v>
       </c>
       <c r="Y14" s="1" t="n">
         <v>67.7</v>
       </c>
       <c r="Z14" s="1" t="n">
         <v>68.5</v>
       </c>
       <c r="AA14" s="1" t="n">
         <v>69.7</v>
       </c>
       <c r="AB14" s="1" t="n">
         <v>70.5</v>
       </c>
       <c r="AC14" s="1" t="n">
-        <v>70</v>
+        <v>69.7</v>
       </c>
       <c r="AD14" s="1" t="n">
         <v>70.6</v>
       </c>
       <c r="AE14" s="1" t="n">
         <v>71.9</v>
       </c>
       <c r="AF14" s="1" t="n">
         <v>72.1</v>
       </c>
-      <c r="AG14" s="1"/>
+      <c r="AG14" s="1" t="n">
+        <v>72.3</v>
+      </c>
+      <c r="AH14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B15" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="C15" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D15" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="E15" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="F15" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="G15" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="H15" s="1" t="s">
         <f>=NA()</f>
@@ -983,116 +985,119 @@
       <c r="J15" s="1" t="n">
         <v>65.8</v>
       </c>
       <c r="K15" s="1" t="n">
         <v>65.7</v>
       </c>
       <c r="L15" s="1" t="n">
         <v>66</v>
       </c>
       <c r="M15" s="1" t="n">
         <v>66.3</v>
       </c>
       <c r="N15" s="1" t="n">
         <v>66.8</v>
       </c>
       <c r="O15" s="1" t="n">
         <v>68</v>
       </c>
       <c r="P15" s="1" t="n">
         <v>69</v>
       </c>
       <c r="Q15" s="1" t="n">
         <v>69.5</v>
       </c>
       <c r="R15" s="1" t="n">
-        <v>67.3</v>
+        <v>68.2</v>
       </c>
       <c r="S15" s="1" t="n">
-        <v>67.8</v>
+        <v>67</v>
       </c>
       <c r="T15" s="1" t="n">
-        <v>67.8</v>
+        <v>67.1</v>
       </c>
       <c r="U15" s="1" t="n">
+        <v>66.9</v>
+      </c>
+      <c r="V15" s="1" t="n">
+        <v>66.8</v>
+      </c>
+      <c r="W15" s="1" t="n">
         <v>67.6</v>
       </c>
-      <c r="V15" s="1" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="X15" s="1" t="n">
-        <v>69</v>
+        <v>68.5</v>
       </c>
       <c r="Y15" s="1" t="n">
-        <v>70.1</v>
+        <v>69.7</v>
       </c>
       <c r="Z15" s="1" t="n">
-        <v>71.3</v>
+        <v>70.9</v>
       </c>
       <c r="AA15" s="1" t="n">
-        <v>72.3</v>
+        <v>71.9</v>
       </c>
       <c r="AB15" s="1" t="n">
+        <v>72.7</v>
+      </c>
+      <c r="AC15" s="1" t="n">
+        <v>71.7</v>
+      </c>
+      <c r="AD15" s="1" t="n">
         <v>73.1</v>
-      </c>
-[...4 lines deleted...]
-        <v>73</v>
       </c>
       <c r="AE15" s="1" t="n">
         <v>74.6</v>
       </c>
       <c r="AF15" s="1" t="n">
         <v>75.3</v>
       </c>
-      <c r="AG15" s="1"/>
+      <c r="AG15" s="1" t="n">
+        <v>75.8</v>
+      </c>
+      <c r="AH15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0"/>
       <c r="B16" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="0" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="0"/>
       <c r="B22" s="1" t="n">
         <v>1993</v>
       </c>
       <c r="C22" s="1" t="n">
         <v>1994</v>
       </c>
       <c r="D22" s="1" t="n">
         <v>1995</v>
       </c>
       <c r="E22" s="1" t="n">
         <v>1996</v>
       </c>
       <c r="F22" s="1" t="n">
         <v>1997</v>
       </c>
       <c r="G22" s="1" t="n">
@@ -1151,369 +1156,381 @@
       </c>
       <c r="Y22" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="Z22" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="AA22" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="AB22" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="AC22" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="AD22" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="AE22" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="AF22" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="AG22" s="1"/>
+      <c r="AG22" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="AH22" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B23" s="1" t="n">
         <v>58.14448419</v>
       </c>
       <c r="C23" s="1" t="n">
         <v>56.26360018</v>
       </c>
       <c r="D23" s="1" t="n">
         <v>55.53171193</v>
       </c>
       <c r="E23" s="1" t="n">
         <v>56.44419943</v>
       </c>
       <c r="F23" s="1" t="n">
         <v>57.45774996</v>
       </c>
       <c r="G23" s="1" t="n">
         <v>58.03034545</v>
       </c>
       <c r="H23" s="1" t="n">
         <v>58.70896192</v>
       </c>
       <c r="I23" s="1" t="n">
         <v>59.7375758</v>
       </c>
       <c r="J23" s="1" t="n">
         <v>58.22887426</v>
       </c>
       <c r="K23" s="1" t="n">
         <v>58.88094947</v>
       </c>
       <c r="L23" s="1" t="n">
         <v>57.54966502</v>
       </c>
       <c r="M23" s="1" t="n">
         <v>58.5514276</v>
       </c>
       <c r="N23" s="1" t="n">
-        <v>59.44628082</v>
+        <v>59.4</v>
       </c>
       <c r="O23" s="1" t="n">
-        <v>57.89307688</v>
+        <v>57.9</v>
       </c>
       <c r="P23" s="1" t="n">
-        <v>59.38389522</v>
+        <v>59.4</v>
       </c>
       <c r="Q23" s="1" t="n">
-        <v>60.20222285</v>
+        <v>60.2</v>
       </c>
       <c r="R23" s="1" t="n">
-        <v>59.54336338</v>
+        <v>59.5</v>
       </c>
       <c r="S23" s="1" t="n">
-        <v>59.23598997</v>
+        <v>59.2</v>
       </c>
       <c r="T23" s="1" t="n">
-        <v>58.21912699</v>
+        <v>58.2</v>
       </c>
       <c r="U23" s="1" t="n">
-        <v>58.24091444</v>
+        <v>58.2</v>
       </c>
       <c r="V23" s="1" t="n">
-        <v>56.82044492</v>
+        <v>56.8</v>
       </c>
       <c r="W23" s="1" t="n">
-        <v>58.72685047</v>
+        <v>58.7</v>
       </c>
       <c r="X23" s="1" t="n">
-        <v>58.72076197</v>
+        <v>58.7</v>
       </c>
       <c r="Y23" s="1" t="n">
-        <v>59.75710183</v>
+        <v>59.8</v>
       </c>
       <c r="Z23" s="1" t="n">
-        <v>60.76203975</v>
+        <v>60.8</v>
       </c>
       <c r="AA23" s="1" t="n">
-        <v>61.43936197</v>
+        <v>61.4</v>
       </c>
       <c r="AB23" s="1" t="n">
-        <v>61.67912513</v>
+        <v>61.7</v>
       </c>
       <c r="AC23" s="1" t="n">
-        <v>61.29638509</v>
+        <v>61.3</v>
       </c>
       <c r="AD23" s="1" t="n">
-        <v>62.189843</v>
+        <v>62.2</v>
       </c>
       <c r="AE23" s="1" t="n">
-        <v>65.17088916</v>
+        <v>65.2</v>
       </c>
       <c r="AF23" s="1" t="n">
-        <v>66.54414601</v>
-[...1 lines deleted...]
-      <c r="AG23" s="1"/>
+        <v>66.5</v>
+      </c>
+      <c r="AG23" s="1" t="n">
+        <v>64.1</v>
+      </c>
+      <c r="AH23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="0" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B24" s="1" t="n">
         <v>63.30359076</v>
       </c>
       <c r="C24" s="1" t="n">
         <v>63.32250518</v>
       </c>
       <c r="D24" s="1" t="n">
         <v>64.65899197</v>
       </c>
       <c r="E24" s="1" t="n">
         <v>64.5377717</v>
       </c>
       <c r="F24" s="1" t="n">
         <v>65.39899514</v>
       </c>
       <c r="G24" s="1" t="n">
         <v>65.52887572</v>
       </c>
       <c r="H24" s="1" t="n">
         <v>67.86319349</v>
       </c>
       <c r="I24" s="1" t="n">
         <v>69.3512358</v>
       </c>
       <c r="J24" s="1" t="n">
         <v>68.60273412</v>
       </c>
       <c r="K24" s="1" t="n">
         <v>68.63789642</v>
       </c>
       <c r="L24" s="1" t="n">
         <v>68.13552381</v>
       </c>
       <c r="M24" s="1" t="n">
         <v>69.68540609</v>
       </c>
       <c r="N24" s="1" t="n">
-        <v>70.39446245</v>
+        <v>70.4</v>
       </c>
       <c r="O24" s="1" t="n">
-        <v>70.60878733</v>
+        <v>70.6</v>
       </c>
       <c r="P24" s="1" t="n">
-        <v>71.92502932</v>
+        <v>71.9</v>
       </c>
       <c r="Q24" s="1" t="n">
-        <v>72.28673848</v>
+        <v>72.3</v>
       </c>
       <c r="R24" s="1" t="n">
-        <v>71.48080782</v>
+        <v>71.5</v>
       </c>
       <c r="S24" s="1" t="n">
-        <v>72.11044782</v>
+        <v>72.1</v>
       </c>
       <c r="T24" s="1" t="n">
-        <v>71.772421</v>
+        <v>71.8</v>
       </c>
       <c r="U24" s="1" t="n">
-        <v>71.52244246</v>
+        <v>71.5</v>
       </c>
       <c r="V24" s="1" t="n">
-        <v>71.87936035</v>
+        <v>71.9</v>
       </c>
       <c r="W24" s="1" t="n">
-        <v>71.9364941</v>
+        <v>71.9</v>
       </c>
       <c r="X24" s="1" t="n">
-        <v>71.92006503</v>
+        <v>71.9</v>
       </c>
       <c r="Y24" s="1" t="n">
-        <v>72.03281545</v>
+        <v>72</v>
       </c>
       <c r="Z24" s="1" t="n">
-        <v>72.9692736</v>
+        <v>73</v>
       </c>
       <c r="AA24" s="1" t="n">
-        <v>74.64174665</v>
+        <v>74.6</v>
       </c>
       <c r="AB24" s="1" t="n">
-        <v>75.45083404</v>
+        <v>75.5</v>
       </c>
       <c r="AC24" s="1" t="n">
-        <v>74.72589911</v>
+        <v>74.7</v>
       </c>
       <c r="AD24" s="1" t="n">
-        <v>75.27082505</v>
+        <v>75.3</v>
       </c>
       <c r="AE24" s="1" t="n">
-        <v>76.73426726</v>
+        <v>76.7</v>
       </c>
       <c r="AF24" s="1" t="n">
-        <v>76.81806355</v>
-[...1 lines deleted...]
-      <c r="AG24" s="1"/>
+        <v>76.8</v>
+      </c>
+      <c r="AG24" s="1" t="n">
+        <v>76.9</v>
+      </c>
+      <c r="AH24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="0" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B25" s="1" t="n">
         <v>57.13897725</v>
       </c>
       <c r="C25" s="1" t="n">
         <v>57.32840806</v>
       </c>
       <c r="D25" s="1" t="n">
         <v>57.15428292</v>
       </c>
       <c r="E25" s="1" t="n">
         <v>57.17224405</v>
       </c>
       <c r="F25" s="1" t="n">
         <v>58.15940238</v>
       </c>
       <c r="G25" s="1" t="n">
         <v>58.59825714</v>
       </c>
       <c r="H25" s="1" t="n">
         <v>59.99212058</v>
       </c>
       <c r="I25" s="1" t="n">
         <v>61.11689999</v>
       </c>
       <c r="J25" s="1" t="n">
         <v>60.38407227</v>
       </c>
       <c r="K25" s="1" t="n">
         <v>60.0711759</v>
       </c>
       <c r="L25" s="1" t="n">
         <v>60.63865482</v>
       </c>
       <c r="M25" s="1" t="n">
         <v>60.30011415</v>
       </c>
       <c r="N25" s="1" t="n">
-        <v>61.61217999</v>
+        <v>61.6</v>
       </c>
       <c r="O25" s="1" t="n">
-        <v>61.63772373</v>
+        <v>61.6</v>
       </c>
       <c r="P25" s="1" t="n">
-        <v>62.61020817</v>
+        <v>62.6</v>
       </c>
       <c r="Q25" s="1" t="n">
-        <v>62.78488035</v>
+        <v>62.8</v>
       </c>
       <c r="R25" s="1" t="n">
-        <v>61.72765456</v>
+        <v>61.7</v>
       </c>
       <c r="S25" s="1" t="n">
-        <v>62.16356281</v>
+        <v>62.2</v>
       </c>
       <c r="T25" s="1" t="n">
-        <v>62.23490776</v>
+        <v>62.2</v>
       </c>
       <c r="U25" s="1" t="n">
-        <v>62.4658102</v>
+        <v>62.5</v>
       </c>
       <c r="V25" s="1" t="n">
-        <v>62.30833192</v>
+        <v>62.3</v>
       </c>
       <c r="W25" s="1" t="n">
-        <v>61.81686918</v>
+        <v>61.8</v>
       </c>
       <c r="X25" s="1" t="n">
-        <v>61.54208857</v>
+        <v>61.5</v>
       </c>
       <c r="Y25" s="1" t="n">
-        <v>62.56932683</v>
+        <v>62.6</v>
       </c>
       <c r="Z25" s="1" t="n">
-        <v>63.16035917</v>
+        <v>63.2</v>
       </c>
       <c r="AA25" s="1" t="n">
-        <v>63.71673645</v>
+        <v>63.7</v>
       </c>
       <c r="AB25" s="1" t="n">
-        <v>64.62817549</v>
+        <v>64.6</v>
       </c>
       <c r="AC25" s="1" t="n">
-        <v>64.60384733</v>
+        <v>64.6</v>
       </c>
       <c r="AD25" s="1" t="n">
-        <v>65.19705398</v>
+        <v>65.2</v>
       </c>
       <c r="AE25" s="1" t="n">
-        <v>65.65540835</v>
+        <v>65.7</v>
       </c>
       <c r="AF25" s="1" t="n">
-        <v>65.46145749</v>
-[...1 lines deleted...]
-      <c r="AG25" s="1"/>
+        <v>65.5</v>
+      </c>
+      <c r="AG25" s="1" t="n">
+        <v>67.1</v>
+      </c>
+      <c r="AH25" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0"/>
       <c r="B26" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="0" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="0"/>
       <c r="B32" s="1" t="n">
         <v>1993</v>
       </c>
       <c r="C32" s="1" t="n">
         <v>1994</v>
       </c>
       <c r="D32" s="1" t="n">
         <v>1995</v>
       </c>
       <c r="E32" s="1" t="n">
         <v>1996</v>
       </c>
       <c r="F32" s="1" t="n">
         <v>1997</v>
       </c>
       <c r="G32" s="1" t="n">
@@ -1572,55 +1589,58 @@
       </c>
       <c r="Y32" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="Z32" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="AA32" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="AB32" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="AC32" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="AD32" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="AE32" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="AF32" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="AG32" s="1"/>
+      <c r="AG32" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="AH32" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="0" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B33" s="1" t="n">
         <v>48.9</v>
       </c>
       <c r="C33" s="1" t="n">
         <v>49.1</v>
       </c>
       <c r="D33" s="1" t="n">
         <v>49.6</v>
       </c>
       <c r="E33" s="1" t="n">
         <v>50.2</v>
       </c>
       <c r="F33" s="1" t="n">
         <v>51.4</v>
       </c>
       <c r="G33" s="1" t="n">
         <v>52.7</v>
       </c>
       <c r="H33" s="1" t="n">
         <v>54.7</v>
       </c>
       <c r="I33" s="1" t="n">
         <v>56</v>
       </c>
@@ -1671,55 +1691,58 @@
       </c>
       <c r="Y33" s="1" t="n">
         <v>63</v>
       </c>
       <c r="Z33" s="1" t="n">
         <v>63.6</v>
       </c>
       <c r="AA33" s="1" t="n">
         <v>65.5</v>
       </c>
       <c r="AB33" s="1" t="n">
         <v>66.5</v>
       </c>
       <c r="AC33" s="1" t="n">
         <v>65.6</v>
       </c>
       <c r="AD33" s="1" t="n">
         <v>66.8</v>
       </c>
       <c r="AE33" s="1" t="n">
         <v>68.1</v>
       </c>
       <c r="AF33" s="1" t="n">
         <v>68.3</v>
       </c>
-      <c r="AG33" s="1"/>
+      <c r="AG33" s="1" t="n">
+        <v>68.3</v>
+      </c>
+      <c r="AH33" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="0" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B34" s="1" t="n">
         <v>73.4</v>
       </c>
       <c r="C34" s="1" t="n">
         <v>72.9</v>
       </c>
       <c r="D34" s="1" t="n">
         <v>73.1</v>
       </c>
       <c r="E34" s="1" t="n">
         <v>73.1</v>
       </c>
       <c r="F34" s="1" t="n">
         <v>73.4</v>
       </c>
       <c r="G34" s="1" t="n">
         <v>73.4</v>
       </c>
       <c r="H34" s="1" t="n">
         <v>74.1</v>
       </c>
       <c r="I34" s="1" t="n">
         <v>75.5</v>
       </c>
@@ -1770,64 +1793,67 @@
       </c>
       <c r="Y34" s="1" t="n">
         <v>72.3</v>
       </c>
       <c r="Z34" s="1" t="n">
         <v>73.4</v>
       </c>
       <c r="AA34" s="1" t="n">
         <v>73.9</v>
       </c>
       <c r="AB34" s="1" t="n">
         <v>74.5</v>
       </c>
       <c r="AC34" s="1" t="n">
         <v>73.7</v>
       </c>
       <c r="AD34" s="1" t="n">
         <v>74.5</v>
       </c>
       <c r="AE34" s="1" t="n">
         <v>75.7</v>
       </c>
       <c r="AF34" s="1" t="n">
         <v>75.9</v>
       </c>
-      <c r="AG34" s="1"/>
+      <c r="AG34" s="1" t="n">
+        <v>76.3</v>
+      </c>
+      <c r="AH34" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="0"/>
       <c r="B35" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="0" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="0" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="0"/>
       <c r="B41" s="1" t="n">
         <v>1990</v>
       </c>
       <c r="C41" s="1" t="n">
         <v>1991</v>
       </c>
       <c r="D41" s="1" t="n">
         <v>1992</v>
@@ -1903,51 +1929,54 @@
       </c>
       <c r="AB41" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="AC41" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="AD41" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="AE41" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="AF41" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="AG41" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="AH41" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="AI41" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="AJ41" s="1"/>
+      <c r="AJ41" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="AK41" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B42" s="1" t="n">
         <v>50.14897712</v>
       </c>
       <c r="C42" s="1" t="n">
         <v>51.7791558</v>
       </c>
       <c r="D42" s="1" t="n">
         <v>52.25619703</v>
       </c>
       <c r="E42" s="1" t="n">
         <v>47.00442791</v>
       </c>
       <c r="F42" s="1" t="n">
         <v>46.80952557</v>
       </c>
       <c r="G42" s="1" t="n">
         <v>46.20613153</v>
       </c>
       <c r="H42" s="1" t="n">
         <v>45.41017667</v>
@@ -2011,51 +2040,54 @@
       </c>
       <c r="AB42" s="1" t="n">
         <v>38.94822682</v>
       </c>
       <c r="AC42" s="1" t="n">
         <v>38.29312582</v>
       </c>
       <c r="AD42" s="1" t="n">
         <v>40.36682061</v>
       </c>
       <c r="AE42" s="1" t="n">
         <v>42.33260786</v>
       </c>
       <c r="AF42" s="1" t="n">
         <v>38.85696079</v>
       </c>
       <c r="AG42" s="1" t="n">
         <v>39.56132714</v>
       </c>
       <c r="AH42" s="1" t="n">
         <v>40.5944546</v>
       </c>
       <c r="AI42" s="1" t="n">
         <v>41.72959747</v>
       </c>
-      <c r="AJ42" s="1"/>
+      <c r="AJ42" s="1" t="n">
+        <v>41.02686394</v>
+      </c>
+      <c r="AK42" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="0" t="s">
         <v>25</v>
       </c>
       <c r="B43" s="1" t="n">
         <v>74.94542422</v>
       </c>
       <c r="C43" s="1" t="n">
         <v>76.03089446</v>
       </c>
       <c r="D43" s="1" t="n">
         <v>76.36714629</v>
       </c>
       <c r="E43" s="1" t="n">
         <v>76.38404007</v>
       </c>
       <c r="F43" s="1" t="n">
         <v>75.70122586</v>
       </c>
       <c r="G43" s="1" t="n">
         <v>75.93243792</v>
       </c>
       <c r="H43" s="1" t="n">
         <v>76.22629245</v>
@@ -2119,51 +2151,54 @@
       </c>
       <c r="AB43" s="1" t="n">
         <v>79.67141951</v>
       </c>
       <c r="AC43" s="1" t="n">
         <v>80.11830252</v>
       </c>
       <c r="AD43" s="1" t="n">
         <v>80.70372646</v>
       </c>
       <c r="AE43" s="1" t="n">
         <v>81.24717493</v>
       </c>
       <c r="AF43" s="1" t="n">
         <v>80.75750301</v>
       </c>
       <c r="AG43" s="1" t="n">
         <v>81.33093465</v>
       </c>
       <c r="AH43" s="1" t="n">
         <v>82.16502103</v>
       </c>
       <c r="AI43" s="1" t="n">
         <v>81.68558665</v>
       </c>
-      <c r="AJ43" s="1"/>
+      <c r="AJ43" s="1" t="n">
+        <v>81.67888202</v>
+      </c>
+      <c r="AK43" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B44" s="1" t="n">
         <v>31.15672535</v>
       </c>
       <c r="C44" s="1" t="n">
         <v>32.12176397</v>
       </c>
       <c r="D44" s="1" t="n">
         <v>32.63841533</v>
       </c>
       <c r="E44" s="1" t="n">
         <v>31.87647179</v>
       </c>
       <c r="F44" s="1" t="n">
         <v>32.64918196</v>
       </c>
       <c r="G44" s="1" t="n">
         <v>34.47838778</v>
       </c>
       <c r="H44" s="1" t="n">
         <v>33.71890712</v>
@@ -2227,72 +2262,75 @@
       </c>
       <c r="AB44" s="1" t="n">
         <v>56.59846038</v>
       </c>
       <c r="AC44" s="1" t="n">
         <v>58.45922475</v>
       </c>
       <c r="AD44" s="1" t="n">
         <v>60.3992024</v>
       </c>
       <c r="AE44" s="1" t="n">
         <v>61.22589397</v>
       </c>
       <c r="AF44" s="1" t="n">
         <v>61.71664717</v>
       </c>
       <c r="AG44" s="1" t="n">
         <v>62.38278317</v>
       </c>
       <c r="AH44" s="1" t="n">
         <v>64.5469295</v>
       </c>
       <c r="AI44" s="1" t="n">
         <v>65.38838787</v>
       </c>
-      <c r="AJ44" s="1"/>
+      <c r="AJ44" s="1" t="n">
+        <v>66.29182996</v>
+      </c>
+      <c r="AK44" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="0"/>
       <c r="B45" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="0" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="0" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="0" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="0"/>
       <c r="B51" s="1" t="n">
         <v>1999</v>
       </c>
       <c r="C51" s="1" t="n">
         <v>2000</v>
       </c>
       <c r="D51" s="1" t="n">
         <v>2001</v>
       </c>
       <c r="E51" s="1" t="n">
         <v>2002</v>
       </c>
       <c r="F51" s="1" t="n">
         <v>2003</v>
       </c>
       <c r="G51" s="1" t="n">
@@ -2333,988 +2371,1096 @@
       </c>
       <c r="S51" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="T51" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="U51" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="V51" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="W51" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="X51" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="Y51" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="Z51" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="AA51" s="1"/>
+      <c r="AA51" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="AB51" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B52" s="1" t="n">
-        <v>49</v>
+        <v>49.2</v>
       </c>
       <c r="C52" s="1" t="n">
-        <v>51.2</v>
+        <v>50.5</v>
       </c>
       <c r="D52" s="1" t="n">
-        <v>48.1</v>
+        <v>49.1</v>
       </c>
       <c r="E52" s="1" t="n">
-        <v>48.1</v>
+        <v>48.8</v>
       </c>
       <c r="F52" s="1" t="n">
-        <v>48.4</v>
+        <v>48.7</v>
       </c>
       <c r="G52" s="1" t="n">
-        <v>49.4</v>
+        <v>48.5</v>
       </c>
       <c r="H52" s="1" t="n">
         <v>48.8</v>
       </c>
       <c r="I52" s="1" t="n">
         <v>48.8</v>
       </c>
       <c r="J52" s="1" t="n">
         <v>49.5</v>
       </c>
       <c r="K52" s="1" t="n">
         <v>49.1</v>
       </c>
       <c r="L52" s="1" t="n">
         <v>47.7</v>
       </c>
       <c r="M52" s="1" t="n">
-        <v>48.4</v>
+        <v>47.4</v>
       </c>
       <c r="N52" s="1" t="n">
-        <v>47.3</v>
+        <v>46.2</v>
       </c>
       <c r="O52" s="1" t="n">
-        <v>47.1</v>
+        <v>46.1</v>
       </c>
       <c r="P52" s="1" t="n">
-        <v>46.8</v>
+        <v>45.8</v>
       </c>
       <c r="Q52" s="1" t="n">
-        <v>46.6</v>
+        <v>45.6</v>
       </c>
       <c r="R52" s="1" t="n">
-        <v>45.6</v>
+        <v>44.6</v>
       </c>
       <c r="S52" s="1" t="n">
-        <v>45.6</v>
+        <v>44.6</v>
       </c>
       <c r="T52" s="1" t="n">
-        <v>45.9</v>
+        <v>44.9</v>
       </c>
       <c r="U52" s="1" t="n">
-        <v>45.6</v>
+        <v>44.6</v>
       </c>
       <c r="V52" s="1" t="n">
-        <v>46.3</v>
+        <v>45.3</v>
       </c>
       <c r="W52" s="1" t="n">
-        <v>45.6</v>
+        <v>44.3</v>
       </c>
       <c r="X52" s="1" t="n">
         <v>44.7</v>
       </c>
       <c r="Y52" s="1" t="n">
         <v>46.2</v>
       </c>
       <c r="Z52" s="1" t="n">
         <v>46.8</v>
       </c>
-      <c r="AA52" s="1"/>
+      <c r="AA52" s="1" t="n">
+        <v>47.5</v>
+      </c>
+      <c r="AB52" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="0" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B53" s="1" t="n">
-        <v>67.6</v>
+        <v>68.4</v>
       </c>
       <c r="C53" s="1" t="n">
         <v>69.1</v>
       </c>
       <c r="D53" s="1" t="n">
-        <v>69.3</v>
+        <v>68.4</v>
       </c>
       <c r="E53" s="1" t="n">
-        <v>68.5</v>
+        <v>68.3</v>
       </c>
       <c r="F53" s="1" t="n">
-        <v>67.3</v>
+        <v>67</v>
       </c>
       <c r="G53" s="1" t="n">
-        <v>67.7</v>
+        <v>67.8</v>
       </c>
       <c r="H53" s="1" t="n">
         <v>68.8</v>
       </c>
       <c r="I53" s="1" t="n">
         <v>68.3</v>
       </c>
       <c r="J53" s="1" t="n">
         <v>69.3</v>
       </c>
       <c r="K53" s="1" t="n">
         <v>70.1</v>
       </c>
       <c r="L53" s="1" t="n">
         <v>68.8</v>
       </c>
       <c r="M53" s="1" t="n">
-        <v>69.1</v>
+        <v>68</v>
       </c>
       <c r="N53" s="1" t="n">
-        <v>68.9</v>
+        <v>67.8</v>
       </c>
       <c r="O53" s="1" t="n">
-        <v>68.5</v>
+        <v>67.3</v>
       </c>
       <c r="P53" s="1" t="n">
-        <v>68.6</v>
+        <v>67.5</v>
       </c>
       <c r="Q53" s="1" t="n">
-        <v>67.2</v>
+        <v>66.1</v>
       </c>
       <c r="R53" s="1" t="n">
-        <v>67.2</v>
+        <v>66</v>
       </c>
       <c r="S53" s="1" t="n">
-        <v>67.7</v>
+        <v>66.6</v>
       </c>
       <c r="T53" s="1" t="n">
-        <v>67.8</v>
+        <v>66.7</v>
       </c>
       <c r="U53" s="1" t="n">
-        <v>69</v>
+        <v>67.9</v>
       </c>
       <c r="V53" s="1" t="n">
-        <v>69.8</v>
+        <v>68.8</v>
       </c>
       <c r="W53" s="1" t="n">
-        <v>68.1</v>
+        <v>66.6</v>
       </c>
       <c r="X53" s="1" t="n">
         <v>67.5</v>
       </c>
       <c r="Y53" s="1" t="n">
         <v>68.3</v>
       </c>
       <c r="Z53" s="1" t="n">
         <v>68.2</v>
       </c>
-      <c r="AA53" s="1"/>
+      <c r="AA53" s="1" t="n">
+        <v>68.1</v>
+      </c>
+      <c r="AB53" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="0" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B54" s="1" t="n">
-        <v>84.2</v>
+        <v>84.4</v>
       </c>
       <c r="C54" s="1" t="n">
-        <v>85.4</v>
+        <v>84.4</v>
       </c>
       <c r="D54" s="1" t="n">
-        <v>83.6</v>
+        <v>83.3</v>
       </c>
       <c r="E54" s="1" t="n">
-        <v>82.8</v>
+        <v>82.5</v>
       </c>
       <c r="F54" s="1" t="n">
-        <v>82.3</v>
+        <v>82.2</v>
       </c>
       <c r="G54" s="1" t="n">
-        <v>83.2</v>
+        <v>82.5</v>
       </c>
       <c r="H54" s="1" t="n">
         <v>82.8</v>
       </c>
       <c r="I54" s="1" t="n">
         <v>82.4</v>
       </c>
       <c r="J54" s="1" t="n">
         <v>83.7</v>
       </c>
       <c r="K54" s="1" t="n">
         <v>83</v>
       </c>
       <c r="L54" s="1" t="n">
         <v>81.9</v>
       </c>
       <c r="M54" s="1" t="n">
-        <v>81.9</v>
+        <v>82</v>
       </c>
       <c r="N54" s="1" t="n">
         <v>82</v>
       </c>
       <c r="O54" s="1" t="n">
         <v>81.8</v>
       </c>
       <c r="P54" s="1" t="n">
-        <v>81</v>
+        <v>81.1</v>
       </c>
       <c r="Q54" s="1" t="n">
         <v>82</v>
       </c>
       <c r="R54" s="1" t="n">
-        <v>81.8</v>
+        <v>81.9</v>
       </c>
       <c r="S54" s="1" t="n">
         <v>82.2</v>
       </c>
       <c r="T54" s="1" t="n">
         <v>82.2</v>
       </c>
       <c r="U54" s="1" t="n">
         <v>83.5</v>
       </c>
       <c r="V54" s="1" t="n">
         <v>83.8</v>
       </c>
       <c r="W54" s="1" t="n">
-        <v>83.6</v>
+        <v>83.3</v>
       </c>
       <c r="X54" s="1" t="n">
         <v>84.1</v>
       </c>
       <c r="Y54" s="1" t="n">
         <v>85.1</v>
       </c>
       <c r="Z54" s="1" t="n">
         <v>85.8</v>
       </c>
-      <c r="AA54" s="1"/>
+      <c r="AA54" s="1" t="n">
+        <v>86</v>
+      </c>
+      <c r="AB54" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="0"/>
       <c r="B55" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="0" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="0" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="0"/>
       <c r="B61" s="1" t="n">
+        <v>1995</v>
+      </c>
+      <c r="C61" s="1" t="n">
+        <v>1996</v>
+      </c>
+      <c r="D61" s="1" t="n">
+        <v>1997</v>
+      </c>
+      <c r="E61" s="1" t="n">
+        <v>1998</v>
+      </c>
+      <c r="F61" s="1" t="n">
         <v>1999</v>
       </c>
-      <c r="C61" s="1" t="n">
+      <c r="G61" s="1" t="n">
         <v>2000</v>
       </c>
-      <c r="D61" s="1" t="n">
+      <c r="H61" s="1" t="n">
         <v>2001</v>
       </c>
-      <c r="E61" s="1" t="n">
+      <c r="I61" s="1" t="n">
         <v>2002</v>
       </c>
-      <c r="F61" s="1" t="n">
+      <c r="J61" s="1" t="n">
         <v>2003</v>
       </c>
-      <c r="G61" s="1" t="n">
+      <c r="K61" s="1" t="n">
         <v>2004</v>
       </c>
-      <c r="H61" s="1" t="n">
+      <c r="L61" s="1" t="n">
         <v>2005</v>
       </c>
-      <c r="I61" s="1" t="n">
+      <c r="M61" s="1" t="n">
         <v>2006</v>
       </c>
-      <c r="J61" s="1" t="n">
+      <c r="N61" s="1" t="n">
         <v>2007</v>
       </c>
-      <c r="K61" s="1" t="n">
+      <c r="O61" s="1" t="n">
         <v>2008</v>
       </c>
-      <c r="L61" s="1" t="n">
+      <c r="P61" s="1" t="n">
         <v>2009</v>
       </c>
-      <c r="M61" s="1" t="n">
+      <c r="Q61" s="1" t="n">
         <v>2010</v>
       </c>
-      <c r="N61" s="1" t="n">
+      <c r="R61" s="1" t="n">
         <v>2011</v>
       </c>
-      <c r="O61" s="1" t="n">
+      <c r="S61" s="1" t="n">
         <v>2012</v>
       </c>
-      <c r="P61" s="1" t="n">
+      <c r="T61" s="1" t="n">
         <v>2013</v>
       </c>
-      <c r="Q61" s="1" t="n">
+      <c r="U61" s="1" t="n">
         <v>2014</v>
       </c>
-      <c r="R61" s="1" t="n">
+      <c r="V61" s="1" t="n">
         <v>2015</v>
       </c>
-      <c r="S61" s="1" t="n">
+      <c r="W61" s="1" t="n">
         <v>2016</v>
       </c>
-      <c r="T61" s="1" t="n">
+      <c r="X61" s="1" t="n">
         <v>2017</v>
       </c>
-      <c r="U61" s="1" t="n">
+      <c r="Y61" s="1" t="n">
         <v>2018</v>
       </c>
-      <c r="V61" s="1" t="n">
+      <c r="Z61" s="1" t="n">
         <v>2019</v>
       </c>
-      <c r="W61" s="1" t="n">
+      <c r="AA61" s="1" t="n">
         <v>2020</v>
       </c>
-      <c r="X61" s="1" t="n">
+      <c r="AB61" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="Y61" s="1" t="n">
+      <c r="AC61" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="Z61" s="1" t="n">
+      <c r="AD61" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="AA61" s="1"/>
+      <c r="AE61" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="AF61" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="0" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B62" s="1" t="n">
+        <v>63</v>
+      </c>
+      <c r="C62" s="1" t="n">
+        <v>62.9</v>
+      </c>
+      <c r="D62" s="1" t="n">
+        <v>63.9</v>
+      </c>
+      <c r="E62" s="1" t="n">
+        <v>64.2</v>
+      </c>
+      <c r="F62" s="1" t="n">
         <v>66</v>
       </c>
-      <c r="C62" s="1" t="n">
+      <c r="G62" s="1" t="n">
         <v>67.7</v>
       </c>
-      <c r="D62" s="1" t="n">
+      <c r="H62" s="1" t="n">
         <v>66.4</v>
       </c>
-      <c r="E62" s="1" t="n">
+      <c r="I62" s="1" t="n">
         <v>66.1</v>
       </c>
-      <c r="F62" s="1" t="n">
+      <c r="J62" s="1" t="n">
         <v>66.1</v>
       </c>
-      <c r="G62" s="1" t="n">
+      <c r="K62" s="1" t="n">
         <v>67.1</v>
       </c>
-      <c r="H62" s="1" t="n">
+      <c r="L62" s="1" t="n">
         <v>67.7</v>
       </c>
-      <c r="I62" s="1" t="n">
+      <c r="M62" s="1" t="n">
         <v>67.8</v>
       </c>
-      <c r="J62" s="1" t="n">
+      <c r="N62" s="1" t="n">
         <v>68.9</v>
       </c>
-      <c r="K62" s="1" t="n">
+      <c r="O62" s="1" t="n">
         <v>69.1</v>
       </c>
-      <c r="L62" s="1" t="n">
+      <c r="P62" s="1" t="n">
         <v>68.4</v>
       </c>
-      <c r="M62" s="1" t="n">
+      <c r="Q62" s="1" t="n">
         <v>68.8</v>
       </c>
-      <c r="N62" s="1" t="n">
+      <c r="R62" s="1" t="n">
         <v>68.7</v>
       </c>
-      <c r="O62" s="1" t="n">
+      <c r="S62" s="1" t="n">
         <v>68.6</v>
       </c>
-      <c r="P62" s="1" t="n">
+      <c r="T62" s="1" t="n">
         <v>68.7</v>
       </c>
-      <c r="Q62" s="1" t="n">
+      <c r="U62" s="1" t="n">
         <v>68.6</v>
       </c>
-      <c r="R62" s="1" t="n">
+      <c r="V62" s="1" t="n">
         <v>68.5</v>
       </c>
-      <c r="S62" s="1" t="n">
+      <c r="W62" s="1" t="n">
         <v>69</v>
       </c>
-      <c r="T62" s="1" t="n">
+      <c r="X62" s="1" t="n">
         <v>69.8</v>
       </c>
-      <c r="U62" s="1" t="n">
+      <c r="Y62" s="1" t="n">
         <v>71</v>
       </c>
-      <c r="V62" s="1" t="n">
+      <c r="Z62" s="1" t="n">
         <v>71.8</v>
       </c>
-      <c r="W62" s="1" t="n">
+      <c r="AA62" s="1" t="n">
         <v>71.5</v>
       </c>
-      <c r="X62" s="1" t="n">
+      <c r="AB62" s="1" t="n">
         <v>71.9</v>
       </c>
-      <c r="Y62" s="1" t="n">
+      <c r="AC62" s="1" t="n">
         <v>73.1</v>
       </c>
-      <c r="Z62" s="1" t="n">
+      <c r="AD62" s="1" t="n">
         <v>73.5</v>
       </c>
-      <c r="AA62" s="1"/>
+      <c r="AE62" s="1" t="n">
+        <v>73.7</v>
+      </c>
+      <c r="AF62" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="0" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B63" s="1" t="n">
+        <v>53.9</v>
+      </c>
+      <c r="C63" s="1" t="n">
+        <v>53.8</v>
+      </c>
+      <c r="D63" s="1" t="n">
+        <v>55.7</v>
+      </c>
+      <c r="E63" s="1" t="n">
+        <v>55.9</v>
+      </c>
+      <c r="F63" s="1" t="n">
         <v>58.7</v>
       </c>
-      <c r="C63" s="1" t="n">
+      <c r="G63" s="1" t="n">
         <v>61.1</v>
       </c>
-      <c r="D63" s="1" t="n">
+      <c r="H63" s="1" t="n">
         <v>59.9</v>
       </c>
-      <c r="E63" s="1" t="n">
+      <c r="I63" s="1" t="n">
         <v>59.6</v>
       </c>
-      <c r="F63" s="1" t="n">
+      <c r="J63" s="1" t="n">
         <v>56.8</v>
       </c>
-      <c r="G63" s="1" t="n">
+      <c r="K63" s="1" t="n">
         <v>59.4</v>
       </c>
-      <c r="H63" s="1" t="n">
+      <c r="L63" s="1" t="n">
         <v>61.5</v>
       </c>
-      <c r="I63" s="1" t="n">
+      <c r="M63" s="1" t="n">
         <v>61.2</v>
       </c>
-      <c r="J63" s="1" t="n">
+      <c r="N63" s="1" t="n">
         <v>63.3</v>
       </c>
-      <c r="K63" s="1" t="n">
+      <c r="O63" s="1" t="n">
         <v>65.1</v>
       </c>
-      <c r="L63" s="1" t="n">
+      <c r="P63" s="1" t="n">
         <v>62.1</v>
       </c>
-      <c r="M63" s="1" t="n">
+      <c r="Q63" s="1" t="n">
         <v>64.9</v>
       </c>
-      <c r="N63" s="1" t="n">
+      <c r="R63" s="1" t="n">
         <v>64.9</v>
       </c>
-      <c r="O63" s="1" t="n">
+      <c r="S63" s="1" t="n">
         <v>64.8</v>
       </c>
-      <c r="P63" s="1" t="n">
+      <c r="T63" s="1" t="n">
         <v>63.5</v>
       </c>
-      <c r="Q63" s="1" t="n">
+      <c r="U63" s="1" t="n">
         <v>65.7</v>
       </c>
-      <c r="R63" s="1" t="n">
+      <c r="V63" s="1" t="n">
         <v>66.2</v>
       </c>
-      <c r="S63" s="1" t="n">
+      <c r="W63" s="1" t="n">
         <v>67.7</v>
       </c>
-      <c r="T63" s="1" t="n">
+      <c r="X63" s="1" t="n">
         <v>68.1</v>
       </c>
-      <c r="U63" s="1" t="n">
+      <c r="Y63" s="1" t="n">
         <v>69.2</v>
       </c>
-      <c r="V63" s="1" t="n">
+      <c r="Z63" s="1" t="n">
         <v>70.2</v>
       </c>
-      <c r="W63" s="1" t="n">
+      <c r="AA63" s="1" t="n">
         <v>70.2</v>
       </c>
-      <c r="X63" s="1" t="n">
+      <c r="AB63" s="1" t="n">
         <v>72.5</v>
       </c>
-      <c r="Y63" s="1" t="n">
+      <c r="AC63" s="1" t="n">
         <v>73.5</v>
       </c>
-      <c r="Z63" s="1" t="n">
+      <c r="AD63" s="1" t="n">
         <v>71.6</v>
       </c>
-      <c r="AA63" s="1"/>
+      <c r="AE63" s="1" t="n">
+        <v>71.9</v>
+      </c>
+      <c r="AF63" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B64" s="1" t="n">
+        <v>32.9</v>
+      </c>
+      <c r="C64" s="1" t="n">
+        <v>36.2</v>
+      </c>
+      <c r="D64" s="1" t="n">
+        <v>32.2</v>
+      </c>
+      <c r="E64" s="1" t="n">
+        <v>33.9</v>
+      </c>
+      <c r="F64" s="1" t="n">
         <v>34.8</v>
       </c>
-      <c r="C64" s="1" t="n">
+      <c r="G64" s="1" t="n">
         <v>38.3</v>
       </c>
-      <c r="D64" s="1" t="n">
+      <c r="H64" s="1" t="n">
         <v>36.1</v>
       </c>
-      <c r="E64" s="1" t="n">
+      <c r="I64" s="1" t="n">
         <v>35.9</v>
       </c>
-      <c r="F64" s="1" t="n">
+      <c r="J64" s="1" t="n">
         <v>34</v>
       </c>
-      <c r="G64" s="1" t="n">
+      <c r="K64" s="1" t="n">
         <v>39.2</v>
       </c>
-      <c r="H64" s="1" t="n">
+      <c r="L64" s="1" t="n">
         <v>38.8</v>
       </c>
-      <c r="I64" s="1" t="n">
+      <c r="M64" s="1" t="n">
         <v>39.3</v>
       </c>
-      <c r="J64" s="1" t="n">
+      <c r="N64" s="1" t="n">
         <v>42.2</v>
       </c>
-      <c r="K64" s="1" t="n">
+      <c r="O64" s="1" t="n">
         <v>44.6</v>
       </c>
-      <c r="L64" s="1" t="n">
+      <c r="P64" s="1" t="n">
         <v>43.5</v>
       </c>
-      <c r="M64" s="1" t="n">
+      <c r="Q64" s="1" t="n">
         <v>42.6</v>
       </c>
-      <c r="N64" s="1" t="n">
+      <c r="R64" s="1" t="n">
         <v>41.6</v>
       </c>
-      <c r="O64" s="1" t="n">
+      <c r="S64" s="1" t="n">
         <v>41.3</v>
       </c>
-      <c r="P64" s="1" t="n">
+      <c r="T64" s="1" t="n">
         <v>41.4</v>
       </c>
-      <c r="Q64" s="1" t="n">
+      <c r="U64" s="1" t="n">
         <v>42.1</v>
       </c>
-      <c r="R64" s="1" t="n">
+      <c r="V64" s="1" t="n">
         <v>44.7</v>
       </c>
-      <c r="S64" s="1" t="n">
+      <c r="W64" s="1" t="n">
         <v>43.4</v>
       </c>
-      <c r="T64" s="1" t="n">
+      <c r="X64" s="1" t="n">
         <v>43.4</v>
       </c>
-      <c r="U64" s="1" t="n">
+      <c r="Y64" s="1" t="n">
         <v>44.7</v>
       </c>
-      <c r="V64" s="1" t="n">
+      <c r="Z64" s="1" t="n">
         <v>44.2</v>
       </c>
-      <c r="W64" s="1" t="n">
+      <c r="AA64" s="1" t="n">
         <v>40.1</v>
       </c>
-      <c r="X64" s="1" t="n">
+      <c r="AB64" s="1" t="n">
         <v>43.3</v>
       </c>
-      <c r="Y64" s="1" t="n">
+      <c r="AC64" s="1" t="n">
         <v>48.7</v>
       </c>
-      <c r="Z64" s="1" t="n">
+      <c r="AD64" s="1" t="n">
         <v>50</v>
       </c>
-      <c r="AA64" s="1"/>
+      <c r="AE64" s="1" t="n">
+        <v>51.3</v>
+      </c>
+      <c r="AF64" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="0"/>
       <c r="B65" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="0" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="0" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="0" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="0" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="0"/>
       <c r="B71" s="1" t="n">
+        <v>1995</v>
+      </c>
+      <c r="C71" s="1" t="n">
+        <v>1996</v>
+      </c>
+      <c r="D71" s="1" t="n">
+        <v>1997</v>
+      </c>
+      <c r="E71" s="1" t="n">
+        <v>1998</v>
+      </c>
+      <c r="F71" s="1" t="n">
         <v>1999</v>
       </c>
-      <c r="C71" s="1" t="n">
+      <c r="G71" s="1" t="n">
         <v>2000</v>
       </c>
-      <c r="D71" s="1" t="n">
+      <c r="H71" s="1" t="n">
         <v>2001</v>
       </c>
-      <c r="E71" s="1" t="n">
+      <c r="I71" s="1" t="n">
         <v>2002</v>
       </c>
-      <c r="F71" s="1" t="n">
+      <c r="J71" s="1" t="n">
         <v>2003</v>
       </c>
-      <c r="G71" s="1" t="n">
+      <c r="K71" s="1" t="n">
         <v>2004</v>
       </c>
-      <c r="H71" s="1" t="n">
+      <c r="L71" s="1" t="n">
         <v>2005</v>
       </c>
-      <c r="I71" s="1" t="n">
+      <c r="M71" s="1" t="n">
         <v>2006</v>
       </c>
-      <c r="J71" s="1" t="n">
+      <c r="N71" s="1" t="n">
         <v>2007</v>
       </c>
-      <c r="K71" s="1" t="n">
+      <c r="O71" s="1" t="n">
         <v>2008</v>
       </c>
-      <c r="L71" s="1" t="n">
+      <c r="P71" s="1" t="n">
         <v>2009</v>
       </c>
-      <c r="M71" s="1" t="n">
+      <c r="Q71" s="1" t="n">
         <v>2010</v>
       </c>
-      <c r="N71" s="1" t="n">
+      <c r="R71" s="1" t="n">
         <v>2011</v>
       </c>
-      <c r="O71" s="1" t="n">
+      <c r="S71" s="1" t="n">
         <v>2012</v>
       </c>
-      <c r="P71" s="1" t="n">
+      <c r="T71" s="1" t="n">
         <v>2013</v>
       </c>
-      <c r="Q71" s="1" t="n">
+      <c r="U71" s="1" t="n">
         <v>2014</v>
       </c>
-      <c r="R71" s="1" t="n">
+      <c r="V71" s="1" t="n">
         <v>2015</v>
       </c>
-      <c r="S71" s="1" t="n">
+      <c r="W71" s="1" t="n">
         <v>2016</v>
       </c>
-      <c r="T71" s="1" t="n">
+      <c r="X71" s="1" t="n">
         <v>2017</v>
       </c>
-      <c r="U71" s="1" t="n">
+      <c r="Y71" s="1" t="n">
         <v>2018</v>
       </c>
-      <c r="V71" s="1" t="n">
+      <c r="Z71" s="1" t="n">
         <v>2019</v>
       </c>
-      <c r="W71" s="1" t="n">
+      <c r="AA71" s="1" t="n">
         <v>2020</v>
       </c>
-      <c r="X71" s="1" t="n">
+      <c r="AB71" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="Y71" s="1" t="n">
+      <c r="AC71" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="Z71" s="1" t="n">
+      <c r="AD71" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="AA71" s="1"/>
+      <c r="AE71" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="AF71" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="0" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B72" s="1" t="n">
+        <v>30.1</v>
+      </c>
+      <c r="C72" s="1" t="n">
+        <v>26.7</v>
+      </c>
+      <c r="D72" s="1" t="n">
+        <v>31.7</v>
+      </c>
+      <c r="E72" s="1" t="n">
+        <v>30.3</v>
+      </c>
+      <c r="F72" s="1" t="n">
         <v>31.2</v>
       </c>
-      <c r="C72" s="1" t="n">
+      <c r="G72" s="1" t="n">
         <v>29.4</v>
       </c>
-      <c r="D72" s="1" t="n">
+      <c r="H72" s="1" t="n">
         <v>30.3</v>
       </c>
-      <c r="E72" s="1" t="n">
+      <c r="I72" s="1" t="n">
         <v>30.2</v>
       </c>
-      <c r="F72" s="1" t="n">
+      <c r="J72" s="1" t="n">
         <v>32.1</v>
       </c>
-      <c r="G72" s="1" t="n">
+      <c r="K72" s="1" t="n">
         <v>27.9</v>
       </c>
-      <c r="H72" s="1" t="n">
+      <c r="L72" s="1" t="n">
         <v>28.9</v>
       </c>
-      <c r="I72" s="1" t="n">
+      <c r="M72" s="1" t="n">
         <v>28.5</v>
       </c>
-      <c r="J72" s="1" t="n">
+      <c r="N72" s="1" t="n">
         <v>26.7</v>
       </c>
-      <c r="K72" s="1" t="n">
+      <c r="O72" s="1" t="n">
         <v>24.5</v>
       </c>
-      <c r="L72" s="1" t="n">
+      <c r="P72" s="1" t="n">
         <v>24.9</v>
       </c>
-      <c r="M72" s="1" t="n">
+      <c r="Q72" s="1" t="n">
         <v>26.2</v>
       </c>
-      <c r="N72" s="1" t="n">
+      <c r="R72" s="1" t="n">
         <v>27.1</v>
       </c>
-      <c r="O72" s="1" t="n">
+      <c r="S72" s="1" t="n">
         <v>27.3</v>
       </c>
-      <c r="P72" s="1" t="n">
+      <c r="T72" s="1" t="n">
         <v>27.3</v>
       </c>
-      <c r="Q72" s="1" t="n">
+      <c r="U72" s="1" t="n">
         <v>26.5</v>
       </c>
-      <c r="R72" s="1" t="n">
+      <c r="V72" s="1" t="n">
         <v>23.8</v>
       </c>
-      <c r="S72" s="1" t="n">
+      <c r="W72" s="1" t="n">
         <v>25.6</v>
       </c>
-      <c r="T72" s="1" t="n">
+      <c r="X72" s="1" t="n">
         <v>26.4</v>
       </c>
-      <c r="U72" s="1" t="n">
+      <c r="Y72" s="1" t="n">
         <v>26.3</v>
       </c>
-      <c r="V72" s="1" t="n">
+      <c r="Z72" s="1" t="n">
         <v>27.6</v>
       </c>
-      <c r="W72" s="1" t="n">
+      <c r="AA72" s="1" t="n">
         <v>31.4</v>
       </c>
-      <c r="X72" s="1" t="n">
+      <c r="AB72" s="1" t="n">
         <v>28.6</v>
       </c>
-      <c r="Y72" s="1" t="n">
+      <c r="AC72" s="1" t="n">
         <v>24.4</v>
       </c>
-      <c r="Z72" s="1" t="n">
+      <c r="AD72" s="1" t="n">
         <v>23.5</v>
       </c>
-      <c r="AA72" s="1"/>
+      <c r="AE72" s="1" t="n">
+        <v>22.4</v>
+      </c>
+      <c r="AF72" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="0"/>
       <c r="B73" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="0" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="0" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="0" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="0" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="0"/>
       <c r="B79" s="1" t="n">
         <v>2014</v>
       </c>
       <c r="C79" s="1" t="n">
         <v>2015</v>
       </c>
       <c r="D79" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="E79" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="F79" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="G79" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="H79" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="I79" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="J79" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="K79" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="L79" s="1"/>
+      <c r="L79" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="M79" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="0" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="B80" s="1" t="n">
         <v>34.4</v>
       </c>
       <c r="C80" s="1" t="n">
         <v>34.9</v>
       </c>
       <c r="D80" s="1" t="n">
         <v>34.5</v>
       </c>
       <c r="E80" s="1" t="n">
         <v>33.1</v>
       </c>
       <c r="F80" s="1" t="n">
         <v>32</v>
       </c>
       <c r="G80" s="1" t="n">
+        <v>32.8</v>
+      </c>
+      <c r="H80" s="1" t="n">
+        <v>36.2</v>
+      </c>
+      <c r="I80" s="1" t="n">
+        <v>37.3</v>
+      </c>
+      <c r="J80" s="1" t="n">
+        <v>35.1</v>
+      </c>
+      <c r="K80" s="1" t="n">
+        <v>33.5</v>
+      </c>
+      <c r="L80" s="1" t="n">
         <v>33.1</v>
       </c>
-      <c r="H80" s="1" t="n">
-[...11 lines deleted...]
-      <c r="L80" s="1"/>
+      <c r="M80" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="0"/>
       <c r="B81" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="0" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="B1" s="0" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>cic bfp</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>