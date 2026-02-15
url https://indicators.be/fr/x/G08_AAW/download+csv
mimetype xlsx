--- v0 (2025-10-27)
+++ v1 (2026-02-15)
@@ -27,126 +27,115 @@
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G08_AAW" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="31" uniqueCount="25">
   <si>
     <t>Accidents du travail - Belgique et comparaison internationale</t>
   </si>
   <si>
     <t>nombre par 100.000 personnes employées</t>
   </si>
   <si>
     <t>Belgique</t>
   </si>
   <si>
     <t>UE27</t>
   </si>
   <si>
-    <t>rupture de série: EU 2020; BE 2014, 2020 </t>
-[...5 lines deleted...]
-    <t>Accidents du travail selon issue - Belgique </t>
+    <t>Note: rupture de série: EU 2020; BE 2014, 2020</t>
+  </si>
+  <si>
+    <t>Source: Statbel; Eurostat (2025), Accidents du travail par sexe et gravité, hsw_mi08, https://ec.europa.eu/eurostat, dernière mise à jour des données 14/08/2025 23:00 (consulté le 02/09/2025)</t>
+  </si>
+  <si>
+    <t>Accidents du travail selon issue - Belgique</t>
   </si>
   <si>
     <t>non mortel (4 jours ou plus d'absence du travail)</t>
   </si>
   <si>
     <t>mortel</t>
   </si>
   <si>
-    <t>rupture de série: 2014, 2020 </t>
+    <t>Note: rupture de série: 2014, 2020</t>
   </si>
   <si>
     <t>Accidents du travail selon le sexe - Belgique</t>
   </si>
   <si>
     <t>femmes</t>
   </si>
   <si>
     <t>hommes</t>
   </si>
   <si>
+    <t>Source: Statbel; Eurostat (2025), Accidents du travail par sexe, âge, gravité, hsw_ph3_06, https://ec.europa.eu/eurostat, dernière mise à jour des données 10/07/2025  11:00:00 (consulté le 02/09/2025)</t>
+  </si>
+  <si>
     <t>Accidents du travail selon l'âge - Belgique</t>
   </si>
   <si>
     <t>&lt;25</t>
   </si>
   <si>
     <t>25-54</t>
   </si>
   <si>
     <t>&gt;54</t>
   </si>
   <si>
-    <t>rupture de série: 2020 </t>
-[...2 lines deleted...]
-    <t>Eurostat (2024), Accidents du travail par sexe, âge, gravité [hsw_ph3_06], https://ec.europa.eu/eurostat (consulté le 14/10/2024).</t>
+    <t>Note: rupture de série: 2020</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G08_AAW</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Accidents du travail (i45)</t>
+    <t>Accidents du travail (i46)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Définition: l'indicateur mesure le nombre d'accidents qui surviennent durant le travail pour 100.000 personnes salariées. Les chiffres proviennent des données administratives des statistiques européennes sur les accidents du travail (SEAT).
+Pour cet indicateur les ventilations suivantes sont disponibles : sexe et âge.
 Objectif: le nombre d'accidents au travail doit diminuer.
 Les objectifs de développement durable ou SDG adoptés par l'ONU en 2015 comprennent le sous-objectif 8.8: "Défendre les droits des travailleurs, promouvoir la sécurité sur le lieu de travail et assurer la protection de tous les travailleurs, y compris les migrants, en particulier les femmes, et ceux qui ont un emploi précaire".
-Évolution: le nombre d'accidents au travail en Belgique a diminué, passant de 2.052 pour 100.000 travailleurs en 2010 à 1.404 en 2015. Il est ensuite passé à 2.017 en 2017 avant de redescendre à 1.498 en 2021.
-[...11 lines deleted...]
-</t>
+Indicateur ONU: l’indicateur choisi correspond à l’indicateur 8.8.1 - Fréquence des accidents du travail mortels et non mortels, par sexe et statut au regard de l’immigration.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
@@ -203,51 +192,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:N37"/>
+  <dimension ref="A1:P37"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
         <v>2010</v>
       </c>
       <c r="C3" s="1" t="n">
@@ -261,135 +250,153 @@
       </c>
       <c r="F3" s="1" t="n">
         <v>2014</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>2015</v>
       </c>
       <c r="H3" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="I3" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="J3" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="K3" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="L3" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="M3" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="N3" s="1"/>
+      <c r="N3" s="1" t="n">
+        <v>2022</v>
+      </c>
+      <c r="O3" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="P3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="1" t="n">
         <v>2051.78</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>2404.63</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>2129.2</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>2101.64</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>1927.14</v>
       </c>
       <c r="G4" s="1" t="n">
-        <v>1404.49</v>
+        <v>1862.85</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>1992.2</v>
       </c>
       <c r="I4" s="1" t="n">
         <v>2017.28</v>
       </c>
       <c r="J4" s="1" t="n">
         <v>1791.41</v>
       </c>
       <c r="K4" s="1" t="n">
         <v>1681.04</v>
       </c>
       <c r="L4" s="1" t="n">
         <v>1391.63</v>
       </c>
       <c r="M4" s="1" t="n">
         <v>1498.27</v>
       </c>
-      <c r="N4" s="1"/>
+      <c r="N4" s="1" t="n">
+        <v>1445.61</v>
+      </c>
+      <c r="O4" s="1" t="n">
+        <v>1426.84</v>
+      </c>
+      <c r="P4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="n">
         <v>1801.45</v>
       </c>
       <c r="C5" s="1" t="n">
-        <v>1848.95</v>
+        <v>1837.04</v>
       </c>
       <c r="D5" s="1" t="n">
-        <v>1675.45</v>
+        <v>1676.23</v>
       </c>
       <c r="E5" s="1" t="n">
-        <v>1656.08</v>
+        <v>1688.33</v>
       </c>
       <c r="F5" s="1" t="n">
-        <v>1708.46</v>
+        <v>1749.94</v>
       </c>
       <c r="G5" s="1" t="n">
-        <v>1670.03</v>
+        <v>1713.6</v>
       </c>
       <c r="H5" s="1" t="n">
-        <v>1720.16</v>
+        <v>1745.27</v>
       </c>
       <c r="I5" s="1" t="n">
-        <v>1705.56</v>
+        <v>1625.69</v>
       </c>
       <c r="J5" s="1" t="n">
-        <v>1660.86</v>
+        <v>1671.42</v>
       </c>
       <c r="K5" s="1" t="n">
-        <v>1604.87</v>
+        <v>1617.26</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>1445.32</v>
+        <v>1449.09</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>1518.19</v>
-[...1 lines deleted...]
-      <c r="N5" s="1"/>
+        <v>1521.22</v>
+      </c>
+      <c r="N5" s="1" t="n">
+        <v>1508.21</v>
+      </c>
+      <c r="O5" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="P5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0"/>
       <c r="B6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="0" t="s">
@@ -412,432 +419,468 @@
       </c>
       <c r="F12" s="1" t="n">
         <v>2014</v>
       </c>
       <c r="G12" s="1" t="n">
         <v>2015</v>
       </c>
       <c r="H12" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="I12" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="J12" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="K12" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="L12" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="M12" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="N12" s="1"/>
+      <c r="N12" s="1" t="n">
+        <v>2022</v>
+      </c>
+      <c r="O12" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="P12" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="1" t="n">
         <v>2049.53</v>
       </c>
       <c r="C13" s="1" t="n">
         <v>2401.86</v>
       </c>
       <c r="D13" s="1" t="n">
         <v>2127.42</v>
       </c>
       <c r="E13" s="1" t="n">
         <v>2099.18</v>
       </c>
       <c r="F13" s="1" t="n">
         <v>1925.61</v>
       </c>
       <c r="G13" s="1" t="n">
-        <v>1403.08</v>
+        <v>1860.99</v>
       </c>
       <c r="H13" s="1" t="n">
         <v>1990.4</v>
       </c>
       <c r="I13" s="1" t="n">
         <v>2015.6</v>
       </c>
       <c r="J13" s="1" t="n">
         <v>1789.5</v>
       </c>
       <c r="K13" s="1" t="n">
         <v>1679.77</v>
       </c>
       <c r="L13" s="1" t="n">
         <v>1390.3</v>
       </c>
       <c r="M13" s="1" t="n">
         <v>1497.14</v>
       </c>
-      <c r="N13" s="1"/>
+      <c r="N13" s="1" t="n">
+        <v>1444.55</v>
+      </c>
+      <c r="O13" s="1" t="n">
+        <v>1425.74</v>
+      </c>
+      <c r="P13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="1" t="n">
         <v>2.25</v>
       </c>
       <c r="C14" s="1" t="n">
         <v>2.77</v>
       </c>
       <c r="D14" s="1" t="n">
         <v>1.78</v>
       </c>
       <c r="E14" s="1" t="n">
         <v>2.46</v>
       </c>
       <c r="F14" s="1" t="n">
         <v>1.53</v>
       </c>
       <c r="G14" s="1" t="n">
-        <v>1.41</v>
+        <v>1.86</v>
       </c>
       <c r="H14" s="1" t="n">
         <v>1.8</v>
       </c>
       <c r="I14" s="1" t="n">
         <v>1.68</v>
       </c>
       <c r="J14" s="1" t="n">
         <v>1.91</v>
       </c>
       <c r="K14" s="1" t="n">
         <v>1.27</v>
       </c>
       <c r="L14" s="1" t="n">
         <v>1.33</v>
       </c>
       <c r="M14" s="1" t="n">
         <v>1.13</v>
       </c>
-      <c r="N14" s="1"/>
+      <c r="N14" s="1" t="n">
+        <v>1.06</v>
+      </c>
+      <c r="O14" s="1" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="P14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0"/>
       <c r="B15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="0"/>
       <c r="B21" s="1" t="n">
-        <v>2010</v>
+        <v>2014</v>
       </c>
       <c r="C21" s="1" t="n">
-        <v>2011</v>
+        <v>2015</v>
       </c>
       <c r="D21" s="1" t="n">
-        <v>2012</v>
+        <v>2016</v>
       </c>
       <c r="E21" s="1" t="n">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="F21" s="1" t="n">
-        <v>2014</v>
+        <v>2018</v>
       </c>
       <c r="G21" s="1" t="n">
-        <v>2015</v>
+        <v>2019</v>
       </c>
       <c r="H21" s="1" t="n">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="I21" s="1" t="n">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="J21" s="1" t="n">
-        <v>2018</v>
+        <v>2022</v>
       </c>
       <c r="K21" s="1" t="n">
-        <v>2019</v>
-[...7 lines deleted...]
-      <c r="N21" s="1"/>
+        <v>2023</v>
+      </c>
+      <c r="L21" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B22" s="1" t="n">
-        <v>1264.65</v>
+        <v>1157.41</v>
       </c>
       <c r="C22" s="1" t="n">
-        <v>1333.3</v>
+        <v>1127.72</v>
       </c>
       <c r="D22" s="1" t="n">
-        <v>1183.57</v>
+        <v>1261.88</v>
       </c>
       <c r="E22" s="1" t="n">
-        <v>1234.33</v>
+        <v>1291.27</v>
       </c>
       <c r="F22" s="1" t="n">
-        <v>1157.47</v>
+        <v>1129.13</v>
       </c>
       <c r="G22" s="1" t="n">
-        <v>874.78</v>
+        <v>1047.31</v>
       </c>
       <c r="H22" s="1" t="n">
-        <v>1262.23</v>
+        <v>835.12</v>
       </c>
       <c r="I22" s="1" t="n">
-        <v>1291.51</v>
+        <v>898.51</v>
       </c>
       <c r="J22" s="1" t="n">
-        <v>1129.48</v>
+        <v>878.18</v>
       </c>
       <c r="K22" s="1" t="n">
-        <v>1047.36</v>
-[...7 lines deleted...]
-      <c r="N22" s="1"/>
+        <v>893.88</v>
+      </c>
+      <c r="L22" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0" t="s">
         <v>12</v>
       </c>
       <c r="B23" s="1" t="n">
-        <v>2630.99</v>
+        <v>2626.65</v>
       </c>
       <c r="C23" s="1" t="n">
-        <v>3268.45</v>
+        <v>2537.74</v>
       </c>
       <c r="D23" s="1" t="n">
-        <v>2912.01</v>
+        <v>2672.06</v>
       </c>
       <c r="E23" s="1" t="n">
-        <v>2818.3</v>
+        <v>2688.94</v>
       </c>
       <c r="F23" s="1" t="n">
-        <v>2629.51</v>
+        <v>2438.86</v>
       </c>
       <c r="G23" s="1" t="n">
-        <v>1867.97</v>
+        <v>2303.03</v>
       </c>
       <c r="H23" s="1" t="n">
-        <v>2675.21</v>
+        <v>1940.97</v>
       </c>
       <c r="I23" s="1" t="n">
-        <v>2691.95</v>
+        <v>2090.29</v>
       </c>
       <c r="J23" s="1" t="n">
-        <v>2442.3</v>
+        <v>2005.15</v>
       </c>
       <c r="K23" s="1" t="n">
-        <v>2305.5</v>
-[...7 lines deleted...]
-      <c r="N23" s="1"/>
+        <v>1958.41</v>
+      </c>
+      <c r="L23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="0"/>
       <c r="B24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0" t="s">
-        <v>5</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="0"/>
       <c r="B30" s="1" t="n">
+        <v>2014</v>
+      </c>
+      <c r="C30" s="1" t="n">
         <v>2015</v>
       </c>
-      <c r="C30" s="1" t="n">
+      <c r="D30" s="1" t="n">
         <v>2016</v>
       </c>
-      <c r="D30" s="1" t="n">
+      <c r="E30" s="1" t="n">
         <v>2017</v>
       </c>
-      <c r="E30" s="1" t="n">
+      <c r="F30" s="1" t="n">
         <v>2018</v>
       </c>
-      <c r="F30" s="1" t="n">
+      <c r="G30" s="1" t="n">
         <v>2019</v>
       </c>
-      <c r="G30" s="1" t="n">
+      <c r="H30" s="1" t="n">
         <v>2020</v>
       </c>
-      <c r="H30" s="1" t="n">
+      <c r="I30" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="I30" s="1"/>
+      <c r="J30" s="1" t="n">
+        <v>2022</v>
+      </c>
+      <c r="K30" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="L30" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B31" s="1" t="n">
-        <v>2643.19</v>
+        <v>3301.65</v>
       </c>
       <c r="C31" s="1" t="n">
+        <v>3041.47</v>
+      </c>
+      <c r="D31" s="1" t="n">
         <v>3084.98</v>
       </c>
-      <c r="D31" s="1" t="n">
+      <c r="E31" s="1" t="n">
         <v>3287.3</v>
       </c>
-      <c r="E31" s="1" t="n">
+      <c r="F31" s="1" t="n">
         <v>2874.92</v>
       </c>
-      <c r="F31" s="1" t="n">
+      <c r="G31" s="1" t="n">
         <v>2446.92</v>
       </c>
-      <c r="G31" s="1" t="n">
+      <c r="H31" s="1" t="n">
         <v>2232.97</v>
       </c>
-      <c r="H31" s="1" t="n">
+      <c r="I31" s="1" t="n">
         <v>2471.66</v>
       </c>
-      <c r="I31" s="1"/>
+      <c r="J31" s="1" t="n">
+        <v>2257.27</v>
+      </c>
+      <c r="K31" s="1" t="n">
+        <v>2157.59</v>
+      </c>
+      <c r="L31" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B32" s="1" t="n">
-        <v>1361.75</v>
+        <v>1835.21</v>
       </c>
       <c r="C32" s="1" t="n">
+        <v>1785.02</v>
+      </c>
+      <c r="D32" s="1" t="n">
         <v>1951.2</v>
       </c>
-      <c r="D32" s="1" t="n">
+      <c r="E32" s="1" t="n">
         <v>1977.95</v>
       </c>
-      <c r="E32" s="1" t="n">
+      <c r="F32" s="1" t="n">
         <v>1770.82</v>
       </c>
-      <c r="F32" s="1" t="n">
+      <c r="G32" s="1" t="n">
         <v>1664.51</v>
       </c>
-      <c r="G32" s="1" t="n">
+      <c r="H32" s="1" t="n">
         <v>1363.98</v>
       </c>
-      <c r="H32" s="1" t="n">
+      <c r="I32" s="1" t="n">
         <v>1470.65</v>
       </c>
-      <c r="I32" s="1"/>
+      <c r="J32" s="1" t="n">
+        <v>1422.46</v>
+      </c>
+      <c r="K32" s="1" t="n">
+        <v>1410.05</v>
+      </c>
+      <c r="L32" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B33" s="1" t="n">
-        <v>899.08</v>
+        <v>1390.39</v>
       </c>
       <c r="C33" s="1" t="n">
+        <v>1372.98</v>
+      </c>
+      <c r="D33" s="1" t="n">
         <v>1618.66</v>
       </c>
-      <c r="D33" s="1" t="n">
+      <c r="E33" s="1" t="n">
         <v>1597.9</v>
       </c>
-      <c r="E33" s="1" t="n">
+      <c r="F33" s="1" t="n">
         <v>1378.52</v>
       </c>
-      <c r="F33" s="1" t="n">
+      <c r="G33" s="1" t="n">
         <v>1390.46</v>
       </c>
-      <c r="G33" s="1" t="n">
+      <c r="H33" s="1" t="n">
         <v>1148.21</v>
       </c>
-      <c r="H33" s="1" t="n">
+      <c r="I33" s="1" t="n">
         <v>1203.93</v>
       </c>
-      <c r="I33" s="1"/>
+      <c r="J33" s="1" t="n">
+        <v>1195.28</v>
+      </c>
+      <c r="K33" s="1" t="n">
+        <v>1193.18</v>
+      </c>
+      <c r="L33" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="0"/>
       <c r="B34" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="0" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="0" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>