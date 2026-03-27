--- v0 (2025-10-14)
+++ v1 (2026-03-27)
@@ -13,245 +13,231 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G07_DWH" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="76" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="74" uniqueCount="57">
   <si>
     <t>Logements sans chauffage adéquat - Belgique - évaluation de la tendance</t>
   </si>
   <si>
     <t>pourcentage de de la population</t>
   </si>
   <si>
     <t>observations</t>
   </si>
   <si>
-    <t>tendance et extrapolation (novembre 2024)</t>
+    <t>tendance et extrapolation (novembre 2025)</t>
   </si>
   <si>
     <t>objectif 2030</t>
   </si>
   <si>
-    <t>rupture de série: 2019; collecte des données 2020 impactée par la pandémie de Covid-19</t>
-[...2 lines deleted...]
-    <t>Statbel; Eurostat (2023), European Union Statistics on Income and Living Conditions (EU-SILC), ilc_mdes01, https://ec.europa.eu/eurostat (consulté le 14/10/2024); calculs BFP.</t>
+    <t>Note: rupture de série: 2019; collecte des données 2020 impactée par la pandémie de Covid-19</t>
+  </si>
+  <si>
+    <t>Source:  Statbel; Eurostat (2025), Incapacité à maintenir une température adéquate dans le logement, ilc_mdes01, https://ec.europa.eu/eurostat, dernière mise à jour des données 10/10/2025 11:00 (consulté le 10/10/2025)</t>
   </si>
   <si>
     <t>Logements sans chauffage adéquat - Belgique et comparaison internationale</t>
   </si>
   <si>
     <t>Belgique</t>
   </si>
   <si>
     <t>UE27</t>
   </si>
   <si>
-    <t>rupture de série: BE 2019; collecte des données BE 2020 impactée par la pandémie de Covid-19; EU27 2010-2019 estimation</t>
-[...2 lines deleted...]
-    <t>Statbel (2024), Indicateurs-SILC-SDG 2004-2023, https://Statbel.fgov.be/fr/themes/menages/pauvrete-et-conditions-de-vie/risque-de-pauvrete-ou-dexclusion-sociale#figures (consulté le 14/10/2024) ; Statbel; Eurostat (2024), European Union Statistics on Income and Living Conditions (EU-SILC), ilc_mdes01, https://ec.europa.eu/eurostat (consulté le 14/10/2024)</t>
+    <t>Note: rupture de série: BE 2019; collecte des données BE 2020 impactée par la pandémie de Covid-19; EU27 2010-2019 estimation. L?intervalle de confiance à 95 % pour la part des personnes qui déclare ne pas pouvoir chauffer son logement de manière adéquate en 2024 est de 4.0% à 5.7% pour Belgique.</t>
+  </si>
+  <si>
+    <t>Source: Statbel (2025),  Indicateurs-SILC-SDG 2004-2024, https://statbel.fgov.be/fr/themes/menages/pauvrete-et-conditions-de-vie/risque-de-pauvrete-ou-dexclusion-sociale (consulté le 06/10/2025); Statbel (2025), communication directe  18/11/2025; ; Statbel; Eurostat (2025), Incapacité à maintenir une température adéquate dans le logement, ilc_mdes01, https://ec.europa.eu/eurostat, dernière mise à jour des données 10/10/2025 11:00 (consulté le 10/10/2025)</t>
   </si>
   <si>
     <t>Logements sans chauffage adéquat selon la région - Belgique</t>
   </si>
   <si>
     <t>Région de Bruxelles-Capitale</t>
   </si>
   <si>
     <t>Région flamande</t>
   </si>
   <si>
     <t>Région wallonne</t>
   </si>
   <si>
-    <t>La marge d'incertitude de cet indicateur est indiquée dans le texte pour la dernière année. Rupture de série: 2019; collecte des données 2020 impactée par la pandémie de Covid-19</t>
-[...2 lines deleted...]
-    <t>Statbel (2024), Indicateurs-SILC-SDG 2004-2023, https://Statbel.fgov.be/fr/themes/menages/pauvrete-et-conditions-de-vie/risque-de-pauvrete-ou-dexclusion-sociale#figures (consulté le 14/10/2024)</t>
+    <t>Note: Rupture de série: 2019; collecte des données 2020 impactée par la pandémie de Covid-19. L?intervalle de confiance à 95 % pour la part des personnes qui déclare ne pas pouvoir chauffer son logement de manière adéquate en 2024 est de 6.7% à 10.8% pour Bruxelles, de 1.4% à 3.0% pour Flandre et de 6.2% à 10.4% pour la Wallonie.</t>
+  </si>
+  <si>
+    <t>Source: Statbel (2025),  Indicateurs-SILC-SDG 2004-2024, https://statbel.fgov.be/fr/themes/menages/pauvrete-et-conditions-de-vie/risque-de-pauvrete-ou-dexclusion-sociale (consulté le 06/10/2025); Statbel (2025), communication directe  18/11/2025</t>
   </si>
   <si>
     <t>Logements sans chauffage adéquat selon le sexe - Belgique</t>
   </si>
   <si>
     <t>femmes</t>
   </si>
   <si>
     <t>hommes</t>
   </si>
   <si>
+    <t>Source: Statbel (2025),  Indicateurs-SILC-SDG 2004-2024, https://statbel.fgov.be/fr/themes/menages/pauvrete-et-conditions-de-vie/risque-de-pauvrete-ou-dexclusion-sociale (consulté le 06/10/2025)</t>
+  </si>
+  <si>
     <t>Logements sans chauffage adéquat selon âge - Belgique</t>
   </si>
   <si>
     <t>&lt;18</t>
   </si>
   <si>
     <t>18-24</t>
   </si>
   <si>
     <t>25-49</t>
   </si>
   <si>
     <t>50-64</t>
   </si>
   <si>
     <t>&gt;64</t>
   </si>
   <si>
-    <t>rupture de série: 2019; collecte des données 2020 impactée par la pandémie de Covid-20</t>
+    <t>Note: rupture de série: 2019; collecte des données 2020 impactée par la pandémie de Covid-20</t>
   </si>
   <si>
     <t>Logements sans chauffage adéquat selon éducation - Belgique</t>
   </si>
   <si>
     <t>maximum secondaire inférieur</t>
   </si>
   <si>
     <t>secondaire supérieur</t>
   </si>
   <si>
     <t>supérieur</t>
   </si>
   <si>
     <t>Logements sans chauffage adéquat selon le type de ménage - Belgique</t>
   </si>
   <si>
     <t>personne isolée</t>
   </si>
   <si>
     <t>famille monoparentale</t>
   </si>
   <si>
     <t>2 adultes &lt;65</t>
   </si>
   <si>
     <t>2 adultes, au moins 1 &gt;64</t>
   </si>
   <si>
-    <t>2 adultes, 1 enfant</t>
-[...5 lines deleted...]
-    <t>2 adultes, 3+ enfants</t>
+    <t>2 adultes + enfant(s)</t>
   </si>
   <si>
     <t>Logements sans chauffage adéquat selon le statut d'activité - Belgique</t>
   </si>
   <si>
     <t>avec emploi</t>
   </si>
   <si>
     <t>au chômage</t>
   </si>
   <si>
     <t>pensionné</t>
   </si>
   <si>
-    <t>autre</t>
-[...2 lines deleted...]
-    <t>rupture de série: 2019; en raison du recours massif au chômage temporaire pendant la pandémie de COVID-19, la catégorie « chômeurs » de SILC 2021 comprend non seulement les chômeurs de longue durée, mais aussi les personnes qui ont été temporairement au chômage pendant plus de 6 mois et qui vivent généralement dans des conditions moins précaires.   </t>
+    <t>autre inactif</t>
+  </si>
+  <si>
+    <t>Note: rupture de série: 2019; en raison du recours massif au chômage temporaire pendant la pandémie de COVID-19, la catégorie « chômeurs » de SILC 2021 comprend non seulement les chômeurs de longue durée, mais aussi les personnes qui ont été temporairement au chômage pendant plus de 6 mois et qui vivent généralement dans des conditions moins précaires.</t>
   </si>
   <si>
     <t>Logements sans chauffage adéquat selon le revenu - Belgique</t>
   </si>
   <si>
     <t>quintile 1</t>
   </si>
   <si>
     <t>quintile 2</t>
   </si>
   <si>
     <t>quintile 3</t>
   </si>
   <si>
     <t>quintile 4</t>
   </si>
   <si>
     <t>quintile 5</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G07_DWH</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Logements sans chauffage adéquat (i36)</t>
+    <t>Logements sans chauffage adéquat (i37)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Définition: cet indicateur mesure la part de la population qui déclare ne pas pouvoir chauffer son logement de manière adéquate. Les données relatives à cet indicateur sont basées sur l'enquête Statistics on Income and Living Conditions (EU-SILC) de l'Union européenne. Statistics Belgium organise en Belgique cette enquête harmonisée au niveau de l'UE et en met les résultats à disposition, notamment d'Eurostat. Les données utilisées ici proviennent d'Eurostat qui publie des résultats détaillés et comparables entre les États membres de l'UE. Comme ces données sont basées sur des enquêtes, il faut tenir compte d’une marge d’incertitude. Les intervalles de confiance correspondant à ces données sont disponibles sur demande auprès de Statistics Belgium.
 En raison de changements dans l'enquête SILC en 2005 et 2008, les données ne sont présentées ici qu'à partir de 2008.
 À partir de 2019, la méthodologie de l’enquête a été revue en profondeur pour une meilleure précision. En 2020, c’est la pandémie de Covid-19 qui a impacté la collecte des données. De ce fait, il est difficile de comparer les résultats de SILC 2020 avec ceux des années précédentes. (Statbel, 2021). En conséquence, ils ne sont pas utilisés pour calculer et évaluer la tendance à long terme.
+Pour cet indicateur les ventilations suivantes sont disponibles : région, sexe, revenu, âge, éducation, type de ménage et statut d’activité.
 Objectif: la part de la population qui déclare ne pas pouvoir chauffer son logement de manière adéquate doit être ramené à zéro pourcent en 2030.
 Les objectifs de développement durable ou SDG adoptés par l'ONU en 2015 comprennent le sous-objectif 7.1: "D’ici à 2030, garantir l’accès de tous à des services énergétiques fiables et modernes, à un coût abordable". Pouvoir se chauffer fait partie de l'accès à une énergie à un coût abordable. La part de la population qui déclare ne pas pouvoir chauffer son logement de manière adéquate devrait donc tendre vers zéro.
 La Vision stratégique fédérale à long terme de développement durable inclut l'objectif 21: "Les services énergétiques seront accessibles à tous" qui est cohérent avec le SDG (Moniteur belge, 08/10/2013).
-Évolution: cet indicateur montre, en tenant compte de la nouvelle méthodologie utilisée à partir de 2019, une tendance à la diminution, en passant de 6,4% en 2008 à 3,45% en 2021. Ensuite il augmente pour atteindre 5,9% en 2023, légèrement en-dessous du niveau de 2008.
-[...4 lines deleted...]
-Ventilation selon le type de ménage: les types de ménages ou les difficultés à se chauffer sont les plus grandes en 2023 sont les familles monoparentales (13,6%), les personnes isolées (9,3%) et les familles de deux adultes avec aux moins 3 enfants à charge (5,7%).
 Indicateur ONU: l’indicateur choisi ne correspond à aucun indicateur de suivi des SDG, mais est relié au sous-objectif 7.1 car le chauffage de son logement fait partie des services énergétiques modernes auxquels la population doit avoir accès.
 Sources
-Générales
-[...6 lines deleted...]
-Statbel (2021), SILC FAQ, https://statbel.fgov.be/fr/themes/menages/pauvrete-et-conditions-de-vie/faq, voir en particulier "Y a-t-il des ruptures de séries dans la chronologie de l'enquête SILC ?" (consulté le 19/11/2021).
+Moniteur belge: http://www.ejustice.just.fgov.be/cgi/welcome.pl; recherche sur http://www.ejustice.just.fgov.be/doc/rech_f.htm.
+Statbel (2021), SILC FAQ, https://statbel.fgov.be/fr/themes/menages/pauvrete-et-conditions-de-vie/faq, voir en particulier "Y a-t-il des ruptures de séries dans la chronologie de l'enquête SILC ?" (consulté le 19/12/2025).
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -309,51 +295,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:AG97"/>
+  <dimension ref="A1:AG95"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
         <v>2000</v>
       </c>
       <c r="C3" s="1" t="n">
@@ -497,174 +483,174 @@
       <c r="P4" s="1" t="n">
         <v>5.4</v>
       </c>
       <c r="Q4" s="1" t="n">
         <v>5.2</v>
       </c>
       <c r="R4" s="1" t="n">
         <v>4.7</v>
       </c>
       <c r="S4" s="1" t="n">
         <v>5.8</v>
       </c>
       <c r="T4" s="1" t="n">
         <v>5.2</v>
       </c>
       <c r="U4" s="1" t="n">
         <v>3.9</v>
       </c>
       <c r="V4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="W4" s="1" t="n">
         <v>3.5</v>
       </c>
       <c r="X4" s="1" t="n">
-        <v>5.1</v>
+        <v>5</v>
       </c>
       <c r="Y4" s="1" t="n">
-        <v>5.9</v>
-[...2 lines deleted...]
-        <f>=NA()</f>
+        <v>6</v>
+      </c>
+      <c r="Z4" s="1" t="n">
+        <v>4.8</v>
       </c>
       <c r="AA4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AB4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AC4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AD4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AE4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AF4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AG4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="C5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="E5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="F5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="G5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="H5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="I5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="J5" s="1" t="n">
-        <v>6.228646687</v>
+        <v>6.226279001</v>
       </c>
       <c r="K5" s="1" t="n">
-        <v>6.111852051</v>
+        <v>6.10775773</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>5.998875264</v>
+        <v>5.993141622</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>5.880530807</v>
+        <v>5.873313605</v>
       </c>
       <c r="N5" s="1" t="n">
-        <v>5.744416811</v>
+        <v>5.73600452</v>
       </c>
       <c r="O5" s="1" t="n">
-        <v>5.589970461</v>
+        <v>5.580831466</v>
       </c>
       <c r="P5" s="1" t="n">
-        <v>5.424524202</v>
+        <v>5.415346965</v>
       </c>
       <c r="Q5" s="1" t="n">
-        <v>5.256745604</v>
+        <v>5.248482382</v>
       </c>
       <c r="R5" s="1" t="n">
-        <v>5.09413397</v>
+        <v>5.08804649</v>
       </c>
       <c r="S5" s="1" t="n">
-        <v>4.942761363</v>
+        <v>4.940464227</v>
       </c>
       <c r="T5" s="1" t="n">
-        <v>4.804109128</v>
+        <v>4.807604869</v>
       </c>
       <c r="U5" s="1" t="n">
-        <v>4.686975349</v>
+        <v>4.698677669</v>
       </c>
       <c r="V5" s="1" t="n">
-        <v>4.603049108</v>
+        <v>4.625841267</v>
       </c>
       <c r="W5" s="1" t="n">
-        <v>4.555226217</v>
+        <v>4.592479016</v>
       </c>
       <c r="X5" s="1" t="n">
-        <v>4.537070445</v>
+        <v>4.592491089</v>
       </c>
       <c r="Y5" s="1" t="n">
-        <v>4.530934023</v>
+        <v>4.608055126</v>
       </c>
       <c r="Z5" s="1" t="n">
-        <v>4.525418712</v>
+        <v>4.625385583</v>
       </c>
       <c r="AA5" s="1" t="n">
-        <v>4.520460976</v>
+        <v>4.641041654</v>
       </c>
       <c r="AB5" s="1" t="n">
-        <v>4.516003901</v>
+        <v>4.655179811</v>
       </c>
       <c r="AC5" s="1" t="n">
-        <v>4.511996488</v>
+        <v>4.667942915</v>
       </c>
       <c r="AD5" s="1" t="n">
-        <v>4.508393018</v>
+        <v>4.679461201</v>
       </c>
       <c r="AE5" s="1" t="n">
-        <v>4.505152485</v>
+        <v>4.689853238</v>
       </c>
       <c r="AF5" s="1" t="n">
-        <v>4.502238101</v>
+        <v>4.699226842</v>
       </c>
       <c r="AG5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0</v>
       </c>
@@ -800,105 +786,111 @@
       </c>
       <c r="J13" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="K13" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="L13" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="M13" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="N13" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="O13" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="P13" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="Q13" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="R13" s="1"/>
+      <c r="R13" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="S13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="1" t="n">
         <v>6.4</v>
       </c>
       <c r="C14" s="1" t="n">
         <v>5.1</v>
       </c>
       <c r="D14" s="1" t="n">
         <v>5.6</v>
       </c>
       <c r="E14" s="1" t="n">
         <v>7.1</v>
       </c>
       <c r="F14" s="1" t="n">
         <v>6.6</v>
       </c>
       <c r="G14" s="1" t="n">
         <v>5.8</v>
       </c>
       <c r="H14" s="1" t="n">
         <v>5.4</v>
       </c>
       <c r="I14" s="1" t="n">
         <v>5.2</v>
       </c>
       <c r="J14" s="1" t="n">
         <v>4.7</v>
       </c>
       <c r="K14" s="1" t="n">
         <v>5.8</v>
       </c>
       <c r="L14" s="1" t="n">
         <v>5.2</v>
       </c>
       <c r="M14" s="1" t="n">
         <v>3.9</v>
       </c>
       <c r="N14" s="1" t="n">
-        <v>4.1</v>
+        <v>4.2</v>
       </c>
       <c r="O14" s="1" t="n">
         <v>3.5</v>
       </c>
       <c r="P14" s="1" t="n">
-        <v>5.1</v>
+        <v>5</v>
       </c>
       <c r="Q14" s="1" t="n">
-        <v>5.9</v>
-[...1 lines deleted...]
-      <c r="R14" s="1"/>
+        <v>6</v>
+      </c>
+      <c r="R14" s="1" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="S14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B15" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="C15" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D15" s="1" t="n">
         <v>9.9</v>
       </c>
       <c r="E15" s="1" t="n">
         <v>10.3</v>
       </c>
       <c r="F15" s="1" t="n">
         <v>11.2</v>
       </c>
       <c r="G15" s="1" t="n">
         <v>10.8</v>
       </c>
       <c r="H15" s="1" t="n">
         <v>10.4</v>
@@ -908,160 +900,175 @@
       </c>
       <c r="J15" s="1" t="n">
         <v>9</v>
       </c>
       <c r="K15" s="1" t="n">
         <v>8.1</v>
       </c>
       <c r="L15" s="1" t="n">
         <v>7.6</v>
       </c>
       <c r="M15" s="1" t="n">
         <v>6.9</v>
       </c>
       <c r="N15" s="1" t="n">
         <v>7.5</v>
       </c>
       <c r="O15" s="1" t="n">
         <v>6.9</v>
       </c>
       <c r="P15" s="1" t="n">
         <v>9.3</v>
       </c>
       <c r="Q15" s="1" t="n">
         <v>10.6</v>
       </c>
-      <c r="R15" s="1"/>
+      <c r="R15" s="1" t="n">
+        <v>9.2</v>
+      </c>
+      <c r="S15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0"/>
       <c r="B16" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="0"/>
       <c r="B22" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="C22" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="D22" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="E22" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="F22" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="G22" s="1"/>
+      <c r="G22" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="H22" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B23" s="1" t="n">
-        <v>7</v>
+        <v>7.1</v>
       </c>
       <c r="C23" s="1" t="n">
-        <v>7.3</v>
+        <v>7.2</v>
       </c>
       <c r="D23" s="1" t="n">
-        <v>5.6</v>
+        <v>5.5</v>
       </c>
       <c r="E23" s="1" t="n">
-        <v>7.9</v>
+        <v>7.6</v>
       </c>
       <c r="F23" s="1" t="n">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G23" s="1"/>
+        <v>10.4</v>
+      </c>
+      <c r="G23" s="1" t="n">
+        <v>8.8</v>
+      </c>
+      <c r="H23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B24" s="1" t="n">
         <v>1.6</v>
       </c>
       <c r="C24" s="1" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="D24" s="1" t="n">
         <v>1.8</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.9</v>
       </c>
       <c r="E24" s="1" t="n">
         <v>2.2</v>
       </c>
       <c r="F24" s="1" t="n">
         <v>2.3</v>
       </c>
-      <c r="G24" s="1"/>
+      <c r="G24" s="1" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="H24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="0" t="s">
         <v>15</v>
       </c>
       <c r="B25" s="1" t="n">
-        <v>7.2</v>
+        <v>7.1</v>
       </c>
       <c r="C25" s="1" t="n">
-        <v>7.3</v>
+        <v>7.5</v>
       </c>
       <c r="D25" s="1" t="n">
-        <v>5.8</v>
+        <v>6</v>
       </c>
       <c r="E25" s="1" t="n">
-        <v>9.5</v>
+        <v>9.3</v>
       </c>
       <c r="F25" s="1" t="n">
         <v>11.3</v>
       </c>
-      <c r="G25" s="1"/>
+      <c r="G25" s="1" t="n">
+        <v>8.3</v>
+      </c>
+      <c r="H25" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0"/>
       <c r="B26" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="0" t="s">
@@ -1096,180 +1103,189 @@
       </c>
       <c r="J32" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="K32" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="L32" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="M32" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="N32" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="O32" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="P32" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="Q32" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="R32" s="1"/>
+      <c r="R32" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="S32" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="0" t="s">
         <v>19</v>
       </c>
       <c r="B33" s="1" t="n">
         <v>6.8</v>
       </c>
       <c r="C33" s="1" t="n">
         <v>5.4</v>
       </c>
       <c r="D33" s="1" t="n">
         <v>5.9</v>
       </c>
       <c r="E33" s="1" t="n">
         <v>7.2</v>
       </c>
       <c r="F33" s="1" t="n">
         <v>6.8</v>
       </c>
       <c r="G33" s="1" t="n">
         <v>5.8</v>
       </c>
       <c r="H33" s="1" t="n">
         <v>5.3</v>
       </c>
       <c r="I33" s="1" t="n">
         <v>5.5</v>
       </c>
       <c r="J33" s="1" t="n">
         <v>5.3</v>
       </c>
       <c r="K33" s="1" t="n">
         <v>6.2</v>
       </c>
       <c r="L33" s="1" t="n">
         <v>5.6</v>
       </c>
       <c r="M33" s="1" t="n">
         <v>4.2</v>
       </c>
       <c r="N33" s="1" t="n">
         <v>4</v>
       </c>
       <c r="O33" s="1" t="n">
-        <v>3.4</v>
+        <v>3.5</v>
       </c>
       <c r="P33" s="1" t="n">
-        <v>5.1</v>
+        <v>5</v>
       </c>
       <c r="Q33" s="1" t="n">
-        <v>5.9</v>
-[...1 lines deleted...]
-      <c r="R33" s="1"/>
+        <v>6</v>
+      </c>
+      <c r="R33" s="1" t="n">
+        <v>5</v>
+      </c>
+      <c r="S33" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B34" s="1" t="n">
         <v>6</v>
       </c>
       <c r="C34" s="1" t="n">
         <v>4.8</v>
       </c>
       <c r="D34" s="1" t="n">
         <v>5.2</v>
       </c>
       <c r="E34" s="1" t="n">
         <v>7</v>
       </c>
       <c r="F34" s="1" t="n">
         <v>6.4</v>
       </c>
       <c r="G34" s="1" t="n">
         <v>5.9</v>
       </c>
       <c r="H34" s="1" t="n">
         <v>5.4</v>
       </c>
       <c r="I34" s="1" t="n">
         <v>4.9</v>
       </c>
       <c r="J34" s="1" t="n">
         <v>4.2</v>
       </c>
       <c r="K34" s="1" t="n">
         <v>5.4</v>
       </c>
       <c r="L34" s="1" t="n">
         <v>4.8</v>
       </c>
       <c r="M34" s="1" t="n">
-        <v>3.7</v>
+        <v>3.6</v>
       </c>
       <c r="N34" s="1" t="n">
-        <v>4.2</v>
+        <v>4.3</v>
       </c>
       <c r="O34" s="1" t="n">
         <v>3.6</v>
       </c>
       <c r="P34" s="1" t="n">
-        <v>5.1</v>
+        <v>5</v>
       </c>
       <c r="Q34" s="1" t="n">
         <v>6</v>
       </c>
-      <c r="R34" s="1"/>
+      <c r="R34" s="1" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="S34" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="0"/>
       <c r="B35" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="0" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="0" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="0"/>
       <c r="B41" s="1" t="n">
         <v>2008</v>
       </c>
       <c r="C41" s="1" t="n">
         <v>2009</v>
       </c>
       <c r="D41" s="1" t="n">
         <v>2010</v>
       </c>
       <c r="E41" s="1" t="n">
         <v>2011</v>
       </c>
       <c r="F41" s="1" t="n">
         <v>2012</v>
       </c>
       <c r="G41" s="1" t="n">
@@ -1283,342 +1299,360 @@
       </c>
       <c r="J41" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="K41" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="L41" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="M41" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="N41" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="O41" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="P41" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="Q41" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="R41" s="1"/>
+      <c r="R41" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="S41" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="0" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B42" s="1" t="n">
         <v>7.2</v>
       </c>
       <c r="C42" s="1" t="n">
         <v>5.8</v>
       </c>
       <c r="D42" s="1" t="n">
         <v>6.5</v>
       </c>
       <c r="E42" s="1" t="n">
         <v>9.8</v>
       </c>
       <c r="F42" s="1" t="n">
         <v>8.1</v>
       </c>
       <c r="G42" s="1" t="n">
         <v>6.2</v>
       </c>
       <c r="H42" s="1" t="n">
         <v>5.5</v>
       </c>
       <c r="I42" s="1" t="n">
         <v>6.6</v>
       </c>
       <c r="J42" s="1" t="n">
         <v>5</v>
       </c>
       <c r="K42" s="1" t="n">
         <v>6.6</v>
       </c>
       <c r="L42" s="1" t="n">
         <v>6.5</v>
       </c>
       <c r="M42" s="1" t="n">
-        <v>4.3</v>
+        <v>4.4</v>
       </c>
       <c r="N42" s="1" t="n">
-        <v>5.1</v>
+        <v>5.2</v>
       </c>
       <c r="O42" s="1" t="n">
-        <v>4.4</v>
+        <v>4.5</v>
       </c>
       <c r="P42" s="1" t="n">
-        <v>6.2</v>
+        <v>6</v>
       </c>
       <c r="Q42" s="1" t="n">
-        <v>6.5</v>
-[...1 lines deleted...]
-      <c r="R42" s="1"/>
+        <v>6.6</v>
+      </c>
+      <c r="R42" s="1" t="n">
+        <v>6</v>
+      </c>
+      <c r="S42" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="0" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B43" s="1" t="n">
         <v>9.2</v>
       </c>
       <c r="C43" s="1" t="n">
         <v>5.6</v>
       </c>
       <c r="D43" s="1" t="n">
         <v>6.2</v>
       </c>
       <c r="E43" s="1" t="n">
         <v>7</v>
       </c>
       <c r="F43" s="1" t="n">
         <v>9.1</v>
       </c>
       <c r="G43" s="1" t="n">
         <v>6.7</v>
       </c>
       <c r="H43" s="1" t="n">
         <v>7.9</v>
       </c>
       <c r="I43" s="1" t="n">
         <v>5.9</v>
       </c>
       <c r="J43" s="1" t="n">
         <v>6.3</v>
       </c>
       <c r="K43" s="1" t="n">
         <v>7</v>
       </c>
       <c r="L43" s="1" t="n">
         <v>6</v>
       </c>
       <c r="M43" s="1" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="N43" s="1" t="n">
         <v>5.8</v>
       </c>
-      <c r="N43" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="O43" s="1" t="n">
-        <v>4.7</v>
+        <v>4.6</v>
       </c>
       <c r="P43" s="1" t="n">
-        <v>5.8</v>
+        <v>5.5</v>
       </c>
       <c r="Q43" s="1" t="n">
-        <v>7.2</v>
-[...1 lines deleted...]
-      <c r="R43" s="1"/>
+        <v>7</v>
+      </c>
+      <c r="R43" s="1" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="S43" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="0" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B44" s="1" t="n">
         <v>5.9</v>
       </c>
       <c r="C44" s="1" t="n">
         <v>4.7</v>
       </c>
       <c r="D44" s="1" t="n">
         <v>5.5</v>
       </c>
       <c r="E44" s="1" t="n">
         <v>7.2</v>
       </c>
       <c r="F44" s="1" t="n">
         <v>6.6</v>
       </c>
       <c r="G44" s="1" t="n">
         <v>6.4</v>
       </c>
       <c r="H44" s="1" t="n">
         <v>5.7</v>
       </c>
       <c r="I44" s="1" t="n">
         <v>5.3</v>
       </c>
       <c r="J44" s="1" t="n">
         <v>4.6</v>
       </c>
       <c r="K44" s="1" t="n">
         <v>5.9</v>
       </c>
       <c r="L44" s="1" t="n">
         <v>5.7</v>
       </c>
       <c r="M44" s="1" t="n">
-        <v>4.2</v>
+        <v>4.3</v>
       </c>
       <c r="N44" s="1" t="n">
         <v>4.2</v>
       </c>
       <c r="O44" s="1" t="n">
         <v>3.9</v>
       </c>
       <c r="P44" s="1" t="n">
-        <v>5.4</v>
+        <v>5.3</v>
       </c>
       <c r="Q44" s="1" t="n">
-        <v>6.6</v>
-[...1 lines deleted...]
-      <c r="R44" s="1"/>
+        <v>6.7</v>
+      </c>
+      <c r="R44" s="1" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="S44" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B45" s="1" t="n">
         <v>5.4</v>
       </c>
       <c r="C45" s="1" t="n">
         <v>5.1</v>
       </c>
       <c r="D45" s="1" t="n">
         <v>5.5</v>
       </c>
       <c r="E45" s="1" t="n">
         <v>6</v>
       </c>
       <c r="F45" s="1" t="n">
         <v>5.9</v>
       </c>
       <c r="G45" s="1" t="n">
         <v>5.6</v>
       </c>
       <c r="H45" s="1" t="n">
         <v>4.9</v>
       </c>
       <c r="I45" s="1" t="n">
         <v>5.4</v>
       </c>
       <c r="J45" s="1" t="n">
         <v>5.7</v>
       </c>
       <c r="K45" s="1" t="n">
         <v>6.4</v>
       </c>
       <c r="L45" s="1" t="n">
         <v>5</v>
       </c>
       <c r="M45" s="1" t="n">
         <v>4</v>
       </c>
       <c r="N45" s="1" t="n">
         <v>4.1</v>
       </c>
       <c r="O45" s="1" t="n">
         <v>3</v>
       </c>
       <c r="P45" s="1" t="n">
         <v>5.1</v>
       </c>
       <c r="Q45" s="1" t="n">
         <v>5.5</v>
       </c>
-      <c r="R45" s="1"/>
+      <c r="R45" s="1" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="S45" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B46" s="1" t="n">
         <v>6.1</v>
       </c>
       <c r="C46" s="1" t="n">
         <v>5</v>
       </c>
       <c r="D46" s="1" t="n">
         <v>4.2</v>
       </c>
       <c r="E46" s="1" t="n">
         <v>4.8</v>
       </c>
       <c r="F46" s="1" t="n">
         <v>4.2</v>
       </c>
       <c r="G46" s="1" t="n">
         <v>4.3</v>
       </c>
       <c r="H46" s="1" t="n">
         <v>3.9</v>
       </c>
       <c r="I46" s="1" t="n">
         <v>2.7</v>
       </c>
       <c r="J46" s="1" t="n">
         <v>2.9</v>
       </c>
       <c r="K46" s="1" t="n">
         <v>3.5</v>
       </c>
       <c r="L46" s="1" t="n">
         <v>2.9</v>
       </c>
       <c r="M46" s="1" t="n">
         <v>2.1</v>
       </c>
       <c r="N46" s="1" t="n">
         <v>2.2</v>
       </c>
       <c r="O46" s="1" t="n">
-        <v>1.8</v>
+        <v>1.9</v>
       </c>
       <c r="P46" s="1" t="n">
         <v>3.1</v>
       </c>
       <c r="Q46" s="1" t="n">
-        <v>4.1</v>
-[...1 lines deleted...]
-      <c r="R46" s="1"/>
+        <v>4.2</v>
+      </c>
+      <c r="R46" s="1" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="S46" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="0"/>
       <c r="B47" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="0" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="0" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="0"/>
       <c r="B53" s="1" t="n">
         <v>2008</v>
       </c>
       <c r="C53" s="1" t="n">
         <v>2009</v>
       </c>
       <c r="D53" s="1" t="n">
         <v>2010</v>
       </c>
       <c r="E53" s="1" t="n">
         <v>2011</v>
       </c>
       <c r="F53" s="1" t="n">
         <v>2012</v>
       </c>
       <c r="G53" s="1" t="n">
@@ -1632,234 +1666,246 @@
       </c>
       <c r="J53" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="K53" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="L53" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="M53" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="N53" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="O53" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="P53" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="Q53" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="R53" s="1"/>
+      <c r="R53" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="S53" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="0" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B54" s="1" t="n">
         <v>8.4</v>
       </c>
       <c r="C54" s="1" t="n">
         <v>7.3</v>
       </c>
       <c r="D54" s="1" t="n">
         <v>7.6</v>
       </c>
       <c r="E54" s="1" t="n">
         <v>9.7</v>
       </c>
       <c r="F54" s="1" t="n">
         <v>10</v>
       </c>
       <c r="G54" s="1" t="n">
         <v>8.9</v>
       </c>
       <c r="H54" s="1" t="n">
         <v>9.6</v>
       </c>
       <c r="I54" s="1" t="n">
         <v>8</v>
       </c>
       <c r="J54" s="1" t="n">
         <v>8.1</v>
       </c>
       <c r="K54" s="1" t="n">
         <v>9.3</v>
       </c>
       <c r="L54" s="1" t="n">
         <v>7.6</v>
       </c>
       <c r="M54" s="1" t="n">
         <v>5.9</v>
       </c>
       <c r="N54" s="1" t="n">
-        <v>6.6</v>
+        <v>6.7</v>
       </c>
       <c r="O54" s="1" t="n">
         <v>5.1</v>
       </c>
       <c r="P54" s="1" t="n">
         <v>8.2</v>
       </c>
       <c r="Q54" s="1" t="n">
         <v>8.9</v>
       </c>
-      <c r="R54" s="1"/>
+      <c r="R54" s="1" t="n">
+        <v>7.6</v>
+      </c>
+      <c r="S54" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="0" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B55" s="1" t="n">
         <v>5.9</v>
       </c>
       <c r="C55" s="1" t="n">
         <v>4.2</v>
       </c>
       <c r="D55" s="1" t="n">
         <v>5.1</v>
       </c>
       <c r="E55" s="1" t="n">
         <v>6</v>
       </c>
       <c r="F55" s="1" t="n">
         <v>5.3</v>
       </c>
       <c r="G55" s="1" t="n">
         <v>5.1</v>
       </c>
       <c r="H55" s="1" t="n">
         <v>4.4</v>
       </c>
       <c r="I55" s="1" t="n">
         <v>4.7</v>
       </c>
       <c r="J55" s="1" t="n">
         <v>4.2</v>
       </c>
       <c r="K55" s="1" t="n">
         <v>5.1</v>
       </c>
       <c r="L55" s="1" t="n">
         <v>5.2</v>
       </c>
       <c r="M55" s="1" t="n">
         <v>4.4</v>
       </c>
       <c r="N55" s="1" t="n">
-        <v>4.1</v>
+        <v>4.2</v>
       </c>
       <c r="O55" s="1" t="n">
         <v>4</v>
       </c>
       <c r="P55" s="1" t="n">
-        <v>5.4</v>
+        <v>5.2</v>
       </c>
       <c r="Q55" s="1" t="n">
         <v>7.4</v>
       </c>
-      <c r="R55" s="1"/>
+      <c r="R55" s="1" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="S55" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="0" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B56" s="1" t="n">
         <v>3.2</v>
       </c>
       <c r="C56" s="1" t="n">
         <v>2.8</v>
       </c>
       <c r="D56" s="1" t="n">
         <v>2.6</v>
       </c>
       <c r="E56" s="1" t="n">
         <v>3.4</v>
       </c>
       <c r="F56" s="1" t="n">
         <v>3.3</v>
       </c>
       <c r="G56" s="1" t="n">
         <v>3.7</v>
       </c>
       <c r="H56" s="1" t="n">
         <v>2.8</v>
       </c>
       <c r="I56" s="1" t="n">
         <v>2.4</v>
       </c>
       <c r="J56" s="1" t="n">
         <v>2.2</v>
       </c>
       <c r="K56" s="1" t="n">
         <v>2.7</v>
       </c>
       <c r="L56" s="1" t="n">
         <v>2.3</v>
       </c>
       <c r="M56" s="1" t="n">
         <v>1.8</v>
       </c>
       <c r="N56" s="1" t="n">
         <v>1.9</v>
       </c>
       <c r="O56" s="1" t="n">
         <v>1.6</v>
       </c>
       <c r="P56" s="1" t="n">
         <v>2.7</v>
       </c>
       <c r="Q56" s="1" t="n">
         <v>3</v>
       </c>
-      <c r="R56" s="1"/>
+      <c r="R56" s="1" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="S56" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="0"/>
       <c r="B57" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="0" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="0" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="0" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="0"/>
       <c r="B63" s="1" t="n">
         <v>2008</v>
       </c>
       <c r="C63" s="1" t="n">
         <v>2009</v>
       </c>
       <c r="D63" s="1" t="n">
         <v>2010</v>
       </c>
       <c r="E63" s="1" t="n">
         <v>2011</v>
       </c>
       <c r="F63" s="1" t="n">
         <v>2012</v>
       </c>
       <c r="G63" s="1" t="n">
@@ -1873,1139 +1919,1082 @@
       </c>
       <c r="J63" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="K63" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="L63" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="M63" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="N63" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="O63" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="P63" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="Q63" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="R63" s="1"/>
+      <c r="R63" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="S63" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B64" s="1" t="n">
         <v>10.4</v>
       </c>
       <c r="C64" s="1" t="n">
         <v>8.7</v>
       </c>
       <c r="D64" s="1" t="n">
         <v>9.8</v>
       </c>
       <c r="E64" s="1" t="n">
         <v>9.9</v>
       </c>
       <c r="F64" s="1" t="n">
         <v>8.6</v>
       </c>
       <c r="G64" s="1" t="n">
         <v>11.7</v>
       </c>
       <c r="H64" s="1" t="n">
         <v>8.5</v>
       </c>
       <c r="I64" s="1" t="n">
         <v>7.3</v>
       </c>
       <c r="J64" s="1" t="n">
         <v>7.8</v>
       </c>
       <c r="K64" s="1" t="n">
         <v>9.2</v>
       </c>
       <c r="L64" s="1" t="n">
         <v>7.5</v>
       </c>
       <c r="M64" s="1" t="n">
         <v>5.7</v>
       </c>
       <c r="N64" s="1" t="n">
         <v>6</v>
       </c>
       <c r="O64" s="1" t="n">
-        <v>5.7</v>
+        <v>5.6</v>
       </c>
       <c r="P64" s="1" t="n">
-        <v>6.8</v>
+        <v>6.6</v>
       </c>
       <c r="Q64" s="1" t="n">
-        <v>9.3</v>
-[...1 lines deleted...]
-      <c r="R64" s="1"/>
+        <v>9.4</v>
+      </c>
+      <c r="R64" s="1" t="n">
+        <v>7.3</v>
+      </c>
+      <c r="S64" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="0" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B65" s="1" t="n">
         <v>16.5</v>
       </c>
       <c r="C65" s="1" t="n">
         <v>14.7</v>
       </c>
       <c r="D65" s="1" t="n">
         <v>13.3</v>
       </c>
       <c r="E65" s="1" t="n">
         <v>18.1</v>
       </c>
       <c r="F65" s="1" t="n">
         <v>18.7</v>
       </c>
       <c r="G65" s="1" t="n">
         <v>15.1</v>
       </c>
       <c r="H65" s="1" t="n">
         <v>13.3</v>
       </c>
       <c r="I65" s="1" t="n">
         <v>12.3</v>
       </c>
       <c r="J65" s="1" t="n">
         <v>10.8</v>
       </c>
       <c r="K65" s="1" t="n">
         <v>12.2</v>
       </c>
       <c r="L65" s="1" t="n">
         <v>12.8</v>
       </c>
       <c r="M65" s="1" t="n">
-        <v>8.2</v>
+        <v>8</v>
       </c>
       <c r="N65" s="1" t="n">
-        <v>8</v>
+        <v>7.7</v>
       </c>
       <c r="O65" s="1" t="n">
+        <v>8.4</v>
+      </c>
+      <c r="P65" s="1" t="n">
+        <v>12.6</v>
+      </c>
+      <c r="Q65" s="1" t="n">
+        <v>13</v>
+      </c>
+      <c r="R65" s="1" t="n">
         <v>7.8</v>
       </c>
-      <c r="P65" s="1" t="n">
-[...5 lines deleted...]
-      <c r="R65" s="1"/>
+      <c r="S65" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="0" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B66" s="1" t="n">
         <v>3.6</v>
       </c>
       <c r="C66" s="1" t="n">
         <v>3.1</v>
       </c>
       <c r="D66" s="1" t="n">
         <v>4.6</v>
       </c>
       <c r="E66" s="1" t="n">
         <v>4.4</v>
       </c>
       <c r="F66" s="1" t="n">
         <v>4.7</v>
       </c>
       <c r="G66" s="1" t="n">
         <v>4.5</v>
       </c>
       <c r="H66" s="1" t="n">
         <v>4.9</v>
       </c>
       <c r="I66" s="1" t="n">
         <v>2.9</v>
       </c>
       <c r="J66" s="1" t="n">
         <v>4</v>
       </c>
       <c r="K66" s="1" t="n">
         <v>5</v>
       </c>
       <c r="L66" s="1" t="n">
         <v>4.1</v>
       </c>
       <c r="M66" s="1" t="n">
-        <v>3.5</v>
+        <v>3.6</v>
       </c>
       <c r="N66" s="1" t="n">
         <v>2.7</v>
       </c>
       <c r="O66" s="1" t="n">
-        <v>2</v>
+        <v>2.1</v>
       </c>
       <c r="P66" s="1" t="n">
-        <v>4.1</v>
+        <v>4.3</v>
       </c>
       <c r="Q66" s="1" t="n">
         <v>4.5</v>
       </c>
-      <c r="R66" s="1"/>
+      <c r="R66" s="1" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="S66" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B67" s="1" t="n">
         <v>3.7</v>
       </c>
       <c r="C67" s="1" t="n">
         <v>3.1</v>
       </c>
       <c r="D67" s="1" t="n">
         <v>2.6</v>
       </c>
       <c r="E67" s="1" t="n">
         <v>3.2</v>
       </c>
       <c r="F67" s="1" t="n">
         <v>3.2</v>
       </c>
       <c r="G67" s="1" t="n">
         <v>2.4</v>
       </c>
       <c r="H67" s="1" t="n">
         <v>3.1</v>
       </c>
       <c r="I67" s="1" t="n">
         <v>2</v>
       </c>
       <c r="J67" s="1" t="n">
         <v>1.8</v>
       </c>
       <c r="K67" s="1" t="n">
         <v>2.3</v>
       </c>
       <c r="L67" s="1" t="n">
         <v>1.8</v>
       </c>
       <c r="M67" s="1" t="n">
         <v>1.5</v>
       </c>
       <c r="N67" s="1" t="n">
         <v>1.1</v>
       </c>
       <c r="O67" s="1" t="n">
         <v>1.4</v>
       </c>
       <c r="P67" s="1" t="n">
-        <v>2.5</v>
+        <v>2.6</v>
       </c>
       <c r="Q67" s="1" t="n">
         <v>3</v>
       </c>
-      <c r="R67" s="1"/>
+      <c r="R67" s="1" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="S67" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B68" s="1" t="n">
-        <v>4.5</v>
+        <v>4.8</v>
       </c>
       <c r="C68" s="1" t="n">
-        <v>4.3</v>
+        <v>3.9</v>
       </c>
       <c r="D68" s="1" t="n">
-        <v>3.1</v>
+        <v>3.4</v>
       </c>
       <c r="E68" s="1" t="n">
-        <v>4</v>
+        <v>5.9</v>
       </c>
       <c r="F68" s="1" t="n">
-        <v>6.2</v>
+        <v>5.3</v>
       </c>
       <c r="G68" s="1" t="n">
-        <v>3</v>
+        <v>3.7</v>
       </c>
       <c r="H68" s="1" t="n">
-        <v>3.2</v>
+        <v>3.8</v>
       </c>
       <c r="I68" s="1" t="n">
         <v>4.4</v>
       </c>
       <c r="J68" s="1" t="n">
-        <v>1.8</v>
+        <v>2.7</v>
       </c>
       <c r="K68" s="1" t="n">
-        <v>4.1</v>
+        <v>4.7</v>
       </c>
       <c r="L68" s="1" t="n">
-        <v>3.1</v>
+        <v>4.3</v>
       </c>
       <c r="M68" s="1" t="n">
-        <v>2.9</v>
+        <v>3.2</v>
       </c>
       <c r="N68" s="1" t="n">
         <v>4.2</v>
       </c>
       <c r="O68" s="1" t="n">
-        <v>3.1</v>
+        <v>3.5</v>
       </c>
       <c r="P68" s="1" t="n">
-        <v>3.3</v>
+        <v>4</v>
       </c>
       <c r="Q68" s="1" t="n">
-        <v>4.3</v>
-[...1 lines deleted...]
-      <c r="R68" s="1"/>
+        <v>4.8</v>
+      </c>
+      <c r="R68" s="1" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="S68" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="0" t="s">
-[...50 lines deleted...]
-      <c r="R69" s="1"/>
+      <c r="A69" s="0"/>
+      <c r="B69" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="0" t="s">
-        <v>39</v>
-[...4 lines deleted...]
-      <c r="C70" s="1" t="n">
         <v>5</v>
       </c>
-      <c r="D70" s="1" t="n">
-[...41 lines deleted...]
-      <c r="R70" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="0"/>
-      <c r="B71" s="1"/>
+      <c r="A71" s="0" t="s">
+        <v>21</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A72" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="0" t="s">
-        <v>11</v>
+        <v>39</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="0"/>
+      <c r="A74" s="0" t="s">
+        <v>1</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A75" s="0"/>
+      <c r="B75" s="1" t="n">
+        <v>2008</v>
+      </c>
+      <c r="C75" s="1" t="n">
+        <v>2009</v>
+      </c>
+      <c r="D75" s="1" t="n">
+        <v>2010</v>
+      </c>
+      <c r="E75" s="1" t="n">
+        <v>2011</v>
+      </c>
+      <c r="F75" s="1" t="n">
+        <v>2012</v>
+      </c>
+      <c r="G75" s="1" t="n">
+        <v>2013</v>
+      </c>
+      <c r="H75" s="1" t="n">
+        <v>2014</v>
+      </c>
+      <c r="I75" s="1" t="n">
+        <v>2015</v>
+      </c>
+      <c r="J75" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="K75" s="1" t="n">
+        <v>2017</v>
+      </c>
+      <c r="L75" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="M75" s="1" t="n">
+        <v>2019</v>
+      </c>
+      <c r="N75" s="1" t="n">
+        <v>2020</v>
+      </c>
+      <c r="O75" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="P75" s="1" t="n">
+        <v>2022</v>
+      </c>
+      <c r="Q75" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="R75" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="S75" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="0" t="s">
-        <v>1</v>
-      </c>
+        <v>40</v>
+      </c>
+      <c r="B76" s="1" t="n">
+        <v>4</v>
+      </c>
+      <c r="C76" s="1" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="D76" s="1" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="E76" s="1" t="n">
+        <v>4</v>
+      </c>
+      <c r="F76" s="1" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="G76" s="1" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="H76" s="1" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="I76" s="1" t="n">
+        <v>3</v>
+      </c>
+      <c r="J76" s="1" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="K76" s="1" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="L76" s="1" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="M76" s="1" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="N76" s="1" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="O76" s="1" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="P76" s="1" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="Q76" s="1" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="R76" s="1" t="n">
+        <v>3</v>
+      </c>
+      <c r="S76" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="0"/>
+      <c r="A77" s="0" t="s">
+        <v>41</v>
+      </c>
       <c r="B77" s="1" t="n">
-        <v>2008</v>
+        <v>10.6</v>
       </c>
       <c r="C77" s="1" t="n">
-        <v>2009</v>
+        <v>10.8</v>
       </c>
       <c r="D77" s="1" t="n">
-        <v>2010</v>
+        <v>13</v>
       </c>
       <c r="E77" s="1" t="n">
-        <v>2011</v>
+        <v>14.9</v>
       </c>
       <c r="F77" s="1" t="n">
-        <v>2012</v>
+        <v>15.2</v>
       </c>
       <c r="G77" s="1" t="n">
-        <v>2013</v>
+        <v>19.1</v>
       </c>
       <c r="H77" s="1" t="n">
-        <v>2014</v>
+        <v>14.9</v>
       </c>
       <c r="I77" s="1" t="n">
-        <v>2015</v>
+        <v>13.8</v>
       </c>
       <c r="J77" s="1" t="n">
-        <v>2016</v>
+        <v>16.5</v>
       </c>
       <c r="K77" s="1" t="n">
-        <v>2017</v>
+        <v>19.9</v>
       </c>
       <c r="L77" s="1" t="n">
-        <v>2018</v>
+        <v>13.9</v>
       </c>
       <c r="M77" s="1" t="n">
-        <v>2019</v>
+        <v>14.4</v>
       </c>
       <c r="N77" s="1" t="n">
-        <v>2020</v>
+        <v>13.1</v>
       </c>
       <c r="O77" s="1" t="n">
-        <v>2021</v>
+        <v>8.7</v>
       </c>
       <c r="P77" s="1" t="n">
-        <v>2022</v>
+        <v>14.2</v>
       </c>
       <c r="Q77" s="1" t="n">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="R77" s="1"/>
+        <v>11.7</v>
+      </c>
+      <c r="R77" s="1" t="n">
+        <v>10.7</v>
+      </c>
+      <c r="S77" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B78" s="1" t="n">
-        <v>4</v>
+        <v>6.1</v>
       </c>
       <c r="C78" s="1" t="n">
-        <v>3.3</v>
+        <v>4.6</v>
       </c>
       <c r="D78" s="1" t="n">
-        <v>3.3</v>
+        <v>4.2</v>
       </c>
       <c r="E78" s="1" t="n">
-        <v>4</v>
+        <v>4.9</v>
       </c>
       <c r="F78" s="1" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="G78" s="1" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="H78" s="1" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="I78" s="1" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="J78" s="1" t="n">
+        <v>3</v>
+      </c>
+      <c r="K78" s="1" t="n">
         <v>3.6</v>
       </c>
-      <c r="G78" s="1" t="n">
-[...2 lines deleted...]
-      <c r="H78" s="1" t="n">
+      <c r="L78" s="1" t="n">
         <v>2.8</v>
       </c>
-      <c r="I78" s="1" t="n">
-[...2 lines deleted...]
-      <c r="J78" s="1" t="n">
+      <c r="M78" s="1" t="n">
         <v>2.4</v>
       </c>
-      <c r="K78" s="1" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="N78" s="1" t="n">
-        <v>2.2</v>
+        <v>2.3</v>
       </c>
       <c r="O78" s="1" t="n">
-        <v>2.1</v>
+        <v>2</v>
       </c>
       <c r="P78" s="1" t="n">
-        <v>3.3</v>
+        <v>3.2</v>
       </c>
       <c r="Q78" s="1" t="n">
-        <v>4.3</v>
-[...1 lines deleted...]
-      <c r="R78" s="1"/>
+        <v>4.2</v>
+      </c>
+      <c r="R78" s="1" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="S78" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="0" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B79" s="1" t="n">
-        <v>10.6</v>
+        <v>9.4</v>
       </c>
       <c r="C79" s="1" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="D79" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="E79" s="1" t="n">
+        <v>10.3</v>
+      </c>
+      <c r="F79" s="1" t="n">
         <v>10.8</v>
       </c>
-      <c r="D79" s="1" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="G79" s="1" t="n">
-        <v>19.1</v>
+        <v>9.4</v>
       </c>
       <c r="H79" s="1" t="n">
-        <v>14.9</v>
+        <v>10.1</v>
       </c>
       <c r="I79" s="1" t="n">
-        <v>13.8</v>
+        <v>9</v>
       </c>
       <c r="J79" s="1" t="n">
-        <v>16.5</v>
+        <v>8.5</v>
       </c>
       <c r="K79" s="1" t="n">
-        <v>19.9</v>
+        <v>10.9</v>
       </c>
       <c r="L79" s="1" t="n">
-        <v>13.9</v>
+        <v>10.9</v>
       </c>
       <c r="M79" s="1" t="n">
-        <v>14.2</v>
+        <v>7.3</v>
       </c>
       <c r="N79" s="1" t="n">
-        <v>12.7</v>
+        <v>8.7</v>
       </c>
       <c r="O79" s="1" t="n">
-        <v>8.4</v>
+        <v>6.3</v>
       </c>
       <c r="P79" s="1" t="n">
-        <v>14.6</v>
+        <v>8.8</v>
       </c>
       <c r="Q79" s="1" t="n">
-        <v>11.8</v>
-[...1 lines deleted...]
-      <c r="R79" s="1"/>
+        <v>10.2</v>
+      </c>
+      <c r="R79" s="1" t="n">
+        <v>8.3</v>
+      </c>
+      <c r="S79" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="0" t="s">
-[...50 lines deleted...]
-      <c r="R80" s="1"/>
+      <c r="A80" s="0"/>
+      <c r="B80" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="0" t="s">
         <v>44</v>
       </c>
-      <c r="B81" s="1" t="n">
-[...47 lines deleted...]
-      <c r="R81" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="0"/>
-      <c r="B82" s="1"/>
+      <c r="A82" s="0" t="s">
+        <v>21</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A83" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="0" t="s">
-        <v>17</v>
+        <v>45</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="0"/>
+      <c r="A85" s="0" t="s">
+        <v>1</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A86" s="0"/>
+      <c r="B86" s="1" t="n">
+        <v>2008</v>
+      </c>
+      <c r="C86" s="1" t="n">
+        <v>2009</v>
+      </c>
+      <c r="D86" s="1" t="n">
+        <v>2010</v>
+      </c>
+      <c r="E86" s="1" t="n">
+        <v>2011</v>
+      </c>
+      <c r="F86" s="1" t="n">
+        <v>2012</v>
+      </c>
+      <c r="G86" s="1" t="n">
+        <v>2013</v>
+      </c>
+      <c r="H86" s="1" t="n">
+        <v>2014</v>
+      </c>
+      <c r="I86" s="1" t="n">
+        <v>2015</v>
+      </c>
+      <c r="J86" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="K86" s="1" t="n">
+        <v>2017</v>
+      </c>
+      <c r="L86" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="M86" s="1" t="n">
+        <v>2019</v>
+      </c>
+      <c r="N86" s="1" t="n">
+        <v>2020</v>
+      </c>
+      <c r="O86" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="P86" s="1" t="n">
+        <v>2022</v>
+      </c>
+      <c r="Q86" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="R86" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="S86" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="0" t="s">
-        <v>1</v>
-      </c>
+        <v>46</v>
+      </c>
+      <c r="B87" s="1" t="n">
+        <v>15.6</v>
+      </c>
+      <c r="C87" s="1" t="n">
+        <v>13.6</v>
+      </c>
+      <c r="D87" s="1" t="n">
+        <v>14.5</v>
+      </c>
+      <c r="E87" s="1" t="n">
+        <v>18.4</v>
+      </c>
+      <c r="F87" s="1" t="n">
+        <v>17.7</v>
+      </c>
+      <c r="G87" s="1" t="n">
+        <v>17</v>
+      </c>
+      <c r="H87" s="1" t="n">
+        <v>16.6</v>
+      </c>
+      <c r="I87" s="1" t="n">
+        <v>13.8</v>
+      </c>
+      <c r="J87" s="1" t="n">
+        <v>14.4</v>
+      </c>
+      <c r="K87" s="1" t="n">
+        <v>18.2</v>
+      </c>
+      <c r="L87" s="1" t="n">
+        <v>16.4</v>
+      </c>
+      <c r="M87" s="1" t="n">
+        <v>11.5</v>
+      </c>
+      <c r="N87" s="1" t="n">
+        <v>12.6</v>
+      </c>
+      <c r="O87" s="1" t="n">
+        <v>10.6</v>
+      </c>
+      <c r="P87" s="1" t="n">
+        <v>11.9</v>
+      </c>
+      <c r="Q87" s="1" t="n">
+        <v>13.1</v>
+      </c>
+      <c r="R87" s="1" t="n">
+        <v>10.8</v>
+      </c>
+      <c r="S87" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="0"/>
+      <c r="A88" s="0" t="s">
+        <v>47</v>
+      </c>
       <c r="B88" s="1" t="n">
-        <v>2008</v>
+        <v>7.6</v>
       </c>
       <c r="C88" s="1" t="n">
-        <v>2009</v>
+        <v>5.3</v>
       </c>
       <c r="D88" s="1" t="n">
-        <v>2010</v>
+        <v>7.8</v>
       </c>
       <c r="E88" s="1" t="n">
-        <v>2011</v>
+        <v>10.5</v>
       </c>
       <c r="F88" s="1" t="n">
-        <v>2012</v>
+        <v>9</v>
       </c>
       <c r="G88" s="1" t="n">
-        <v>2013</v>
+        <v>6.3</v>
       </c>
       <c r="H88" s="1" t="n">
-        <v>2014</v>
+        <v>5.7</v>
       </c>
       <c r="I88" s="1" t="n">
-        <v>2015</v>
+        <v>7.5</v>
       </c>
       <c r="J88" s="1" t="n">
-        <v>2016</v>
+        <v>5.2</v>
       </c>
       <c r="K88" s="1" t="n">
-        <v>2017</v>
+        <v>6.2</v>
       </c>
       <c r="L88" s="1" t="n">
-        <v>2018</v>
+        <v>5.9</v>
       </c>
       <c r="M88" s="1" t="n">
-        <v>2019</v>
+        <v>4.5</v>
       </c>
       <c r="N88" s="1" t="n">
-        <v>2020</v>
+        <v>5.2</v>
       </c>
       <c r="O88" s="1" t="n">
-        <v>2021</v>
+        <v>3.4</v>
       </c>
       <c r="P88" s="1" t="n">
-        <v>2022</v>
+        <v>6.2</v>
       </c>
       <c r="Q88" s="1" t="n">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="R88" s="1"/>
+        <v>8.7</v>
+      </c>
+      <c r="R88" s="1" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="S88" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B89" s="1" t="n">
-        <v>15.6</v>
+        <v>5.8</v>
       </c>
       <c r="C89" s="1" t="n">
-        <v>13.6</v>
+        <v>3.1</v>
       </c>
       <c r="D89" s="1" t="n">
-        <v>14.5</v>
+        <v>3.5</v>
       </c>
       <c r="E89" s="1" t="n">
-        <v>18.4</v>
+        <v>3.9</v>
       </c>
       <c r="F89" s="1" t="n">
-        <v>17.7</v>
+        <v>3.6</v>
       </c>
       <c r="G89" s="1" t="n">
-        <v>17</v>
+        <v>3.5</v>
       </c>
       <c r="H89" s="1" t="n">
-        <v>16.6</v>
+        <v>2.8</v>
       </c>
       <c r="I89" s="1" t="n">
-        <v>13.8</v>
+        <v>2.9</v>
       </c>
       <c r="J89" s="1" t="n">
-        <v>14.4</v>
+        <v>2.9</v>
       </c>
       <c r="K89" s="1" t="n">
-        <v>18.2</v>
+        <v>3.3</v>
       </c>
       <c r="L89" s="1" t="n">
-        <v>16.4</v>
+        <v>2.3</v>
       </c>
       <c r="M89" s="1" t="n">
-        <v>11.7</v>
+        <v>2.1</v>
       </c>
       <c r="N89" s="1" t="n">
-        <v>12.3</v>
+        <v>1.3</v>
       </c>
       <c r="O89" s="1" t="n">
-        <v>10.2</v>
+        <v>2</v>
       </c>
       <c r="P89" s="1" t="n">
-        <v>11.9</v>
+        <v>3.3</v>
       </c>
       <c r="Q89" s="1" t="n">
-        <v>13.1</v>
-[...1 lines deleted...]
-      <c r="R89" s="1"/>
+        <v>4.4</v>
+      </c>
+      <c r="R89" s="1" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="S89" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="0" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B90" s="1" t="n">
-        <v>7.6</v>
+        <v>1.6</v>
       </c>
       <c r="C90" s="1" t="n">
-        <v>5.3</v>
+        <v>2.3</v>
       </c>
       <c r="D90" s="1" t="n">
-        <v>7.8</v>
+        <v>1</v>
       </c>
       <c r="E90" s="1" t="n">
-        <v>10.5</v>
+        <v>1.7</v>
       </c>
       <c r="F90" s="1" t="n">
-        <v>9</v>
+        <v>1.4</v>
       </c>
       <c r="G90" s="1" t="n">
-        <v>6.3</v>
+        <v>1.8</v>
       </c>
       <c r="H90" s="1" t="n">
-        <v>5.7</v>
+        <v>0.9</v>
       </c>
       <c r="I90" s="1" t="n">
-        <v>7.5</v>
+        <v>0.9</v>
       </c>
       <c r="J90" s="1" t="n">
-        <v>5.2</v>
+        <v>0.6</v>
       </c>
       <c r="K90" s="1" t="n">
-        <v>6.2</v>
+        <v>0.8</v>
       </c>
       <c r="L90" s="1" t="n">
-        <v>5.9</v>
+        <v>1.4</v>
       </c>
       <c r="M90" s="1" t="n">
-        <v>4.5</v>
+        <v>1.2</v>
       </c>
       <c r="N90" s="1" t="n">
-        <v>5.2</v>
+        <v>1</v>
       </c>
       <c r="O90" s="1" t="n">
-        <v>3.7</v>
+        <v>1.2</v>
       </c>
       <c r="P90" s="1" t="n">
-        <v>6.5</v>
+        <v>2.9</v>
       </c>
       <c r="Q90" s="1" t="n">
-        <v>8.6</v>
-[...1 lines deleted...]
-      <c r="R90" s="1"/>
+        <v>1.8</v>
+      </c>
+      <c r="R90" s="1" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="S90" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="0" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B91" s="1" t="n">
-        <v>5.8</v>
+        <v>1.4</v>
       </c>
       <c r="C91" s="1" t="n">
-        <v>3.1</v>
+        <v>1.4</v>
       </c>
       <c r="D91" s="1" t="n">
-        <v>3.5</v>
+        <v>1</v>
       </c>
       <c r="E91" s="1" t="n">
-        <v>3.9</v>
+        <v>1</v>
       </c>
       <c r="F91" s="1" t="n">
-        <v>3.6</v>
+        <v>1.4</v>
       </c>
       <c r="G91" s="1" t="n">
-        <v>3.5</v>
+        <v>0.6</v>
       </c>
       <c r="H91" s="1" t="n">
-        <v>2.8</v>
+        <v>0.8</v>
       </c>
       <c r="I91" s="1" t="n">
-        <v>2.9</v>
+        <v>0.8</v>
       </c>
       <c r="J91" s="1" t="n">
-        <v>2.9</v>
+        <v>0.6</v>
       </c>
       <c r="K91" s="1" t="n">
-        <v>3.3</v>
+        <v>0.6</v>
       </c>
       <c r="L91" s="1" t="n">
-        <v>2.3</v>
+        <v>0.2</v>
       </c>
       <c r="M91" s="1" t="n">
-        <v>2</v>
+        <v>0.4</v>
       </c>
       <c r="N91" s="1" t="n">
-        <v>1.4</v>
+        <v>0.7</v>
       </c>
       <c r="O91" s="1" t="n">
-        <v>2.1</v>
+        <v>0.4</v>
       </c>
       <c r="P91" s="1" t="n">
-        <v>3.7</v>
+        <v>0.9</v>
       </c>
       <c r="Q91" s="1" t="n">
-        <v>3.9</v>
-[...1 lines deleted...]
-      <c r="R91" s="1"/>
+        <v>1.9</v>
+      </c>
+      <c r="R91" s="1" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="S91" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="0" t="s">
-[...50 lines deleted...]
-      <c r="R92" s="1"/>
+      <c r="A92" s="0"/>
+      <c r="B92" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="0" t="s">
-        <v>51</v>
-[...49 lines deleted...]
-      <c r="R93" s="1"/>
+        <v>5</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="0"/>
-      <c r="B94" s="1"/>
+      <c r="A94" s="0" t="s">
+        <v>21</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="0" t="s">
-[...9 lines deleted...]
-      <c r="A97" s="0"/>
+      <c r="A95" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="B1" s="0" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="B2" s="0" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
+        <v>55</v>
+      </c>
+      <c r="B3" s="0" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>cic bfp</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>