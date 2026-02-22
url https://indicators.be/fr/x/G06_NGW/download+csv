--- v0 (2025-10-02)
+++ v1 (2026-02-22)
@@ -13,99 +13,93 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G06_NGW" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="12">
   <si>
     <t>Nitrates dans les eaux souterraines - Belgique et comparaison internationale</t>
   </si>
   <si>
     <t>milligrammes NO3-N par litre</t>
   </si>
   <si>
     <t>Belgique</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
-    <t>EEA (2023), Nutrients in freshwater in Europe (CSI 020/WAT 003), communication directe 24/8/2023.</t>
+    <t>Note: Europe: 18 pays, voir Description</t>
+  </si>
+  <si>
+    <t>Source: Eurostat (2025), Teneur en nitrate dans l'eau souterraine, sdg_06_40, https://ec.europa.eu/eurostat, dernière mise à jour des données 24/01/2025 23:00 (consulté le 19/09/2025).</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G06_NGW</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Nitrates dans les eaux souterraines (i34)</t>
+    <t>Nitrates dans les eaux souterraines (i35)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
-    <t>Définition: la concentration moyenne de nitrates dans l’eau souterraine est calculée sur la base des données provenant de 20 points de mesures dispersés dans toute la Belgique. Elle est exprimée en poids d'azote dans ces nitrates par litre d'eau (mg NO3-N/l). Les données proviennent de l'Agence européenne de l'environnement. Les données européennes concernent 18 pays de l'Union européenne: Allemagne, Autriche, Belgique, Bulgarie, Chypre, Danemark, Espagne, Estonie, Finlande, France, Irlande, Italie, Lettonie, Malte, Portugal, République Tchèque, Slovaquie et Slovénie.
+    <t>Définition: la concentration moyenne de nitrates dans l’eau souterraine est calculée sur la base des données provenant de 37 points de mesures dispersés dans toute la Belgique. Elle est exprimée en poids d'azote dans ces nitrates par litre d'eau (mg NO3-N/l). Les données proviennent d’Eurostat. Les données européennes concernent 18 pays de l'Union européenne: Allemagne, Autriche, Belgique, Bulgarie, Chypre, Danemark, Espagne, Estonie, Finlande, France, Irlande, Italie, Lettonie, Malte, Portugal, République Tchèque, Slovaquie et Slovénie.
 Objectif: la concentration moyenne de nitrates dans l’eau souterraine doit diminuer.
 Les objectifs de développement durable ou SDG adoptés par l'ONU en 2015 comprennent le sous-objectif 6.3: "D’ici à 2030, améliorer la qualité de l’eau en réduisant la pollution, en éliminant l’immersion et en réduisant au minimum les émissions de produits chimiques et de matières dangereuses, en diminuant de moitié la proportion d’eaux usées non traitées et en augmentant nettement à l’échelle mondiale le recyclage et la réutilisation sans danger de l’eau".
 La Vision stratégique fédérale à long terme de développement durable inclut l’objectif 35: "Les émissions de polluants (…) seront considérablement réduites et la pollution de l'air (intérieur et extérieur), de l'eau et des sols n'aura plus d'incidence significative, directe ou indirecte, ni sur la santé ni sur l'environnement" (Moniteur belge, 08/10/2013).
-Évolution: la concentration moyenne de nitrates dans l'eau souterraine de Belgique a augmenté entre 1992 et 2008, allant de 23,9 à 28,7mg NO3-N/l. Ensuite elle diminue jusqu'en 2021 tout en restant au-dessus du niveau de 1992 avec 25,6mg NO3-N/l.
-[...1 lines deleted...]
-Ventilation selon la Région: ne peut pas être présentée car des données comparables ne sont actuellement pas disponibles.
 Indicateur ONU: l’indicateur choisi ne correspond à aucun indicateur de suivi des SDG, mais est relié au sous-objectif 6.3. La concentration de nitrates dans l'eau souterraine est un indicateur illustrant la pollution de l'eau.
-Cet indicateur est utilisé pour le calcul de l'indicateur composite Capital environnemental, publié dans le rapport Indicateurs de développement durable.
+Cet indicateur est utilisé pour le calcul de l'indicateur composite Capital environnemental.
 Sources
-Générales
-[...5 lines deleted...]
-Moniteur belge: http://www.ejustice.just.fgov.be/cgi/welcome.pl; recherche sur http://www.ejustice.just.fgov.be/doc/rech_f.htm (consulté le 26/04/2019).
+Moniteur belge: http://www.ejustice.just.fgov.be/cgi/welcome.pl; recherche sur http://www.ejustice.just.fgov.be/doc/rech_f.htm.
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -163,51 +157,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:AF8"/>
+  <dimension ref="A1:AG9"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
         <v>1992</v>
       </c>
       <c r="C3" s="1" t="n">
@@ -275,304 +269,318 @@
       </c>
       <c r="X3" s="1" t="n">
         <v>2014</v>
       </c>
       <c r="Y3" s="1" t="n">
         <v>2015</v>
       </c>
       <c r="Z3" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="AA3" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="AB3" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="AC3" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="AD3" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="AE3" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="AF3" s="1"/>
+      <c r="AF3" s="1" t="n">
+        <v>2022</v>
+      </c>
+      <c r="AG3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="1" t="n">
-[...21 lines deleted...]
-        <v>24.993</v>
+      <c r="B4" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="C4" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="D4" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="E4" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="F4" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="G4" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="H4" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="I4" s="1" t="s">
+        <f>=NA()</f>
       </c>
       <c r="J4" s="1" t="n">
-        <v>24.524</v>
+        <v>27.91</v>
       </c>
       <c r="K4" s="1" t="n">
-        <v>23.165</v>
+        <v>26.79</v>
       </c>
       <c r="L4" s="1" t="n">
-        <v>23.792</v>
+        <v>26.96</v>
       </c>
       <c r="M4" s="1" t="n">
-        <v>25.611</v>
+        <v>27.9</v>
       </c>
       <c r="N4" s="1" t="n">
-        <v>24.911</v>
+        <v>27.65</v>
       </c>
       <c r="O4" s="1" t="n">
-        <v>24.803</v>
+        <v>30.25</v>
       </c>
       <c r="P4" s="1" t="n">
-        <v>26.385</v>
+        <v>32.37</v>
       </c>
       <c r="Q4" s="1" t="n">
-        <v>25.371</v>
+        <v>31.36</v>
       </c>
       <c r="R4" s="1" t="n">
-        <v>27.405</v>
+        <v>32.73</v>
       </c>
       <c r="S4" s="1" t="n">
-        <v>26.609</v>
+        <v>31.01</v>
       </c>
       <c r="T4" s="1" t="n">
-        <v>25.68</v>
+        <v>30.19</v>
       </c>
       <c r="U4" s="1" t="n">
-        <v>25.735</v>
+        <v>29.65</v>
       </c>
       <c r="V4" s="1" t="n">
-        <v>25.569</v>
+        <v>29.87</v>
       </c>
       <c r="W4" s="1" t="n">
-        <v>25.388</v>
+        <v>28.5</v>
       </c>
       <c r="X4" s="1" t="n">
-        <v>25.167</v>
+        <v>28.22</v>
       </c>
       <c r="Y4" s="1" t="n">
-        <v>25.05</v>
+        <v>27.9</v>
       </c>
       <c r="Z4" s="1" t="n">
-        <v>25.297</v>
+        <v>30.34</v>
       </c>
       <c r="AA4" s="1" t="n">
-        <v>24.902</v>
+        <v>29.38</v>
       </c>
       <c r="AB4" s="1" t="n">
-        <v>24.963</v>
+        <v>28.63</v>
       </c>
       <c r="AC4" s="1" t="n">
-        <v>25.266</v>
+        <v>28.25</v>
       </c>
       <c r="AD4" s="1" t="n">
-        <v>25.62</v>
+        <v>27.9</v>
       </c>
       <c r="AE4" s="1" t="n">
-        <v>25.62</v>
-[...1 lines deleted...]
-      <c r="AF4" s="1"/>
+        <v>28.64</v>
+      </c>
+      <c r="AF4" s="1" t="n">
+        <v>28.64</v>
+      </c>
+      <c r="AG4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
-      <c r="B5" s="1" t="n">
-[...21 lines deleted...]
-        <v>20.62</v>
+      <c r="B5" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="C5" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="D5" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="E5" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="F5" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="G5" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="H5" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="I5" s="1" t="s">
+        <f>=NA()</f>
       </c>
       <c r="J5" s="1" t="n">
-        <v>20.927</v>
+        <v>21.23</v>
       </c>
       <c r="K5" s="1" t="n">
-        <v>20.444</v>
+        <v>21.09</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>19.969</v>
+        <v>20.59</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>20.471</v>
+        <v>20.91</v>
       </c>
       <c r="N5" s="1" t="n">
-        <v>20.488</v>
+        <v>20.79</v>
       </c>
       <c r="O5" s="1" t="n">
-        <v>20.036</v>
+        <v>20.86</v>
       </c>
       <c r="P5" s="1" t="n">
-        <v>19.848</v>
+        <v>20.88</v>
       </c>
       <c r="Q5" s="1" t="n">
-        <v>20.543</v>
+        <v>21.27</v>
       </c>
       <c r="R5" s="1" t="n">
-        <v>21.199</v>
+        <v>21.39</v>
       </c>
       <c r="S5" s="1" t="n">
-        <v>21.121</v>
+        <v>21.1</v>
       </c>
       <c r="T5" s="1" t="n">
-        <v>21.053</v>
+        <v>21.56</v>
       </c>
       <c r="U5" s="1" t="n">
-        <v>19.889</v>
+        <v>20.71</v>
       </c>
       <c r="V5" s="1" t="n">
-        <v>21.129</v>
+        <v>21.34</v>
       </c>
       <c r="W5" s="1" t="n">
-        <v>20.481</v>
+        <v>21.22</v>
       </c>
       <c r="X5" s="1" t="n">
-        <v>20.303</v>
+        <v>21.32</v>
       </c>
       <c r="Y5" s="1" t="n">
-        <v>20.366</v>
+        <v>21.35</v>
       </c>
       <c r="Z5" s="1" t="n">
-        <v>20.386</v>
+        <v>21.64</v>
       </c>
       <c r="AA5" s="1" t="n">
-        <v>20.082</v>
+        <v>21.06</v>
       </c>
       <c r="AB5" s="1" t="n">
-        <v>20.926</v>
+        <v>21.18</v>
       </c>
       <c r="AC5" s="1" t="n">
-        <v>20.598</v>
+        <v>20.82</v>
       </c>
       <c r="AD5" s="1" t="n">
-        <v>20.702</v>
+        <v>20.43</v>
       </c>
       <c r="AE5" s="1" t="n">
-        <v>20.865</v>
-[...1 lines deleted...]
-      <c r="AF5" s="1"/>
+        <v>20.59</v>
+      </c>
+      <c r="AF5" s="1" t="n">
+        <v>20.65</v>
+      </c>
+      <c r="AG5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0"/>
       <c r="B6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
-      <c r="A8" s="0"/>
+      <c r="A8" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
+      <c r="A9" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B1" s="0" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>cic bfp</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>