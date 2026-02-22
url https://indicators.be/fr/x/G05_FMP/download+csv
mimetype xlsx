--- v0 (2025-10-18)
+++ v1 (2026-02-22)
@@ -13,137 +13,123 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G05_FMP" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="25" uniqueCount="24">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="25" uniqueCount="22">
   <si>
     <t>Femmes parlementaires - Belgique - évaluation de la tendance</t>
   </si>
   <si>
     <t>pourcentage</t>
   </si>
   <si>
     <t>observations</t>
   </si>
   <si>
-    <t>tendance et extrapolation (novembre 2024)</t>
+    <t>tendance et extrapolation (novembre 2025)</t>
   </si>
   <si>
     <t>objectif 2030</t>
   </si>
   <si>
-    <t>European Institute for Gender Equality (2024), Gender Statistics Database, Women and men in decision making, http://eige.europa.eu/ (consulté le14/10/2024); calculs BFP.</t>
+    <t>Source: Calculs BFP sur la base de l'European Institute for Gender Equality (2024), Gender Statistics Database, Women and men in decision making (Belgium), http://eige.europa.eu/, dernière mise à jour des données 28/08/2025 (consulté le 14/10/2024); calculs BFP.</t>
   </si>
   <si>
     <t>Femmes parlementaires - Belgique et comparaison internationale</t>
   </si>
   <si>
     <t>pourcentage des parlements nationaux et régionaux</t>
   </si>
   <si>
     <t>Belgique</t>
   </si>
   <si>
     <t>UE27</t>
   </si>
   <si>
-    <t>European Institute for Gender Equality (2024), Gender Statistics Database, Women and men in decision making, http://eige.europa.eu/ (consulté le 14/10/2024).</t>
-[...2 lines deleted...]
-    <t>Femmes parlementaires selon le parlement - Belgique </t>
+    <t>Femmes parlementaires selon le parlement - Belgique</t>
   </si>
   <si>
     <t>Région de Bruxelles-Capitale</t>
   </si>
   <si>
     <t>Flamand</t>
   </si>
   <si>
     <t>Wallon</t>
   </si>
   <si>
     <t>Communauté germanophone</t>
   </si>
   <si>
     <t>Fédéral</t>
   </si>
   <si>
-    <t>European Institute for Gender Equality (2024), Gender Statistics Database, Women and men in decision making, http://eige.europa.eu/ (consulté le 14/10/2024); calculs BFP.</t>
-[...1 lines deleted...]
-  <si>
     <t>Code</t>
   </si>
   <si>
     <t>G05_FMP</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Femmes parlementaires (i31)</t>
+    <t>Femmes parlementaires (i32)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Définition: part de femmes élues dans les parlements belges élus directement: la Chambre (fédérale), les parlements flamand et wallon et les parlements de la Région de Bruxelles-Capitale et de la Communauté germanophone. L'indicateur est calculé par le Bureau fédéral du Plan sur la base des données (trimestrielles) de l'Institut européen pour l'égalité entre les hommes et les femmes (EIGE).
+Pour cet indicateur la ventilation suivante est disponible : région.
 Objectif: la part de femmes parlementaires doit être la moitié.
 Les objectifs de développement durable ou SDG adoptés par l'ONU en 2015 comprennent le sous-objectif 5.5: "Veiller à ce que les femmes participent pleinement et effectivement aux fonctions de direction à tous les niveaux de décision, dans la vie politique, économique et publique, et y accèdent sur un pied d’égalité".
 La Vision fédérale à long terme sur le développement durable inclut l'objectif 1: "les femmes et les hommes exerceront leurs droits de manière égale. Ils pourront contribuer à tous les aspects du développement de la société et à l’amélioration des conditions de vie sans distinction, exclusion ou restriction sur la base du sexe" (Moniteur belge, 08/10/2013).
-Évolution: une augmentation de la proportion de femmes parlementaires de l'ensemble de la Belgique au cours du temps est observée, passant de 29,6% en 2003 à 43,6% des parlementaires en 2023.
-[...1 lines deleted...]
-Ventilation selon la Région: la part de femmes parlementaires en 2023 est de 43,8% au parlement bruxellois, de 47,6% au parlement flamand et de 37,3% au parlement wallon. Dans le parlement de la Communauté germanophone cette part est de 48,0%. Pour le parlement fédéral, ce chiffre est de 42,2%. Globalement en Belgique, ce chiffre est de 43,6%.
 Indicateur ONU: l’indicateur choisi correspond à l'indicateur 5.5.1 - Proportion de sièges occupés par des femmes dans a) les parlements nationaux et b) les administrations locales.
 Sources
-Générales
-[...5 lines deleted...]
-Moniteur belge: http://www.ejustice.just.fgov.be/cgi/welcome.pl; recherche sur http://www.ejustice.just.fgov.be/doc/rech_f.htm (consulté le 24/09/2020).
+Moniteur belge: http://www.ejustice.just.fgov.be/cgi/welcome.pl; recherche sur http://www.ejustice.just.fgov.be/doc/rech_f.htm.
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -394,169 +380,169 @@
       </c>
       <c r="R4" s="1" t="n">
         <v>40.43126685</v>
       </c>
       <c r="S4" s="1" t="n">
         <v>39.65424095</v>
       </c>
       <c r="T4" s="1" t="n">
         <v>39.20086393</v>
       </c>
       <c r="U4" s="1" t="n">
         <v>42.60259179</v>
       </c>
       <c r="V4" s="1" t="n">
         <v>42.94181034</v>
       </c>
       <c r="W4" s="1" t="n">
         <v>43.46652268</v>
       </c>
       <c r="X4" s="1" t="n">
         <v>43.99350649</v>
       </c>
       <c r="Y4" s="1" t="n">
         <v>43.63833243</v>
       </c>
-      <c r="Z4" s="1" t="s">
-        <f>=NA()</f>
+      <c r="Z4" s="1" t="n">
+        <v>44</v>
       </c>
       <c r="AA4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AB4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AC4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AD4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AE4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AF4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AG4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="C5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="E5" s="1" t="n">
-        <v>30.68925585</v>
+        <v>30.68802348</v>
       </c>
       <c r="F5" s="1" t="n">
-        <v>31.67879677</v>
+        <v>31.67819332</v>
       </c>
       <c r="G5" s="1" t="n">
-        <v>32.68837412</v>
+        <v>32.68845454</v>
       </c>
       <c r="H5" s="1" t="n">
-        <v>33.71366792</v>
+        <v>33.71450954</v>
       </c>
       <c r="I5" s="1" t="n">
-        <v>34.75083812</v>
+        <v>34.75254191</v>
       </c>
       <c r="J5" s="1" t="n">
-        <v>35.78958719</v>
+        <v>35.79227045</v>
       </c>
       <c r="K5" s="1" t="n">
-        <v>36.80551969</v>
+        <v>36.80929687</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>37.73974901</v>
+        <v>37.74469528</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>38.55860013</v>
+        <v>38.56470537</v>
       </c>
       <c r="N5" s="1" t="n">
-        <v>39.25023351</v>
+        <v>39.25734515</v>
       </c>
       <c r="O5" s="1" t="n">
-        <v>39.82012425</v>
+        <v>39.82788009</v>
       </c>
       <c r="P5" s="1" t="n">
-        <v>40.28635646</v>
+        <v>40.29410893</v>
       </c>
       <c r="Q5" s="1" t="n">
-        <v>40.6781857</v>
+        <v>40.68492086</v>
       </c>
       <c r="R5" s="1" t="n">
-        <v>41.03047173</v>
+        <v>41.03472497</v>
       </c>
       <c r="S5" s="1" t="n">
-        <v>41.37716579</v>
+        <v>41.37693924</v>
       </c>
       <c r="T5" s="1" t="n">
-        <v>41.74729228</v>
+        <v>41.73998507</v>
       </c>
       <c r="U5" s="1" t="n">
-        <v>42.15300775</v>
+        <v>42.1353817</v>
       </c>
       <c r="V5" s="1" t="n">
-        <v>42.58018257</v>
+        <v>42.54841113</v>
       </c>
       <c r="W5" s="1" t="n">
-        <v>43.018697</v>
+        <v>42.96852835</v>
       </c>
       <c r="X5" s="1" t="n">
-        <v>43.46168716</v>
+        <v>43.38876085</v>
       </c>
       <c r="Y5" s="1" t="n">
-        <v>43.9065486</v>
+        <v>43.80690902</v>
       </c>
       <c r="Z5" s="1" t="n">
-        <v>44.311022</v>
+        <v>44.22681297</v>
       </c>
       <c r="AA5" s="1" t="n">
-        <v>44.67840152</v>
+        <v>44.60834893</v>
       </c>
       <c r="AB5" s="1" t="n">
-        <v>45.0117844</v>
+        <v>44.95469358</v>
       </c>
       <c r="AC5" s="1" t="n">
-        <v>45.31406787</v>
+        <v>45.26882392</v>
       </c>
       <c r="AD5" s="1" t="n">
-        <v>45.58795002</v>
+        <v>45.55351676</v>
       </c>
       <c r="AE5" s="1" t="n">
-        <v>45.83593377</v>
+        <v>45.81135168</v>
       </c>
       <c r="AF5" s="1" t="n">
-        <v>46.0603332</v>
+        <v>46.04471653</v>
       </c>
       <c r="AG5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="1" t="n">
         <v>50</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>50</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>50</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>50</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>50</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>50</v>
       </c>
@@ -702,51 +688,54 @@
       </c>
       <c r="O12" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="P12" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="Q12" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="R12" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="S12" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="T12" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="U12" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="V12" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="W12" s="1"/>
+      <c r="W12" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="X12" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B13" s="1" t="n">
         <v>29.59501558</v>
       </c>
       <c r="C13" s="1" t="n">
         <v>32.44206774</v>
       </c>
       <c r="D13" s="1" t="n">
         <v>32.78508772</v>
       </c>
       <c r="E13" s="1" t="n">
         <v>33.15158124</v>
       </c>
       <c r="F13" s="1" t="n">
         <v>33.54943274</v>
       </c>
       <c r="G13" s="1" t="n">
         <v>32.88336933</v>
       </c>
       <c r="H13" s="1" t="n">
         <v>39.81631551</v>
@@ -771,51 +760,54 @@
       </c>
       <c r="O13" s="1" t="n">
         <v>40.43126685</v>
       </c>
       <c r="P13" s="1" t="n">
         <v>39.65424095</v>
       </c>
       <c r="Q13" s="1" t="n">
         <v>39.20086393</v>
       </c>
       <c r="R13" s="1" t="n">
         <v>42.60259179</v>
       </c>
       <c r="S13" s="1" t="n">
         <v>42.94181034</v>
       </c>
       <c r="T13" s="1" t="n">
         <v>43.46652268</v>
       </c>
       <c r="U13" s="1" t="n">
         <v>43.99350649</v>
       </c>
       <c r="V13" s="1" t="n">
         <v>43.63833243</v>
       </c>
-      <c r="W13" s="1"/>
+      <c r="W13" s="1" t="n">
+        <v>44</v>
+      </c>
+      <c r="X13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B14" s="1" t="n">
         <v>23.86666667</v>
       </c>
       <c r="C14" s="1" t="n">
         <v>28.52356634</v>
       </c>
       <c r="D14" s="1" t="n">
         <v>27.44946767</v>
       </c>
       <c r="E14" s="1" t="n">
         <v>28.43582534</v>
       </c>
       <c r="F14" s="1" t="n">
         <v>28.03794775</v>
       </c>
       <c r="G14" s="1" t="n">
         <v>28.0457035</v>
       </c>
       <c r="H14" s="1" t="n">
         <v>28.52178309</v>
@@ -840,67 +832,70 @@
       </c>
       <c r="O14" s="1" t="n">
         <v>31.58060312</v>
       </c>
       <c r="P14" s="1" t="n">
         <v>32.23349683</v>
       </c>
       <c r="Q14" s="1" t="n">
         <v>32.50403262</v>
       </c>
       <c r="R14" s="1" t="n">
         <v>32.95421504</v>
       </c>
       <c r="S14" s="1" t="n">
         <v>33.57662597</v>
       </c>
       <c r="T14" s="1" t="n">
         <v>34.02419328</v>
       </c>
       <c r="U14" s="1" t="n">
         <v>34.44593543</v>
       </c>
       <c r="V14" s="1" t="n">
         <v>32.79901844</v>
       </c>
-      <c r="W14" s="1"/>
+      <c r="W14" s="1" t="n">
+        <v>33.21593922</v>
+      </c>
+      <c r="X14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0"/>
       <c r="B15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="0"/>
       <c r="B20" s="1" t="n">
         <v>2003</v>
       </c>
       <c r="C20" s="1" t="n">
         <v>2004</v>
       </c>
       <c r="D20" s="1" t="n">
         <v>2005</v>
       </c>
       <c r="E20" s="1" t="n">
         <v>2006</v>
       </c>
       <c r="F20" s="1" t="n">
         <v>2007</v>
       </c>
       <c r="G20" s="1" t="n">
@@ -929,55 +924,58 @@
       </c>
       <c r="O20" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="P20" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="Q20" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="R20" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="S20" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="T20" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="U20" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="V20" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="W20" s="1"/>
+      <c r="W20" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="X20" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="0" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B21" s="1" t="n">
         <v>32.89473684</v>
       </c>
       <c r="C21" s="1" t="n">
         <v>42.04545455</v>
       </c>
       <c r="D21" s="1" t="n">
         <v>43.02325581</v>
       </c>
       <c r="E21" s="1" t="n">
         <v>42.04545455</v>
       </c>
       <c r="F21" s="1" t="n">
         <v>42.69662921</v>
       </c>
       <c r="G21" s="1" t="n">
         <v>42.69662921</v>
       </c>
       <c r="H21" s="1" t="n">
         <v>48.31460674</v>
       </c>
       <c r="I21" s="1" t="n">
         <v>47.19101124</v>
       </c>
@@ -998,55 +996,58 @@
       </c>
       <c r="O21" s="1" t="n">
         <v>41.57303371</v>
       </c>
       <c r="P21" s="1" t="n">
         <v>41.57303371</v>
       </c>
       <c r="Q21" s="1" t="n">
         <v>41.57303371</v>
       </c>
       <c r="R21" s="1" t="n">
         <v>48.31460674</v>
       </c>
       <c r="S21" s="1" t="n">
         <v>47.77777778</v>
       </c>
       <c r="T21" s="1" t="n">
         <v>48.31460674</v>
       </c>
       <c r="U21" s="1" t="n">
         <v>46.06741573</v>
       </c>
       <c r="V21" s="1" t="n">
         <v>43.82022472</v>
       </c>
-      <c r="W21" s="1"/>
+      <c r="W21" s="1" t="n">
+        <v>46.06741573</v>
+      </c>
+      <c r="X21" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="0" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B22" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="C22" s="1" t="n">
         <v>30.08130081</v>
       </c>
       <c r="D22" s="1" t="n">
         <v>30.89430894</v>
       </c>
       <c r="E22" s="1" t="n">
         <v>31.70731707</v>
       </c>
       <c r="F22" s="1" t="n">
         <v>33.06451613</v>
       </c>
       <c r="G22" s="1" t="n">
         <v>31.4516129</v>
       </c>
       <c r="H22" s="1" t="n">
         <v>39.51612903</v>
       </c>
       <c r="I22" s="1" t="n">
         <v>39.51612903</v>
       </c>
@@ -1067,55 +1068,58 @@
       </c>
       <c r="O22" s="1" t="n">
         <v>42.4</v>
       </c>
       <c r="P22" s="1" t="n">
         <v>41.93548387</v>
       </c>
       <c r="Q22" s="1" t="n">
         <v>41.12903226</v>
       </c>
       <c r="R22" s="1" t="n">
         <v>45.96774194</v>
       </c>
       <c r="S22" s="1" t="n">
         <v>45.96774194</v>
       </c>
       <c r="T22" s="1" t="n">
         <v>45.96774194</v>
       </c>
       <c r="U22" s="1" t="n">
         <v>48.38709677</v>
       </c>
       <c r="V22" s="1" t="n">
         <v>47.58064516</v>
       </c>
-      <c r="W22" s="1"/>
+      <c r="W22" s="1" t="n">
+        <v>42.74193548</v>
+      </c>
+      <c r="X22" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B23" s="1" t="n">
         <v>12.5</v>
       </c>
       <c r="C23" s="1" t="n">
         <v>21.62162162</v>
       </c>
       <c r="D23" s="1" t="n">
         <v>21.62162162</v>
       </c>
       <c r="E23" s="1" t="n">
         <v>21.62162162</v>
       </c>
       <c r="F23" s="1" t="n">
         <v>24</v>
       </c>
       <c r="G23" s="1" t="n">
         <v>21.33333333</v>
       </c>
       <c r="H23" s="1" t="n">
         <v>36</v>
       </c>
       <c r="I23" s="1" t="n">
         <v>37.33333333</v>
       </c>
@@ -1136,55 +1140,58 @@
       </c>
       <c r="O23" s="1" t="n">
         <v>42.66666667</v>
       </c>
       <c r="P23" s="1" t="n">
         <v>41.33333333</v>
       </c>
       <c r="Q23" s="1" t="n">
         <v>41.33333333</v>
       </c>
       <c r="R23" s="1" t="n">
         <v>37.33333333</v>
       </c>
       <c r="S23" s="1" t="n">
         <v>37.33333333</v>
       </c>
       <c r="T23" s="1" t="n">
         <v>37.33333333</v>
       </c>
       <c r="U23" s="1" t="n">
         <v>36.48648649</v>
       </c>
       <c r="V23" s="1" t="n">
         <v>37.33333333</v>
       </c>
-      <c r="W23" s="1"/>
+      <c r="W23" s="1" t="n">
+        <v>46.66666667</v>
+      </c>
+      <c r="X23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="0" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B24" s="1" t="n">
         <v>33.33333333</v>
       </c>
       <c r="C24" s="1" t="n">
         <v>29.16666667</v>
       </c>
       <c r="D24" s="1" t="n">
         <v>29.16666667</v>
       </c>
       <c r="E24" s="1" t="n">
         <v>29.16666667</v>
       </c>
       <c r="F24" s="1" t="n">
         <v>20</v>
       </c>
       <c r="G24" s="1" t="n">
         <v>16</v>
       </c>
       <c r="H24" s="1" t="n">
         <v>32</v>
       </c>
       <c r="I24" s="1" t="n">
         <v>32</v>
       </c>
@@ -1205,55 +1212,58 @@
       </c>
       <c r="O24" s="1" t="n">
         <v>32</v>
       </c>
       <c r="P24" s="1" t="n">
         <v>24</v>
       </c>
       <c r="Q24" s="1" t="n">
         <v>24</v>
       </c>
       <c r="R24" s="1" t="n">
         <v>40</v>
       </c>
       <c r="S24" s="1" t="n">
         <v>36</v>
       </c>
       <c r="T24" s="1" t="n">
         <v>40</v>
       </c>
       <c r="U24" s="1" t="n">
         <v>48</v>
       </c>
       <c r="V24" s="1" t="n">
         <v>48</v>
       </c>
-      <c r="W24" s="1"/>
+      <c r="W24" s="1" t="n">
+        <v>48</v>
+      </c>
+      <c r="X24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B25" s="1" t="n">
         <v>35.5704698</v>
       </c>
       <c r="C25" s="1" t="n">
         <v>35.34675615</v>
       </c>
       <c r="D25" s="1" t="n">
         <v>34.67336683</v>
       </c>
       <c r="E25" s="1" t="n">
         <v>35.51088777</v>
       </c>
       <c r="F25" s="1" t="n">
         <v>35.55555556</v>
       </c>
       <c r="G25" s="1" t="n">
         <v>36.83333333</v>
       </c>
       <c r="H25" s="1" t="n">
         <v>38.23038397</v>
       </c>
       <c r="I25" s="1" t="n">
         <v>38.89816361</v>
       </c>
@@ -1274,112 +1284,115 @@
       </c>
       <c r="O25" s="1" t="n">
         <v>38.39732888</v>
       </c>
       <c r="P25" s="1" t="n">
         <v>38.39732888</v>
       </c>
       <c r="Q25" s="1" t="n">
         <v>37.66666667</v>
       </c>
       <c r="R25" s="1" t="n">
         <v>39.5</v>
       </c>
       <c r="S25" s="1" t="n">
         <v>41.5</v>
       </c>
       <c r="T25" s="1" t="n">
         <v>42.16666667</v>
       </c>
       <c r="U25" s="1" t="n">
         <v>42.16666667</v>
       </c>
       <c r="V25" s="1" t="n">
         <v>42.68907563</v>
       </c>
-      <c r="W25" s="1"/>
+      <c r="W25" s="1" t="n">
+        <v>41.8</v>
+      </c>
+      <c r="X25" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0"/>
       <c r="B26" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0" t="s">
-        <v>17</v>
+        <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="B1" s="0" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>cic bfp</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>