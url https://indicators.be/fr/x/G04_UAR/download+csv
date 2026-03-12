--- v0 (2025-10-03)
+++ v1 (2026-03-12)
@@ -13,134 +13,119 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G04_UAR" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="25" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="25" uniqueCount="20">
   <si>
     <t>Maîtrise insuffisante de la lecture - Belgique - évaluation de la tendance</t>
   </si>
   <si>
     <t>pourcentage de jeunes âgés de 15 ans</t>
   </si>
   <si>
     <t>observations</t>
   </si>
   <si>
-    <t>tendance et extrapolation (novembre 2024)</t>
+    <t>tendance et extrapolation (novembre 2025)</t>
   </si>
   <si>
     <t>objectif 2030</t>
   </si>
   <si>
-    <t>rupture de série: 2009 et 2020</t>
-[...2 lines deleted...]
-    <t>OECD; Eurostat (2024), Underachieving 15-year-old students by sex and field - PISA survey [educ_outc_pisa]; https://ec.europa.eu/eurostat (consulté le 07/10/2024) &amp; calculs BFP.</t>
+    <t>Note: rupture de série: 2009 et 2018</t>
+  </si>
+  <si>
+    <t>Source: OECD; Eurostat (2025), Underachieving 15-year-old students by sex and field - PISA survey, educ_outc_pisa; https://ec.europa.eu/eurostat, dernière mise à jour des données 14/12/2023 11:00 (consulté le 25/09/2025)</t>
   </si>
   <si>
     <t>Maîtrise insuffisante de la lecture - Belgique et comparaison internationale</t>
   </si>
   <si>
     <t>Belgique</t>
   </si>
   <si>
     <t>UE27</t>
   </si>
   <si>
-    <t>rupture de série: 2009 et 2018</t>
-[...2 lines deleted...]
-    <t>OECD; Eurostat (2024), Underachieving 15-year-old students by sex and field - PISA survey [educ_outc_pisa]; https://ec.europa.eu/eurostat (consulté le 07/10/2024).</t>
+    <t>Source: OECD; Eurostat (2025), Underachieving 15-year-old students by sex and field - PISA survey, educ_outc_pisa; https://ec.europa.eu/eurostat dernière mise à jour des données 14/12/2023 11:00 (consulté le 25/09/2025).</t>
   </si>
   <si>
     <t>Maîtrise insuffisante de la lecture selon le sexe - Belgique</t>
   </si>
   <si>
     <t>femmes</t>
   </si>
   <si>
     <t>hommes</t>
   </si>
   <si>
-    <t>rupture de série: 2009 et 2019</t>
-[...1 lines deleted...]
-  <si>
     <t>Code</t>
   </si>
   <si>
     <t>G04_UAR</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Maîtrise insuffisante de la lecture (i28)</t>
+    <t>Maîtrise insuffisante de la lecture (i29)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Définition: l’indicateur mesure la part des élèves de 15 ans qui n’atteint pas le niveau 2 (niveau élémentaire) de l’échelle PISA pour les performances en lecture. Il s’agit d’un des trois domaines clés de d’apprentissage, à côté des compétences mathématiques et scientifiques. Les données sont tirées du Programme international pour le suivi des acquis des élèves (PISA), une enquête internationale menée tous les trois ans pour évaluer les compétences et les connaissances des élèves de 15 ans. En Belgique, les tests sont réalisés par les universités de Gand et de Liège. Comme les données sont basées sur des enquêtes, il faut tenir compte d’une marge d’incertitude. Les intervalles de confiance peuvent être consultés sur le site de l’OCDE, sur les pages consacrées aux données PISA.
+Pour cet indicateur la ventilation suivante est disponible : sexe.
 Objectif: la part des élèves de 15 ans ayant une maîtrise insuffisante de la lecture doit descendre sous les 15% en 2030.
 Les objectifs de développement durable ou SDG adoptés par l'ONU en 2015 comprennent le sous-objectif 4.6: "D’ici à 2030, faire en sorte que tous les jeunes et une proportion considérable d’adultes, hommes et femmes, sachent lire, écrire et compter".
 Dans la résolution du Conseil relative à un cadre stratégique pour la coopération européenne dans le domaine de l’éducation et de la formation, dans la perspective de l’espace européen de l’éducation et au-delà (2021-2030), le Conseil reconfirme l'objectif suivant: "La proportion de jeunes de 15 ans ayant une maîtrise insuffisante en compréhension de l’écrit, en mathématiques et en sciences devrait être inférieure à 15 % d’ici à 2030." (Journal officiel de l'Union européenne, 26/02/2021, 2021/C 66/01).
-Évolution: la part des élèves de 15 ans ne maîtrisant pas suffisamment la lecture était de 19% en 2000 et de 25,3% en 2022 et a constamment oscillé autour de ce niveau. En 2009 et 2012, la part a baissé dans deux enquêtes consécutives si bien que la part des élèves ayant une maîtrise insuffisante de la lecture a atteint son niveau le plus bas en 2012: 16,1%. Depuis lors, cette part affiche une tendance à la hausse inquiétante: c’est en 2022 que la part la plus élevée était observée (25,3%). Ce recul par rapport à 2012 concernait les trois domaines clés (lecture, compétences mathématiques et scientifiques).
-[...2 lines deleted...]
-Ventilation selon le sexe: Il y a un écart sensible entre la part des garçons et des filles de 15 ans qui ne maîtrisent pas suffisamment la lecture. La part des filles est toujours plus faible que celle des garçons. Cet écart varie entre 5 (en 2015) et 11,5 points de pourcentage (en 2006) et atteint 9,5 en 2022.
 Indicateur ONU: l’indicateur choisi correspond à l’indicateur 4.6.1 – Pourcentage de la population d’un groupe d’âge donné ayant les compétences voulues à au moins un niveau d’aptitude fixé a) en alphabétisme et b) numératie fonctionnels.
-Cet indicateur est utilisé pour le calcul de l'indicateur composite Capital humain, publié dans le rapport Indicateurs de développement durable.
+Cet indicateur est utilisé pour le calcul de l'indicateur composite Capital humain.
 Sources
-Générales
-[...6 lines deleted...]
-Journal officiel de l'Union européenne: (consulté le 11/07/2022).
+Site de l’OCDE sur PISA : http://www.oecd.org/pisa-fr/ (consulté le 02/10/2025).
+Journal officiel de l'Union européenne: https://eur-lex.europa.eu/oj/direct-access.html?locale=fr.
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -733,224 +718,224 @@
         <v>23.7</v>
       </c>
       <c r="E15" s="1" t="n">
         <v>19.7</v>
       </c>
       <c r="F15" s="1" t="n">
         <v>18</v>
       </c>
       <c r="G15" s="1" t="n">
         <v>20</v>
       </c>
       <c r="H15" s="1" t="n">
         <v>22.5</v>
       </c>
       <c r="I15" s="1" t="n">
         <v>26.2</v>
       </c>
       <c r="J15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0"/>
       <c r="B16" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="0" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="0"/>
       <c r="B22" s="1" t="n">
         <v>2000</v>
       </c>
       <c r="C22" s="1" t="n">
         <v>2003</v>
       </c>
       <c r="D22" s="1" t="n">
         <v>2006</v>
       </c>
       <c r="E22" s="1" t="n">
         <v>2009</v>
       </c>
       <c r="F22" s="1" t="n">
         <v>2012</v>
       </c>
       <c r="G22" s="1" t="n">
         <v>2015</v>
       </c>
       <c r="H22" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="I22" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="J22" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B23" s="1" t="n">
         <v>14.1</v>
       </c>
       <c r="C23" s="1" t="n">
         <v>13</v>
       </c>
       <c r="D23" s="1" t="n">
         <v>13.4</v>
       </c>
       <c r="E23" s="1" t="n">
         <v>13.8</v>
       </c>
       <c r="F23" s="1" t="n">
         <v>11.8</v>
       </c>
       <c r="G23" s="1" t="n">
         <v>17</v>
       </c>
       <c r="H23" s="1" t="n">
         <v>17.8</v>
       </c>
       <c r="I23" s="1" t="n">
         <v>20.6</v>
       </c>
       <c r="J23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="0" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B24" s="1" t="n">
         <v>22.8</v>
       </c>
       <c r="C24" s="1" t="n">
         <v>22.4</v>
       </c>
       <c r="D24" s="1" t="n">
         <v>24.9</v>
       </c>
       <c r="E24" s="1" t="n">
         <v>21.5</v>
       </c>
       <c r="F24" s="1" t="n">
         <v>20.4</v>
       </c>
       <c r="G24" s="1" t="n">
         <v>22</v>
       </c>
       <c r="H24" s="1" t="n">
         <v>24.7</v>
       </c>
       <c r="I24" s="1" t="n">
         <v>30.1</v>
       </c>
       <c r="J24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="0"/>
       <c r="B25" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0" t="s">
-        <v>15</v>
+        <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="B1" s="0" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>cic bfp</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>