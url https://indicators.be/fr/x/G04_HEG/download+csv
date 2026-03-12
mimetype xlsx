--- v0 (2025-11-23)
+++ v1 (2026-03-12)
@@ -24,140 +24,131 @@
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G04_HEG" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="27">
   <si>
     <t>Diplômés de l'enseignement supérieur - Belgique - évaluation de la tendance</t>
   </si>
   <si>
     <t>pourcentage des 25-34 ans</t>
   </si>
   <si>
     <t>observations</t>
   </si>
   <si>
-    <t>tendance et extrapolation (novembre 2024)</t>
+    <t>tendance et extrapolation (novembre 2025)</t>
   </si>
   <si>
     <t>objectif 2030</t>
   </si>
   <si>
-    <t>rupture de série: 2008, 2014, 2017, 2021</t>
-[...2 lines deleted...]
-    <t>Statbel; Eurostat (2024), Niveau d'études supérieur par sexe, pour la tranche d'âge 25-34 ans, edat_lfse_03, https://ec.europa.eu/eurostat (consulté le 02/10/2024) &amp; calculs BFP.</t>
+    <t>Note: rupture de série: 2008, 2014, 2017, 2021</t>
+  </si>
+  <si>
+    <t>Source: Statbel; Eurostat (2025), Niveau d'études supérieur par sexe, pour la tranche d'âge 25-34 ans, edat_lfse_03, https://ec.europa.eu/eurostat, dernière mise à jour des données 12/06/2025 23:00 (consulté le 07/07/2025)</t>
   </si>
   <si>
     <t>Diplômés de l'enseignement supérieur - Belgique et comparaison internationale</t>
   </si>
   <si>
     <t>Belgique</t>
   </si>
   <si>
     <t>UE27</t>
   </si>
   <si>
-    <t>rupture de série: BE en 1999, 2008, 2014, 2017, 2021; UE en 2014, 2021</t>
-[...2 lines deleted...]
-    <t>Statbel; Eurostat (2024), Niveau d'études supérieur par sexe, pour la tranche d'âge 25-34 ans, edat_lfse_03, https://ec.europa.eu/eurostat (consulté le 02/10/2024).</t>
+    <t>Note: rupture de série: BE en 1999, 2008, 2014, 2017, 2021; UE en 2014, 2021</t>
+  </si>
+  <si>
+    <t>Source: Statbel; Eurostat (2025), Niveau d'études supérieur par sexe, pour la tranche d'âge 25-34 ans, edat_lfse_03, https://ec.europa.eu/eurostat, dernière mise à jour des données 12/06/2025 23:00 (consulté le 07/07/2025).</t>
   </si>
   <si>
     <t>Diplômés de l'enseignement supérieur selon la Région - Belgique</t>
   </si>
   <si>
     <t>Région de Bruxelles-Capitale</t>
   </si>
   <si>
     <t>Région flamande</t>
   </si>
   <si>
     <t>Région wallonne</t>
   </si>
   <si>
-    <t>La marge d'incertitude de cet indicateur est indiquée dans le texte pour la dernière année. Rupture de série: 2008, 2014, 2017, 2021</t>
-[...2 lines deleted...]
-    <t>Statbel; Eurostat (2024), Niveau d'études supérieur par région NUTS 2, pour la tranche d'âge 25-34 ans, edat_lfse_04, https://ec.europa.eu/eurostat (consulté le 02/10/2024).</t>
+    <t>Note: La marge d'incertitude de cet indicateur est indiquée dans le texte pour la dernière année. Rupture de série: 2008, 2014, 2017, 2021</t>
+  </si>
+  <si>
+    <t>Source: Statbel; Eurostat (2025), Niveau d'études supérieur par région NUTS 2, pour la tranche d'âge 25-34 ans, edat_lfse_04, https://ec.europa.eu/eurostat, dernière mise à jour des données 12/06/2025 23:00 (consulté le 07/07/2025).</t>
   </si>
   <si>
     <t>Diplômés de l'enseignement supérieur selon le sexe - Belgique</t>
   </si>
   <si>
     <t>femmes</t>
   </si>
   <si>
     <t>hommes</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G04_HEG</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Diplômés de l'enseignement supérieur (i26)</t>
+    <t>Diplômés de l'enseignement supérieur (i27)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
-    <t>Définition: part de la population âgée de 25 à 34 ans ayant un diplôme de l'enseignement supérieur. Ce niveau d'éducation correspond aux niveaux 5-8 de la CITE (Classification internationale type de l'éducation) 2011 pour les données à partir de 2014 et aux niveaux 5-6 de la CITE 1997 pour les données jusqu'en 2013. Les données sont issues de l'Enquête sur les forces du travail (EFT). Statistics Belgium organise en Belgique cette enquête harmonisée au niveau de l'UE et en met les résultats à disposition, notamment d'Eurostat. La méthodologie de cette enquête a été revue en 2017. La comparaison entre les données de 2017 et celles des années précédentes doit être faite avec prudence. Les données utilisées ici proviennent d'Eurostat qui publie des résultats détaillés et comparables entre les États membres de l'UE. Comme ces données sont basées sur des enquêtes, il faut tenir compte d’une marge d’incertitude. Cette marge d'incertitude augmente à mesure que l'indicateur est calculé pour des sous-populations plus petites. Les intervalles de confiance (IC) correspondant à ces données sont disponibles sur demande auprès de Statistics Belgium.
+    <t>Définition: part de la population âgée de 25 à 34 ans ayant un diplôme de l'enseignement supérieur. Ce niveau d'éducation correspond aux niveaux 5-8 de la CITE (Classification internationale type de l'éducation) 2011 pour les données à partir de 2014 et aux niveaux 5-6 de la CITE 1997 pour les données jusqu'en 2013. Les données sont issues de l'Enquête sur les forces du travail (EFT). Statistics Belgium organise en Belgique cette enquête harmonisée au niveau de l'UE et en met les résultats à disposition, notamment d'Eurostat. La méthodologie de cette enquête a été revue plusieurs fois et la comparaison des données sur plusieurs années doit être faite avec prudence. Les données utilisées ici proviennent d'Eurostat qui publie des résultats détaillés et comparables entre les États membres de l'UE. Comme ces données sont basées sur des enquêtes, il faut tenir compte d’une marge d’incertitude. Cette marge d'incertitude augmente à mesure que l'indicateur est calculé pour des sous-populations plus petites. Les intervalles de confiance (IC) correspondant à ces données sont disponibles sur demande auprès de Statistics Belgium.
+Pour cet indicateur les ventilations suivantes sont disponibles : région et sexe.
 Objectif: 45% des 25 à 34 ans ont un diplôme de l'enseignement supérieur.
 Les objectifs de développement durable ou SDG adoptés par l'ONU en 2015 comprennent le sous-objectif 4.3: "D’ici à 2030, faire en sorte que toutes les femmes et tous les hommes aient accès dans des conditions d’égalité à un enseignement technique, professionnel ou tertiaire, y compris universitaire, de qualité et d’un coût abordable".
 Dans la Résolution relative à un cadre stratégique pour la cooperation européenne dans le domaine de l’éducation et de la formation, dans la perspective de l’espace européen de l’éducation et au-delà (2021-2030), le Conseil de l’Union européenne (2021) a adopté une cible de 45% des 25 à 34 ans devant avoir un diplôme de l'enseignement supérieur d’ici à 2030.
 Dans le cadre du Socle européen des droits sociaux, la Belgique a fixé un objectif de 50,1% dans l'enseignement supérieur pour les 30-34 ans d'ici 2030 (European Commission, 2022; Federal Public Service Social Security, 2023). Cet objectif s'applique à un groupe d'âge différent et n'est pas utilisé pour l'évaluation.
-Évolution: la part des 25 à 34 ans titulaires d'un diplôme de l'enseignement supérieur augmente fortement entre 1992 et 2023: une augmentation de plus de 22 points de pourcentage, allant de 27,8% à 50,0%.
-[...2 lines deleted...]
-Ventilation selon le sexe: les femmes (57,3%) sont proportionnellement plus nombreuses que les hommes (42,6%) à avoir un diplôme de l'enseignement supérieur, et, de plus, l'écart entre eux augmente, passant de 4 points de pourcentage en 1992 à 14,7 points de pourcentage en 2023.
 Indicateur ONU: l’indicateur choisi ne correspond à aucun indicateur de suivi des SDG, mais est relié au sous-objectif 4.3, car la part des diplômés de l'enseignement supérieur illustre l'accès à une éducation abordable et de qualité.
-Cet indicateur est utilisé pour le calcul de l'indicateur composite Capital humain, publié dans le rapport Indicateurs de développement durable.
+Cet indicateur est utilisé pour le calcul de l'indicateur composite Capital humain.
 Sources
-Générales
-[...7 lines deleted...]
-Federal Public Service Social Security (2023), Analysis of the evolution of the social situation and social protection in Belgium 2021, https://socialsecurity.belgium.be/sites/default/files/content/docs/en/publications/silc/silc-analysis-social-situation-and-protection-belgium-2021-en.pdf (consulté le 23/11/2023).
+Commission européenne (2022), La Commission se félicite des objectifs des États membres pour une Europe plus sociale à l'horizon 2030, https://ec.europa.eu/commission/presscorner/detail/en/IP_22_3782 (consulté le 02/10/2025).
+Conseil de l’Union européenne (2021), Résolution du Conseil relative à un cadre stratégique pour la cooperation européenne dans le domaine de l’éducation et de la formation, dans la perspective de l’espace européen de l’éducation et au-delà (2021-2030), p. 15, Journal officiel de l’Union européenne, https://eur-lex.europa.eu, 2021/C 66/01.
+Federal Public Service Social Security (2023), Analysis of the evolution of the social situation and social protection in Belgium 2021, https://socialsecurity.belgium.be/sites/default/files/content/docs/en/publications/silc/silc-analysis-social-situation-and-protection-belgium-2021-en.pdf (consulté le 02/10/2025).
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -215,51 +206,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:AH38"/>
+  <dimension ref="A1:AI38"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
         <v>2000</v>
       </c>
       <c r="C3" s="1" t="n">
@@ -408,169 +399,169 @@
       </c>
       <c r="R4" s="1" t="n">
         <v>44.3</v>
       </c>
       <c r="S4" s="1" t="n">
         <v>45.7</v>
       </c>
       <c r="T4" s="1" t="n">
         <v>47.4</v>
       </c>
       <c r="U4" s="1" t="n">
         <v>47.3</v>
       </c>
       <c r="V4" s="1" t="n">
         <v>48.5</v>
       </c>
       <c r="W4" s="1" t="n">
         <v>50.9</v>
       </c>
       <c r="X4" s="1" t="n">
         <v>51.4</v>
       </c>
       <c r="Y4" s="1" t="n">
         <v>50</v>
       </c>
-      <c r="Z4" s="1" t="s">
-        <f>=NA()</f>
+      <c r="Z4" s="1" t="n">
+        <v>50.7</v>
       </c>
       <c r="AA4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AB4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AC4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AD4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AE4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AF4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AG4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="n">
-        <v>36.86373079</v>
+        <v>36.86031358</v>
       </c>
       <c r="C5" s="1" t="n">
-        <v>37.55643568</v>
+        <v>37.55388457</v>
       </c>
       <c r="D5" s="1" t="n">
-        <v>38.25308658</v>
+        <v>38.2514712</v>
       </c>
       <c r="E5" s="1" t="n">
-        <v>38.94360321</v>
+        <v>38.94305814</v>
       </c>
       <c r="F5" s="1" t="n">
-        <v>39.61038174</v>
+        <v>39.61112637</v>
       </c>
       <c r="G5" s="1" t="n">
-        <v>40.23426033</v>
+        <v>40.23660704</v>
       </c>
       <c r="H5" s="1" t="n">
-        <v>40.80616828</v>
+        <v>40.81051687</v>
       </c>
       <c r="I5" s="1" t="n">
-        <v>41.32058056</v>
+        <v>41.32739517</v>
       </c>
       <c r="J5" s="1" t="n">
-        <v>41.78310431</v>
+        <v>41.79286984</v>
       </c>
       <c r="K5" s="1" t="n">
-        <v>42.19970382</v>
+        <v>42.21285533</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>42.58205656</v>
+        <v>42.59887886</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>42.94546462</v>
+        <v>42.9659568</v>
       </c>
       <c r="N5" s="1" t="n">
-        <v>43.3180413</v>
+        <v>43.34174742</v>
       </c>
       <c r="O5" s="1" t="n">
-        <v>43.72433906</v>
+        <v>43.75012869</v>
       </c>
       <c r="P5" s="1" t="n">
-        <v>44.18661509</v>
+        <v>44.21241511</v>
       </c>
       <c r="Q5" s="1" t="n">
-        <v>44.71759103</v>
+        <v>44.74006516</v>
       </c>
       <c r="R5" s="1" t="n">
-        <v>45.33093887</v>
+        <v>45.345137</v>
       </c>
       <c r="S5" s="1" t="n">
-        <v>46.02439921</v>
+        <v>46.02339234</v>
       </c>
       <c r="T5" s="1" t="n">
-        <v>46.78505922</v>
+        <v>46.75963777</v>
       </c>
       <c r="U5" s="1" t="n">
-        <v>47.59591747</v>
+        <v>47.53444504</v>
       </c>
       <c r="V5" s="1" t="n">
-        <v>48.44514049</v>
+        <v>48.3336668</v>
       </c>
       <c r="W5" s="1" t="n">
-        <v>49.3169469</v>
+        <v>49.13974075</v>
       </c>
       <c r="X5" s="1" t="n">
-        <v>50.19494177</v>
+        <v>49.93562317</v>
       </c>
       <c r="Y5" s="1" t="n">
-        <v>51.07767447</v>
+        <v>50.72103735</v>
       </c>
       <c r="Z5" s="1" t="n">
-        <v>51.8861053</v>
+        <v>51.51063351</v>
       </c>
       <c r="AA5" s="1" t="n">
-        <v>52.62520892</v>
+        <v>52.23233282</v>
       </c>
       <c r="AB5" s="1" t="n">
-        <v>53.29987765</v>
+        <v>52.89096252</v>
       </c>
       <c r="AC5" s="1" t="n">
-        <v>53.91486398</v>
+        <v>53.49120381</v>
       </c>
       <c r="AD5" s="1" t="n">
-        <v>54.47473793</v>
+        <v>54.03755169</v>
       </c>
       <c r="AE5" s="1" t="n">
-        <v>54.98385704</v>
+        <v>54.53428702</v>
       </c>
       <c r="AF5" s="1" t="n">
-        <v>55.44634661</v>
+        <v>54.98545838</v>
       </c>
       <c r="AG5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="1" t="n">
         <v>45</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>45</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>45</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>45</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>45</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>45</v>
       </c>
@@ -754,51 +745,54 @@
       </c>
       <c r="Z13" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="AA13" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="AB13" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="AC13" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="AD13" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="AE13" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="AF13" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="AG13" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="AH13" s="1"/>
+      <c r="AH13" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="AI13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="1" t="n">
         <v>27.8</v>
       </c>
       <c r="C14" s="1" t="n">
         <v>29.4</v>
       </c>
       <c r="D14" s="1" t="n">
         <v>30.6</v>
       </c>
       <c r="E14" s="1" t="n">
         <v>30.9</v>
       </c>
       <c r="F14" s="1" t="n">
         <v>32.7</v>
       </c>
       <c r="G14" s="1" t="n">
         <v>33.5</v>
       </c>
       <c r="H14" s="1" t="n">
         <v>33.8</v>
@@ -856,51 +850,54 @@
       </c>
       <c r="Z14" s="1" t="n">
         <v>44.3</v>
       </c>
       <c r="AA14" s="1" t="n">
         <v>45.7</v>
       </c>
       <c r="AB14" s="1" t="n">
         <v>47.4</v>
       </c>
       <c r="AC14" s="1" t="n">
         <v>47.3</v>
       </c>
       <c r="AD14" s="1" t="n">
         <v>48.5</v>
       </c>
       <c r="AE14" s="1" t="n">
         <v>50.9</v>
       </c>
       <c r="AF14" s="1" t="n">
         <v>51.4</v>
       </c>
       <c r="AG14" s="1" t="n">
         <v>50</v>
       </c>
-      <c r="AH14" s="1"/>
+      <c r="AH14" s="1" t="n">
+        <v>50.7</v>
+      </c>
+      <c r="AI14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B15" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="C15" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D15" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="E15" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="F15" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="G15" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="H15" s="1" t="s">
         <f>=NA()</f>
@@ -926,83 +923,86 @@
       <c r="O15" s="1" t="n">
         <v>27.2</v>
       </c>
       <c r="P15" s="1" t="n">
         <v>28.1</v>
       </c>
       <c r="Q15" s="1" t="n">
         <v>28.9</v>
       </c>
       <c r="R15" s="1" t="n">
         <v>29.9</v>
       </c>
       <c r="S15" s="1" t="n">
         <v>31.2</v>
       </c>
       <c r="T15" s="1" t="n">
         <v>32.2</v>
       </c>
       <c r="U15" s="1" t="n">
         <v>33.1</v>
       </c>
       <c r="V15" s="1" t="n">
         <v>34.1</v>
       </c>
       <c r="W15" s="1" t="n">
-        <v>35.1</v>
+        <v>35.2</v>
       </c>
       <c r="X15" s="1" t="n">
         <v>35.9</v>
       </c>
       <c r="Y15" s="1" t="n">
         <v>36.5</v>
       </c>
       <c r="Z15" s="1" t="n">
         <v>36.8</v>
       </c>
       <c r="AA15" s="1" t="n">
         <v>37.6</v>
       </c>
       <c r="AB15" s="1" t="n">
         <v>38.7</v>
       </c>
       <c r="AC15" s="1" t="n">
         <v>39.6</v>
       </c>
       <c r="AD15" s="1" t="n">
         <v>40.7</v>
       </c>
       <c r="AE15" s="1" t="n">
         <v>41.5</v>
       </c>
       <c r="AF15" s="1" t="n">
         <v>42</v>
       </c>
       <c r="AG15" s="1" t="n">
         <v>43.1</v>
       </c>
-      <c r="AH15" s="1"/>
+      <c r="AH15" s="1" t="n">
+        <v>44.1</v>
+      </c>
+      <c r="AI15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0"/>
       <c r="B16" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="0" t="s">
@@ -1061,51 +1061,54 @@
       </c>
       <c r="R22" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="S22" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="T22" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="U22" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="V22" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="W22" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="X22" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="Y22" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="Z22" s="1"/>
+      <c r="Z22" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="AA22" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B23" s="1" t="n">
         <v>43</v>
       </c>
       <c r="C23" s="1" t="n">
         <v>42.5</v>
       </c>
       <c r="D23" s="1" t="n">
         <v>43.8</v>
       </c>
       <c r="E23" s="1" t="n">
         <v>45.7</v>
       </c>
       <c r="F23" s="1" t="n">
         <v>46</v>
       </c>
       <c r="G23" s="1" t="n">
         <v>47.7</v>
       </c>
       <c r="H23" s="1" t="n">
         <v>47.7</v>
@@ -1139,51 +1142,54 @@
       </c>
       <c r="R23" s="1" t="n">
         <v>48.9</v>
       </c>
       <c r="S23" s="1" t="n">
         <v>51.8</v>
       </c>
       <c r="T23" s="1" t="n">
         <v>54</v>
       </c>
       <c r="U23" s="1" t="n">
         <v>53.8</v>
       </c>
       <c r="V23" s="1" t="n">
         <v>55.9</v>
       </c>
       <c r="W23" s="1" t="n">
         <v>56.7</v>
       </c>
       <c r="X23" s="1" t="n">
         <v>58.1</v>
       </c>
       <c r="Y23" s="1" t="n">
         <v>61.6</v>
       </c>
-      <c r="Z23" s="1"/>
+      <c r="Z23" s="1" t="n">
+        <v>59.7</v>
+      </c>
+      <c r="AA23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B24" s="1" t="n">
         <v>37.2</v>
       </c>
       <c r="C24" s="1" t="n">
         <v>38.6</v>
       </c>
       <c r="D24" s="1" t="n">
         <v>38.6</v>
       </c>
       <c r="E24" s="1" t="n">
         <v>39.3</v>
       </c>
       <c r="F24" s="1" t="n">
         <v>41.9</v>
       </c>
       <c r="G24" s="1" t="n">
         <v>42.2</v>
       </c>
       <c r="H24" s="1" t="n">
         <v>43.3</v>
@@ -1217,51 +1223,54 @@
       </c>
       <c r="R24" s="1" t="n">
         <v>46.6</v>
       </c>
       <c r="S24" s="1" t="n">
         <v>47.2</v>
       </c>
       <c r="T24" s="1" t="n">
         <v>48.8</v>
       </c>
       <c r="U24" s="1" t="n">
         <v>49.3</v>
       </c>
       <c r="V24" s="1" t="n">
         <v>51.1</v>
       </c>
       <c r="W24" s="1" t="n">
         <v>53.5</v>
       </c>
       <c r="X24" s="1" t="n">
         <v>54.3</v>
       </c>
       <c r="Y24" s="1" t="n">
         <v>51.6</v>
       </c>
-      <c r="Z24" s="1"/>
+      <c r="Z24" s="1" t="n">
+        <v>52.4</v>
+      </c>
+      <c r="AA24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="0" t="s">
         <v>15</v>
       </c>
       <c r="B25" s="1" t="n">
         <v>31.3</v>
       </c>
       <c r="C25" s="1" t="n">
         <v>33.8</v>
       </c>
       <c r="D25" s="1" t="n">
         <v>33.7</v>
       </c>
       <c r="E25" s="1" t="n">
         <v>35.6</v>
       </c>
       <c r="F25" s="1" t="n">
         <v>36.6</v>
       </c>
       <c r="G25" s="1" t="n">
         <v>35</v>
       </c>
       <c r="H25" s="1" t="n">
         <v>36.9</v>
@@ -1295,51 +1304,54 @@
       </c>
       <c r="R25" s="1" t="n">
         <v>38.3</v>
       </c>
       <c r="S25" s="1" t="n">
         <v>40.4</v>
       </c>
       <c r="T25" s="1" t="n">
         <v>42</v>
       </c>
       <c r="U25" s="1" t="n">
         <v>40.7</v>
       </c>
       <c r="V25" s="1" t="n">
         <v>40.4</v>
       </c>
       <c r="W25" s="1" t="n">
         <v>43.4</v>
       </c>
       <c r="X25" s="1" t="n">
         <v>42.9</v>
       </c>
       <c r="Y25" s="1" t="n">
         <v>41.5</v>
       </c>
-      <c r="Z25" s="1"/>
+      <c r="Z25" s="1" t="n">
+        <v>43.3</v>
+      </c>
+      <c r="AA25" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0"/>
       <c r="B26" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="0" t="s">
@@ -1422,51 +1434,54 @@
       </c>
       <c r="Z32" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="AA32" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="AB32" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="AC32" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="AD32" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="AE32" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="AF32" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="AG32" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="AH32" s="1"/>
+      <c r="AH32" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="AI32" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="0" t="s">
         <v>19</v>
       </c>
       <c r="B33" s="1" t="n">
         <v>29.8</v>
       </c>
       <c r="C33" s="1" t="n">
         <v>32.4</v>
       </c>
       <c r="D33" s="1" t="n">
         <v>33.4</v>
       </c>
       <c r="E33" s="1" t="n">
         <v>33.8</v>
       </c>
       <c r="F33" s="1" t="n">
         <v>36.3</v>
       </c>
       <c r="G33" s="1" t="n">
         <v>37.6</v>
       </c>
       <c r="H33" s="1" t="n">
         <v>37.6</v>
@@ -1524,51 +1539,54 @@
       </c>
       <c r="Z33" s="1" t="n">
         <v>50.8</v>
       </c>
       <c r="AA33" s="1" t="n">
         <v>51.4</v>
       </c>
       <c r="AB33" s="1" t="n">
         <v>54.2</v>
       </c>
       <c r="AC33" s="1" t="n">
         <v>54.6</v>
       </c>
       <c r="AD33" s="1" t="n">
         <v>56.2</v>
       </c>
       <c r="AE33" s="1" t="n">
         <v>57.8</v>
       </c>
       <c r="AF33" s="1" t="n">
         <v>58.6</v>
       </c>
       <c r="AG33" s="1" t="n">
         <v>57.3</v>
       </c>
-      <c r="AH33" s="1"/>
+      <c r="AH33" s="1" t="n">
+        <v>56.9</v>
+      </c>
+      <c r="AI33" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B34" s="1" t="n">
         <v>25.8</v>
       </c>
       <c r="C34" s="1" t="n">
         <v>26.6</v>
       </c>
       <c r="D34" s="1" t="n">
         <v>27.8</v>
       </c>
       <c r="E34" s="1" t="n">
         <v>28.2</v>
       </c>
       <c r="F34" s="1" t="n">
         <v>29.3</v>
       </c>
       <c r="G34" s="1" t="n">
         <v>29.4</v>
       </c>
       <c r="H34" s="1" t="n">
         <v>30</v>
@@ -1626,51 +1644,54 @@
       </c>
       <c r="Z34" s="1" t="n">
         <v>37.8</v>
       </c>
       <c r="AA34" s="1" t="n">
         <v>40</v>
       </c>
       <c r="AB34" s="1" t="n">
         <v>40.6</v>
       </c>
       <c r="AC34" s="1" t="n">
         <v>39.9</v>
       </c>
       <c r="AD34" s="1" t="n">
         <v>40.8</v>
       </c>
       <c r="AE34" s="1" t="n">
         <v>44</v>
       </c>
       <c r="AF34" s="1" t="n">
         <v>44.1</v>
       </c>
       <c r="AG34" s="1" t="n">
         <v>42.6</v>
       </c>
-      <c r="AH34" s="1"/>
+      <c r="AH34" s="1" t="n">
+        <v>44.4</v>
+      </c>
+      <c r="AI34" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="0"/>
       <c r="B35" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>