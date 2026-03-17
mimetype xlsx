--- v0 (2025-10-18)
+++ v1 (2026-03-17)
@@ -24,139 +24,130 @@
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G04_ESL" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="27">
   <si>
     <t>Décrochage scolaire - Belgique - évaluation de la tendance</t>
   </si>
   <si>
     <t>pourcentage des 18-24 ans</t>
   </si>
   <si>
     <t>observations</t>
   </si>
   <si>
-    <t>tendance et extrapolation (novembre 2024)</t>
+    <t>tendance et extrapolation (novembre 2025)</t>
   </si>
   <si>
     <t>objectif 2030</t>
   </si>
   <si>
-    <t>rupture de série: 1999, 2004, 2006, 2008, 2014, 2017 et 2021</t>
-[...2 lines deleted...]
-    <t>Statbel; Eurostat (2024), European Union Labour Force Survey (EU-LFS), edat_lfse_14, https://ec.europa.eu/eurostat (consulté le 04/09/2024) &amp; calculs BFP.</t>
+    <t>Note: rupture de série: 1999, 2004, 2006, 2008, 2014, 2017, 2021 et 2024</t>
+  </si>
+  <si>
+    <t>Source: Statbel; Eurostat (2025), Jeunes ayant quitté prématurément l'éducation et la formation par statut au regard de l'emploi, edat_lfse_14, https://ec.europa.eu/eurostat, dernière mise à jour des données 12/06/2025 23:00 (consulté le 07/07/2025)</t>
   </si>
   <si>
     <t>Décrochage scolaire - Belgique et comparaison internationale</t>
   </si>
   <si>
     <t>Belgique</t>
   </si>
   <si>
     <t>UE27</t>
   </si>
   <si>
-    <t>rupture de série: BE en 1999, 2004, 2006, 2008, 2014, 2017 et 2021; UE en 2003, 2006, 2014 et 2021</t>
-[...2 lines deleted...]
-    <t>Statbel; Eurostat (2024), European Union Labour Force Survey (EU-LFS), edat_lfse_14, https://ec.europa.eu/eurostat (consulté le 04/09/2024).</t>
+    <t>Note: rupture de série: BE en 1999, 2004, 2006, 2008, 2014, 2017, 2021 et 2024; UE en 2003, 2006, 2014 et 2021</t>
+  </si>
+  <si>
+    <t>Source: Statbel; Eurostat (2025), Jeunes ayant quitté prématurément l'éducation et la formation par statut au regard de l'emploi, edat_lfse_14, https://ec.europa.eu/eurostat, dernière mise à jour des données 12/06/2025 23:00 (consulté le 07/07/2025).</t>
   </si>
   <si>
     <t>Décrochage scolaire selon la Région - Belgique</t>
   </si>
   <si>
     <t>Région de Bruxelles-Capitale</t>
   </si>
   <si>
     <t>Région flamande</t>
   </si>
   <si>
     <t>Région wallonne</t>
   </si>
   <si>
-    <t>La marge d'incertitude de cet indicateur est indiquée dans le texte pour la dernière année. Rupture de série: 2004, 2006, 2008, 2014, 2017 et 2021</t>
-[...2 lines deleted...]
-    <t>Statbel; Eurostat (2024), European Union Labour Force Survey (EU-LFS), edat_lfse_16, https://ec.europa.eu/eurostat (consulté le 04/09/2024).</t>
+    <t>Note: La marge d'incertitude de cet indicateur est indiquée dans le texte pour la dernière année. Rupture de série: 2004, 2006, 2008, 2014, 2017, 2021 et 2024</t>
+  </si>
+  <si>
+    <t>Source: Statbel; Eurostat (2025), Jeunes ayant quitté prématurément l'éducation et la formation par région NUTS 2, edat_lfse_16, https://ec.europa.eu/eurostat, dernière mise à jour des données 12/06/2025 23:00 (consulté le 07/07/2025).</t>
   </si>
   <si>
     <t>Décrochage scolaire selon le sexe - Belgique</t>
   </si>
   <si>
     <t>femmes</t>
   </si>
   <si>
     <t>hommes</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G04_ESL</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Décrochage scolaire (i24)</t>
+    <t>Décrochage scolaire (i25)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
-    <t>Définition: part des jeunes de 18 à 24 ans titulaires tout au plus d’un diplôme de l’enseignement secondaire inférieur n’ayant reçu aucun enseignement ou aucune formation au cours des 4 semaines qui ont précédé l’interview. L'enseignement secondaire inférieur correspond aux niveaux 0-2 de la CITE (Classification internationale type de l'éducation) 2011 pour les données à partir de 2014 et aux niveaux 0-3C de la CITE 1997 pour les données jusqu'en 2013. Les données sont issues de l'Enquête sur les forces du travail (EFT). Statistics Belgium organise en Belgique cette enquête harmonisée au niveau de l'UE et en met les résultats à disposition, notamment d'Eurostat. La méthodologie de cette enquête a été revue en 2017. La comparaison entre les données de 2017 et celles des années précédentes doit être faite avec prudence. Les données utilisées ici proviennent d'Eurostat qui publie des résultats détaillés et comparables entre les États membres de l'UE. Comme ces données sont basées sur des enquêtes, il faut tenir compte d’une marge d’incertitude. Cette marge d'incertitude augmente à mesure que l'indicateur est calculé pour des sous-populations plus petites. Les intervalles de confiance (IC) correspondant à ces données sont disponibles sur demande auprès de Statistics Belgium.
+    <t>Définition: part des jeunes de 18 à 24 ans titulaires tout au plus d’un diplôme de l’enseignement secondaire inférieur n’ayant reçu aucun enseignement ou aucune formation au cours des 4 semaines qui ont précédé l’interview. L'enseignement secondaire inférieur correspond aux niveaux 0-2 de la CITE (Classification internationale type de l'éducation) 2011 pour les données à partir de 2014 et aux niveaux 0-3C de la CITE 1997 pour les données jusqu'en 2013. Les données sont issues de l'Enquête sur les forces du travail (EFT). Statistics Belgium organise en Belgique cette enquête harmonisée au niveau de l'UE et en met les résultats à disposition, notamment d'Eurostat. La méthodologie de cette enquête a été revue plusieurs fois et la comparaison des données sur plusieurs années doit être faite avec prudence. Les données utilisées ici proviennent d'Eurostat qui publie des résultats détaillés et comparables entre les États membres de l'UE. Comme ces données sont basées sur des enquêtes, il faut tenir compte d’une marge d’incertitude. Cette marge d'incertitude augmente à mesure que l'indicateur est calculé pour des sous-populations plus petites. Les intervalles de confiance (IC) correspondant à ces données sont disponibles sur demande auprès de Statistics Belgium.
+Pour cet indicateur les ventilations suivantes sont disponibles : région et sexe.
 Objectif: 0% de décrochage scolaire en 2030.
 Les objectifs de développement durable ou SDG adoptés par l'ONU en 2015 comprennent le sous-objectif 4.1: "D’ici à 2030, faire en sorte que toutes les filles et tous les garçons suivent, sur un pied d’égalité, un cycle complet d’enseignement primaire et secondaire gratuit et de qualité, les dotant d’acquis véritablement utiles". Cet objectif vise que toutes les filles et tous les garçons suivent un cycle complet d’enseignement primaire et secondaire gratuit et de qualité est interprété comme le fait de viser 0% de décrochage scolaire en 2030.
 Dans le cadre du Socle européen des droits sociaux, l’UE s'est fixée un objectif de 9% et la Belgique de 7,4% pour la part des jeunes en décrochage scolaire d'ici 2030 (European Commission, 2022; Federal Public Service Social Security, 2023).
-Évolution: selon l’EFT, la part des jeunes en décrochage scolaire baisse, passant de 18,1% en 1992 à 6,2% en 2023.
-[...2 lines deleted...]
-Ventilation selon le sexe: les hommes (7,9%) plus que les femmes (4,4%) quittent l'école sans diplôme et, ces dernières années, l'évolution chez les hommes montre des variations plus fortes au cours du temps que chez les femmes. La différence entre les hommes et les femmes a augmenté de 3,3 points de pourcentage en 1992 à 6,1 points de pourcentage en 2002 pour ensuite diminuer à 3,5 points de pourcentage en 2023. Tout au long de la période le décrochage scolaire est plus haut chez les hommes que chez les femmes et dans les deux cas une tendance à la baisse est observée sur toute cette période.
 Indicateur ONU: l’indicateur choisi est lié à l'indicateur 4.1.1 - Proportion d’enfants et de jeunes: a) en cours élémentaire; b) en fin de cycle primaire; c) en fin de premier cycle du secondaire qui maîtrisent au moins les normes d’aptitudes minimales en i) lecture et ii) mathématiques, par sexe. Il a été choisi car il fournit de l'information sur le nombre d'élèves qui quitte l'enseignement secondaire en ayant au maximum un diplôme de l'enseignement secondaire inférieur.
-Cet indicateur est utilisé pour le calcul de l'indicateur composite de bien-être ici et maintenant, publié dans le rapport Indicateurs de développement durable.
+Cet indicateur est utilisé pour le calcul de l'indicateur composite de bien-être ici et maintenant.
 Sources
-Générales
-[...7 lines deleted...]
-Federal Public Service Social Security (2023), Analysis of the evolution of the social situation and social protection in Belgium 2021, https://socialsecurity.belgium.be/sites/default/files/content/docs/en/publications/silc/silc-analysis-social-situation-and-protection-belgium-2021-en.pdf (consulté le 23/11/2023).
+Commission européenne (2022), La Commission se félicite des objectifs des États membres pour une Europe plus sociale à l'horizon 2030, https://ec.europa.eu/commission/presscorner/detail/en/IP_22_3782 (consulté le 02/10/2025).
+Conseil de l’Union européenne (2021), Résolution du Conseil relative à un cadre stratégique pour la cooperation européenne dans le domaine de l’éducation et de la formation, dans la perspective de l’espace européen de l’éducation et au-delà (2021-2030), p. 15, Journal officiel de l’Union européenne, https://eur-lex.europa.eu, 2021/C 66/01.
+Federal Public Service Social Security (2023), Analysis of the evolution of the social situation and social protection in Belgium 2021, https://socialsecurity.belgium.be/sites/default/files/content/docs/en/publications/silc/silc-analysis-social-situation-and-protection-belgium-2021-en.pdf (consulté le 02/10/2025).
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -214,51 +205,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:AH38"/>
+  <dimension ref="A1:AI38"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
         <v>2000</v>
       </c>
       <c r="C3" s="1" t="n">
@@ -407,169 +398,169 @@
       </c>
       <c r="R4" s="1" t="n">
         <v>8.8</v>
       </c>
       <c r="S4" s="1" t="n">
         <v>8.9</v>
       </c>
       <c r="T4" s="1" t="n">
         <v>8.6</v>
       </c>
       <c r="U4" s="1" t="n">
         <v>8.4</v>
       </c>
       <c r="V4" s="1" t="n">
         <v>8.1</v>
       </c>
       <c r="W4" s="1" t="n">
         <v>6.7</v>
       </c>
       <c r="X4" s="1" t="n">
         <v>6.4</v>
       </c>
       <c r="Y4" s="1" t="n">
         <v>6.2</v>
       </c>
-      <c r="Z4" s="1" t="s">
-        <f>=NA()</f>
+      <c r="Z4" s="1" t="n">
+        <v>7</v>
       </c>
       <c r="AA4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AB4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AC4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AD4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AE4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AF4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AG4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="n">
-        <v>14.24940899</v>
+        <v>14.25811189</v>
       </c>
       <c r="C5" s="1" t="n">
-        <v>14.0148516</v>
+        <v>14.02112334</v>
       </c>
       <c r="D5" s="1" t="n">
-        <v>13.77973854</v>
+        <v>13.78357175</v>
       </c>
       <c r="E5" s="1" t="n">
-        <v>13.53779713</v>
+        <v>13.53904517</v>
       </c>
       <c r="F5" s="1" t="n">
-        <v>13.28627037</v>
+        <v>13.28462544</v>
       </c>
       <c r="G5" s="1" t="n">
-        <v>13.02979612</v>
+        <v>13.02479177</v>
       </c>
       <c r="H5" s="1" t="n">
-        <v>12.77090507</v>
+        <v>12.76194498</v>
       </c>
       <c r="I5" s="1" t="n">
-        <v>12.51070685</v>
+        <v>12.49712598</v>
       </c>
       <c r="J5" s="1" t="n">
-        <v>12.24859332</v>
+        <v>12.2297551</v>
       </c>
       <c r="K5" s="1" t="n">
-        <v>11.98002973</v>
+        <v>11.95546827</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>11.69852094</v>
+        <v>11.66812732</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>11.38959066</v>
+        <v>11.35386037</v>
       </c>
       <c r="N5" s="1" t="n">
-        <v>11.04247059</v>
+        <v>11.00275143</v>
       </c>
       <c r="O5" s="1" t="n">
-        <v>10.65653978</v>
+        <v>10.61523406</v>
       </c>
       <c r="P5" s="1" t="n">
-        <v>10.24070821</v>
+        <v>10.20141286</v>
       </c>
       <c r="Q5" s="1" t="n">
-        <v>9.806575091</v>
+        <v>9.774175638</v>
       </c>
       <c r="R5" s="1" t="n">
-        <v>9.360456563</v>
+        <v>9.341169732</v>
       </c>
       <c r="S5" s="1" t="n">
-        <v>8.910781164</v>
+        <v>8.912065212</v>
       </c>
       <c r="T5" s="1" t="n">
-        <v>8.4596465</v>
+        <v>8.489984307</v>
       </c>
       <c r="U5" s="1" t="n">
-        <v>8.00902607</v>
+        <v>8.077490335</v>
       </c>
       <c r="V5" s="1" t="n">
-        <v>7.562111519</v>
+        <v>7.677724747</v>
       </c>
       <c r="W5" s="1" t="n">
-        <v>7.125152222</v>
+        <v>7.296098583</v>
       </c>
       <c r="X5" s="1" t="n">
-        <v>6.707847113</v>
+        <v>6.940631224</v>
       </c>
       <c r="Y5" s="1" t="n">
-        <v>6.313833852</v>
+        <v>6.612036849</v>
       </c>
       <c r="Z5" s="1" t="n">
-        <v>5.980051532</v>
+        <v>6.305583605</v>
       </c>
       <c r="AA5" s="1" t="n">
-        <v>5.695528384</v>
+        <v>6.042558778</v>
       </c>
       <c r="AB5" s="1" t="n">
-        <v>5.451641077</v>
+        <v>5.815710839</v>
       </c>
       <c r="AC5" s="1" t="n">
-        <v>5.24154162</v>
+        <v>5.619212331</v>
       </c>
       <c r="AD5" s="1" t="n">
-        <v>5.059739388</v>
+        <v>5.448338958</v>
       </c>
       <c r="AE5" s="1" t="n">
-        <v>4.901792593</v>
+        <v>5.299229371</v>
       </c>
       <c r="AF5" s="1" t="n">
-        <v>4.764077957</v>
+        <v>5.168703481</v>
       </c>
       <c r="AG5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0</v>
       </c>
@@ -753,51 +744,54 @@
       </c>
       <c r="Z13" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="AA13" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="AB13" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="AC13" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="AD13" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="AE13" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="AF13" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="AG13" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="AH13" s="1"/>
+      <c r="AH13" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="AI13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="1" t="n">
         <v>18.1</v>
       </c>
       <c r="C14" s="1" t="n">
         <v>17.4</v>
       </c>
       <c r="D14" s="1" t="n">
         <v>16.1</v>
       </c>
       <c r="E14" s="1" t="n">
         <v>15.1</v>
       </c>
       <c r="F14" s="1" t="n">
         <v>12.9</v>
       </c>
       <c r="G14" s="1" t="n">
         <v>12.7</v>
       </c>
       <c r="H14" s="1" t="n">
         <v>14.5</v>
@@ -855,51 +849,54 @@
       </c>
       <c r="Z14" s="1" t="n">
         <v>8.8</v>
       </c>
       <c r="AA14" s="1" t="n">
         <v>8.9</v>
       </c>
       <c r="AB14" s="1" t="n">
         <v>8.6</v>
       </c>
       <c r="AC14" s="1" t="n">
         <v>8.4</v>
       </c>
       <c r="AD14" s="1" t="n">
         <v>8.1</v>
       </c>
       <c r="AE14" s="1" t="n">
         <v>6.7</v>
       </c>
       <c r="AF14" s="1" t="n">
         <v>6.4</v>
       </c>
       <c r="AG14" s="1" t="n">
         <v>6.2</v>
       </c>
-      <c r="AH14" s="1"/>
+      <c r="AH14" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="AI14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B15" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="C15" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D15" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="E15" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="F15" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="G15" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="H15" s="1" t="s">
         <f>=NA()</f>
@@ -949,59 +946,62 @@
       <c r="W15" s="1" t="n">
         <v>11.8</v>
       </c>
       <c r="X15" s="1" t="n">
         <v>11.1</v>
       </c>
       <c r="Y15" s="1" t="n">
         <v>11</v>
       </c>
       <c r="Z15" s="1" t="n">
         <v>10.6</v>
       </c>
       <c r="AA15" s="1" t="n">
         <v>10.5</v>
       </c>
       <c r="AB15" s="1" t="n">
         <v>10.5</v>
       </c>
       <c r="AC15" s="1" t="n">
         <v>10.1</v>
       </c>
       <c r="AD15" s="1" t="n">
         <v>10</v>
       </c>
       <c r="AE15" s="1" t="n">
-        <v>9.8</v>
+        <v>9.7</v>
       </c>
       <c r="AF15" s="1" t="n">
-        <v>9.7</v>
+        <v>9.6</v>
       </c>
       <c r="AG15" s="1" t="n">
-        <v>9.5</v>
-[...1 lines deleted...]
-      <c r="AH15" s="1"/>
+        <v>9.6</v>
+      </c>
+      <c r="AH15" s="1" t="n">
+        <v>9.4</v>
+      </c>
+      <c r="AI15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0"/>
       <c r="B16" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="0" t="s">
@@ -1060,51 +1060,54 @@
       </c>
       <c r="R22" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="S22" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="T22" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="U22" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="V22" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="W22" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="X22" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="Y22" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="Z22" s="1"/>
+      <c r="Z22" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="AA22" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B23" s="1" t="n">
         <v>20.7</v>
       </c>
       <c r="C23" s="1" t="n">
         <v>21</v>
       </c>
       <c r="D23" s="1" t="n">
         <v>22.4</v>
       </c>
       <c r="E23" s="1" t="n">
         <v>18.8</v>
       </c>
       <c r="F23" s="1" t="n">
         <v>18.1</v>
       </c>
       <c r="G23" s="1" t="n">
         <v>19.4</v>
       </c>
       <c r="H23" s="1" t="n">
         <v>19.3</v>
@@ -1138,51 +1141,54 @@
       </c>
       <c r="R23" s="1" t="n">
         <v>14.8</v>
       </c>
       <c r="S23" s="1" t="n">
         <v>12.9</v>
       </c>
       <c r="T23" s="1" t="n">
         <v>10.7</v>
       </c>
       <c r="U23" s="1" t="n">
         <v>11.8</v>
       </c>
       <c r="V23" s="1" t="n">
         <v>9.7</v>
       </c>
       <c r="W23" s="1" t="n">
         <v>9.1</v>
       </c>
       <c r="X23" s="1" t="n">
         <v>7.4</v>
       </c>
       <c r="Y23" s="1" t="n">
         <v>8.7</v>
       </c>
-      <c r="Z23" s="1"/>
+      <c r="Z23" s="1" t="n">
+        <v>9.8</v>
+      </c>
+      <c r="AA23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B24" s="1" t="n">
         <v>11.6</v>
       </c>
       <c r="C24" s="1" t="n">
         <v>11.5</v>
       </c>
       <c r="D24" s="1" t="n">
         <v>11.7</v>
       </c>
       <c r="E24" s="1" t="n">
         <v>12.5</v>
       </c>
       <c r="F24" s="1" t="n">
         <v>11</v>
       </c>
       <c r="G24" s="1" t="n">
         <v>10.7</v>
       </c>
       <c r="H24" s="1" t="n">
         <v>10</v>
@@ -1216,51 +1222,54 @@
       </c>
       <c r="R24" s="1" t="n">
         <v>6.8</v>
       </c>
       <c r="S24" s="1" t="n">
         <v>7.2</v>
       </c>
       <c r="T24" s="1" t="n">
         <v>7.3</v>
       </c>
       <c r="U24" s="1" t="n">
         <v>6.2</v>
       </c>
       <c r="V24" s="1" t="n">
         <v>6.7</v>
       </c>
       <c r="W24" s="1" t="n">
         <v>5.3</v>
       </c>
       <c r="X24" s="1" t="n">
         <v>4.9</v>
       </c>
       <c r="Y24" s="1" t="n">
         <v>5.4</v>
       </c>
-      <c r="Z24" s="1"/>
+      <c r="Z24" s="1" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="AA24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="0" t="s">
         <v>15</v>
       </c>
       <c r="B25" s="1" t="n">
         <v>15.5</v>
       </c>
       <c r="C25" s="1" t="n">
         <v>15.8</v>
       </c>
       <c r="D25" s="1" t="n">
         <v>16.1</v>
       </c>
       <c r="E25" s="1" t="n">
         <v>16.1</v>
       </c>
       <c r="F25" s="1" t="n">
         <v>15.3</v>
       </c>
       <c r="G25" s="1" t="n">
         <v>14.7</v>
       </c>
       <c r="H25" s="1" t="n">
         <v>14.8</v>
@@ -1294,51 +1303,54 @@
       </c>
       <c r="R25" s="1" t="n">
         <v>10.3</v>
       </c>
       <c r="S25" s="1" t="n">
         <v>10.5</v>
       </c>
       <c r="T25" s="1" t="n">
         <v>9.9</v>
       </c>
       <c r="U25" s="1" t="n">
         <v>10.9</v>
       </c>
       <c r="V25" s="1" t="n">
         <v>9.8</v>
       </c>
       <c r="W25" s="1" t="n">
         <v>8.3</v>
       </c>
       <c r="X25" s="1" t="n">
         <v>8.6</v>
       </c>
       <c r="Y25" s="1" t="n">
         <v>6.7</v>
       </c>
-      <c r="Z25" s="1"/>
+      <c r="Z25" s="1" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="AA25" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0"/>
       <c r="B26" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="0" t="s">
@@ -1421,51 +1433,54 @@
       </c>
       <c r="Z32" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="AA32" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="AB32" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="AC32" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="AD32" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="AE32" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="AF32" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="AG32" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="AH32" s="1"/>
+      <c r="AH32" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="AI32" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="0" t="s">
         <v>19</v>
       </c>
       <c r="B33" s="1" t="n">
         <v>16.5</v>
       </c>
       <c r="C33" s="1" t="n">
         <v>16.3</v>
       </c>
       <c r="D33" s="1" t="n">
         <v>14.2</v>
       </c>
       <c r="E33" s="1" t="n">
         <v>13.5</v>
       </c>
       <c r="F33" s="1" t="n">
         <v>11</v>
       </c>
       <c r="G33" s="1" t="n">
         <v>11.2</v>
       </c>
       <c r="H33" s="1" t="n">
         <v>12.3</v>
@@ -1523,51 +1538,54 @@
       </c>
       <c r="Z33" s="1" t="n">
         <v>7.4</v>
       </c>
       <c r="AA33" s="1" t="n">
         <v>7.3</v>
       </c>
       <c r="AB33" s="1" t="n">
         <v>6.5</v>
       </c>
       <c r="AC33" s="1" t="n">
         <v>6.2</v>
       </c>
       <c r="AD33" s="1" t="n">
         <v>5.9</v>
       </c>
       <c r="AE33" s="1" t="n">
         <v>4.5</v>
       </c>
       <c r="AF33" s="1" t="n">
         <v>4.8</v>
       </c>
       <c r="AG33" s="1" t="n">
         <v>4.4</v>
       </c>
-      <c r="AH33" s="1"/>
+      <c r="AH33" s="1" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="AI33" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B34" s="1" t="n">
         <v>19.8</v>
       </c>
       <c r="C34" s="1" t="n">
         <v>18.5</v>
       </c>
       <c r="D34" s="1" t="n">
         <v>18</v>
       </c>
       <c r="E34" s="1" t="n">
         <v>16.6</v>
       </c>
       <c r="F34" s="1" t="n">
         <v>14.7</v>
       </c>
       <c r="G34" s="1" t="n">
         <v>14.2</v>
       </c>
       <c r="H34" s="1" t="n">
         <v>16.7</v>
@@ -1625,51 +1643,54 @@
       </c>
       <c r="Z34" s="1" t="n">
         <v>10.2</v>
       </c>
       <c r="AA34" s="1" t="n">
         <v>10.4</v>
       </c>
       <c r="AB34" s="1" t="n">
         <v>10.6</v>
       </c>
       <c r="AC34" s="1" t="n">
         <v>10.5</v>
       </c>
       <c r="AD34" s="1" t="n">
         <v>10.2</v>
       </c>
       <c r="AE34" s="1" t="n">
         <v>8.9</v>
       </c>
       <c r="AF34" s="1" t="n">
         <v>8</v>
       </c>
       <c r="AG34" s="1" t="n">
         <v>7.9</v>
       </c>
-      <c r="AH34" s="1"/>
+      <c r="AH34" s="1" t="n">
+        <v>9.2</v>
+      </c>
+      <c r="AI34" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="0"/>
       <c r="B35" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>