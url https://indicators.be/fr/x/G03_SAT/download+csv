--- v0 (2025-12-07)
+++ v1 (2026-02-22)
@@ -13,143 +13,126 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G03_SAT" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="30" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="23">
   <si>
     <t>Évaluation de sa propre existence - Belgique et comparaison internationale</t>
   </si>
   <si>
     <t>score 0-10</t>
   </si>
   <si>
     <t>population de 15 ans et plus</t>
   </si>
   <si>
     <t>Belgique</t>
   </si>
   <si>
     <t>Allemagne</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>Pays-Bas</t>
   </si>
   <si>
-    <t>La pandémie a retardé la collecte des données, qui a commencée en 2021</t>
-[...2 lines deleted...]
-    <t>ESS (2024), Dataset European Social Survey, http://www.europeansocialsurvey.org/ (consulté le 15/10/2024); calculs BFP.</t>
+    <t>Source: Calculs BFP sur la base d'ESS (2025), Dataset European Social Survey, http://www.europeansocialsurvey.org/, dernière mise à jour des données 02/06/2025 (consulté le 01/10/2025)</t>
   </si>
   <si>
     <t>Évaluation de sa propre existence selon le sexe - Belgique</t>
   </si>
   <si>
     <t>femmes</t>
   </si>
   <si>
     <t>hommes</t>
   </si>
   <si>
-    <t>ESS (2023), Dataset European Social Survey, http://www.europeansocialsurvey.org/ (consulté le 18/10/2023); calculs BFP.</t>
-[...1 lines deleted...]
-  <si>
     <t>Évaluation de sa propre existence selon le revenu - Belgique</t>
   </si>
   <si>
     <t>quintile 1</t>
   </si>
   <si>
     <t>quintile 2</t>
   </si>
   <si>
     <t>quintile 3</t>
   </si>
   <si>
     <t>quintile 4</t>
   </si>
   <si>
     <t>quintile 5</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G03_SAT</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Évaluation de sa propre existence (i20)</t>
+    <t>Évaluation de sa propre existence (i21)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
-    <t>Définition: l'évaluation de sa propre existence est établie à partir des réponses des personnes interrogées (de 15 ans ou plus) à la question de l'Enquête sociale européenne: "Imaginez une échelle dont les échelons sont numérotés de 0 en bas à 10 en haut. Le haut de l'échelle représente la meilleure vie possible et le bas de l'échelle représente la pire vie possible pour vous. Sur quel échelon de l'échelle diriez-vous que vous vous tenez personnellement en ce moment?". Cet indicateur est exprimé en score moyen sur 10. Cette question a été systématiquement posée dans les dix enquêtes ESS bisannuelles. Suite à la pandémie Covid-19 l'enquête de 2020 a été postposée à 2021. L'indicateur est calculé par le BFP sur la base des données provenant d'ESS. Comme ces données sont basées sur des enquêtes, il faut tenir compte d’une marge d’incertitude. Les intervalles de confiance (IC) correspondant à ces données sont disponibles sur demande.
+    <t>Définition: l'évaluation de sa propre existence est établie à partir des réponses des personnes interrogées (de 15 ans ou plus) à la question de l'Enquête sociale européenne: "Imaginez une échelle dont les échelons sont numérotés de 0 en bas à 10 en haut. Le haut de l'échelle représente la meilleure vie possible et le bas de l'échelle représente la pire vie possible pour vous. Sur quel échelon de l'échelle diriez-vous que vous vous tenez personnellement en ce moment?". Cet indicateur est exprimé en score moyen sur 10. Cette question a été systématiquement posée dans les onze enquêtes ESS bisannuelles. Suite à la pandémie Covid-19 l'enquête de 2020 a été postposée à 2021. L'indicateur est calculé par le BFP sur la base des données provenant d'ESS. Comme ces données sont basées sur des enquêtes, il faut tenir compte d’une marge d’incertitude. Les intervalles de confiance (IC) correspondant à ces données sont disponibles sur demande.
+Pour cet indicateur les ventilations suivantes sont disponibles : sexe et revenu.
 Objectif: la satisfaction de sa propre existence ne peut pas diminuer.
 Les objectifs de développement durable ou SDG adoptés par l'ONU en 2015 comprennent le sous-objectif 3.4: "D’ici à 2030, réduire d’un tiers, par la prévention et le traitement, le taux de mortalité prématurée due à des maladies non transmissibles et promouvoir la santé mentale et le bien-être".
 La Vision stratégique fédérale à long terme de développement durable pose qu'une société inclusive favorise le bien-être de chaque individu (introduction du défi "Une société qui promeut la cohésion sociale"; Moniteur belge, 08/10/2013).
-Évolution: selon l'Enquête sociale européenne, l'indicateur de satisfaction par rapport à sa propre existence s’élevait en Belgique à 7,6 (score sur 10) en 2021 et il n'a augmenté que légèrement au cours de la période 2002-2021, de 7,4 à 7,6.
-[...4 lines deleted...]
-Ventilation selon le revenu: les données depuis 2010 montrent qu'il y a un lien entre le revenu et la satisfaction par rapport à sa propre existence, la satisfaction est plus élevée chez des personnes dans un quintile de revenu plus élevé.
 Indicateur ONU: l’indicateur choisi ne correspond à aucun indicateur de suivi des SDG, mais est relié au sous-objectif 3.4: il y a un lien fort entre la santé mentale et le bien-être, d'une part, et la satisfaction de la vie, d'autre part.
 Sources
-Générales
-[...5 lines deleted...]
-Moniteur belge: http://www.ejustice.just.fgov.be/cgi/welcome.pl; recherche sur http://www.ejustice.just.fgov.be/doc/rech_f.htm (consulté le 24/09/2020).
+Moniteur belge: http://www.ejustice.just.fgov.be/cgi/welcome.pl; recherche sur http://www.ejustice.just.fgov.be/doc/rech_f.htm.
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -207,51 +190,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:L33"/>
+  <dimension ref="A1:M32"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
@@ -264,563 +247,672 @@
       </c>
       <c r="D4" s="1" t="n">
         <v>2006</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>2008</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>2010</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>2012</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>2014</v>
       </c>
       <c r="I4" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="J4" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="K4" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="L4" s="1"/>
+      <c r="L4" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="M4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="n">
         <v>7.351589</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>7.422117</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>7.331425</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>7.21594</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>7.46279</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>7.411946</v>
       </c>
       <c r="H5" s="1" t="n">
         <v>7.408325</v>
       </c>
       <c r="I5" s="1" t="n">
         <v>7.435177</v>
       </c>
       <c r="J5" s="1" t="n">
         <v>7.5</v>
       </c>
       <c r="K5" s="1" t="n">
         <v>7.602527</v>
       </c>
-      <c r="L5" s="1"/>
+      <c r="L5" s="1" t="n">
+        <v>7.406883</v>
+      </c>
+      <c r="M5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="1" t="n">
         <v>6.887468</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>6.738298</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>6.783655</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>6.907109</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>7.239647</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>7.593095</v>
       </c>
       <c r="H6" s="1" t="n">
         <v>7.380057</v>
       </c>
       <c r="I6" s="1" t="n">
         <v>7.507166</v>
       </c>
       <c r="J6" s="1" t="n">
         <v>7.59</v>
       </c>
       <c r="K6" s="1" t="n">
         <v>6.967087</v>
       </c>
-      <c r="L6" s="1"/>
+      <c r="L6" s="1" t="n">
+        <v>7.506415</v>
+      </c>
+      <c r="M6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="1" t="n">
         <v>6.346735</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>6.439287</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>6.367096</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>6.303881</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>6.332269</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>6.611659</v>
       </c>
       <c r="H7" s="1" t="n">
         <v>6.434496</v>
       </c>
       <c r="I7" s="1" t="n">
         <v>6.705871</v>
       </c>
       <c r="J7" s="1" t="n">
         <v>6.54</v>
       </c>
       <c r="K7" s="1" t="n">
         <v>6.995806</v>
       </c>
-      <c r="L7" s="1"/>
+      <c r="L7" s="1" t="n">
+        <v>6.745883</v>
+      </c>
+      <c r="M7" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="1" t="n">
         <v>7.671917</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>7.588305</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>7.577119</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>7.703404</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>7.771954</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>7.959712</v>
       </c>
       <c r="H8" s="1" t="n">
         <v>7.611915</v>
       </c>
       <c r="I8" s="1" t="n">
         <v>7.848513</v>
       </c>
       <c r="J8" s="1" t="n">
         <v>7.89</v>
       </c>
       <c r="K8" s="1" t="n">
         <v>7.866701</v>
       </c>
-      <c r="L8" s="1"/>
+      <c r="L8" s="1" t="n">
+        <v>7.868566</v>
+      </c>
+      <c r="M8" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="0"/>
       <c r="B9" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="0" t="s">
         <v>7</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="0" t="s">
+      <c r="A11" s="0"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="0" t="s">
         <v>8</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A12" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0" t="s">
-        <v>9</v>
+        <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A15" s="0"/>
+      <c r="B15" s="1" t="n">
+        <v>2002</v>
+      </c>
+      <c r="C15" s="1" t="n">
+        <v>2004</v>
+      </c>
+      <c r="D15" s="1" t="n">
+        <v>2006</v>
+      </c>
+      <c r="E15" s="1" t="n">
+        <v>2008</v>
+      </c>
+      <c r="F15" s="1" t="n">
+        <v>2010</v>
+      </c>
+      <c r="G15" s="1" t="n">
+        <v>2012</v>
+      </c>
+      <c r="H15" s="1" t="n">
+        <v>2014</v>
+      </c>
+      <c r="I15" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="J15" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="K15" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="L15" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="M15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="0"/>
+      <c r="A16" s="0" t="s">
+        <v>9</v>
+      </c>
       <c r="B16" s="1" t="n">
-        <v>2002</v>
+        <v>7.423638</v>
       </c>
       <c r="C16" s="1" t="n">
-        <v>2004</v>
+        <v>7.4708</v>
       </c>
       <c r="D16" s="1" t="n">
-        <v>2006</v>
+        <v>7.34146</v>
       </c>
       <c r="E16" s="1" t="n">
-        <v>2008</v>
+        <v>7.253586</v>
       </c>
       <c r="F16" s="1" t="n">
-        <v>2010</v>
+        <v>7.378998</v>
       </c>
       <c r="G16" s="1" t="n">
-        <v>2012</v>
+        <v>7.388946</v>
       </c>
       <c r="H16" s="1" t="n">
-        <v>2014</v>
+        <v>7.403373</v>
       </c>
       <c r="I16" s="1" t="n">
-        <v>2016</v>
+        <v>7.414394</v>
       </c>
       <c r="J16" s="1" t="n">
-        <v>2018</v>
+        <v>7.47</v>
       </c>
       <c r="K16" s="1" t="n">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="L16" s="1"/>
+        <v>7.570745</v>
+      </c>
+      <c r="L16" s="1" t="n">
+        <v>7.442577</v>
+      </c>
+      <c r="M16" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="1" t="n">
-        <v>7.423638</v>
+        <v>7.269792</v>
       </c>
       <c r="C17" s="1" t="n">
-        <v>7.4708</v>
+        <v>7.370306</v>
       </c>
       <c r="D17" s="1" t="n">
-        <v>7.34146</v>
+        <v>7.320797</v>
       </c>
       <c r="E17" s="1" t="n">
-        <v>7.253586</v>
+        <v>7.176024</v>
       </c>
       <c r="F17" s="1" t="n">
-        <v>7.378998</v>
+        <v>7.551622</v>
       </c>
       <c r="G17" s="1" t="n">
-        <v>7.388946</v>
+        <v>7.43639</v>
       </c>
       <c r="H17" s="1" t="n">
-        <v>7.403373</v>
+        <v>7.413688</v>
       </c>
       <c r="I17" s="1" t="n">
-        <v>7.414394</v>
+        <v>7.457007</v>
       </c>
       <c r="J17" s="1" t="n">
-        <v>7.47</v>
+        <v>7.53</v>
       </c>
       <c r="K17" s="1" t="n">
-        <v>7.570745</v>
-[...1 lines deleted...]
-      <c r="L17" s="1"/>
+        <v>7.635448</v>
+      </c>
+      <c r="L17" s="1" t="n">
+        <v>7.369754</v>
+      </c>
+      <c r="M17" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="0" t="s">
+      <c r="A18" s="0"/>
+      <c r="B18" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="0" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="0"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="0" t="s">
         <v>11</v>
       </c>
-      <c r="B18" s="1" t="n">
-[...41 lines deleted...]
-      <c r="A21" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="0" t="s">
-        <v>13</v>
+        <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0" t="s">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A24" s="0"/>
+      <c r="B24" s="1" t="n">
+        <v>2002</v>
+      </c>
+      <c r="C24" s="1" t="n">
+        <v>2004</v>
+      </c>
+      <c r="D24" s="1" t="n">
+        <v>2006</v>
+      </c>
+      <c r="E24" s="1" t="n">
+        <v>2008</v>
+      </c>
+      <c r="F24" s="1" t="n">
+        <v>2010</v>
+      </c>
+      <c r="G24" s="1" t="n">
+        <v>2012</v>
+      </c>
+      <c r="H24" s="1" t="n">
+        <v>2014</v>
+      </c>
+      <c r="I24" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="J24" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="K24" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="L24" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="M24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="0"/>
-[...10 lines deleted...]
-        <v>2016</v>
+      <c r="A25" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="C25" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="D25" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="E25" s="1" t="s">
+        <f>=NA()</f>
       </c>
       <c r="F25" s="1" t="n">
-        <v>2018</v>
+        <v>6.633871</v>
       </c>
       <c r="G25" s="1" t="n">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="H25" s="1"/>
+        <v>6.329931</v>
+      </c>
+      <c r="H25" s="1" t="n">
+        <v>6.939747</v>
+      </c>
+      <c r="I25" s="1" t="n">
+        <v>6.831874</v>
+      </c>
+      <c r="J25" s="1" t="n">
+        <v>7.05</v>
+      </c>
+      <c r="K25" s="1" t="n">
+        <v>6.878774</v>
+      </c>
+      <c r="L25" s="1" t="n">
+        <v>6.385387</v>
+      </c>
+      <c r="M25" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0" t="s">
-        <v>14</v>
-[...11 lines deleted...]
-        <v>6.831874</v>
+        <v>13</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="C26" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="D26" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="E26" s="1" t="s">
+        <f>=NA()</f>
       </c>
       <c r="F26" s="1" t="n">
-        <v>7.05</v>
+        <v>7.188754</v>
       </c>
       <c r="G26" s="1" t="n">
-        <v>6.878774</v>
-[...1 lines deleted...]
-      <c r="H26" s="1"/>
+        <v>7.081289</v>
+      </c>
+      <c r="H26" s="1" t="n">
+        <v>7.114664</v>
+      </c>
+      <c r="I26" s="1" t="n">
+        <v>7.17701</v>
+      </c>
+      <c r="J26" s="1" t="n">
+        <v>7.12</v>
+      </c>
+      <c r="K26" s="1" t="n">
+        <v>7.509659</v>
+      </c>
+      <c r="L26" s="1" t="n">
+        <v>7.064631</v>
+      </c>
+      <c r="M26" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0" t="s">
-        <v>15</v>
-[...11 lines deleted...]
-        <v>7.17701</v>
+        <v>14</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="C27" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="D27" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="E27" s="1" t="s">
+        <f>=NA()</f>
       </c>
       <c r="F27" s="1" t="n">
-        <v>7.12</v>
+        <v>7.473918</v>
       </c>
       <c r="G27" s="1" t="n">
-        <v>7.509659</v>
-[...1 lines deleted...]
-      <c r="H27" s="1"/>
+        <v>7.518222</v>
+      </c>
+      <c r="H27" s="1" t="n">
+        <v>7.329425</v>
+      </c>
+      <c r="I27" s="1" t="n">
+        <v>7.363069</v>
+      </c>
+      <c r="J27" s="1" t="n">
+        <v>7.58</v>
+      </c>
+      <c r="K27" s="1" t="n">
+        <v>7.519052</v>
+      </c>
+      <c r="L27" s="1" t="n">
+        <v>7.447184</v>
+      </c>
+      <c r="M27" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0" t="s">
-        <v>16</v>
-[...11 lines deleted...]
-        <v>7.363069</v>
+        <v>15</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="C28" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="D28" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="E28" s="1" t="s">
+        <f>=NA()</f>
       </c>
       <c r="F28" s="1" t="n">
-        <v>7.58</v>
+        <v>7.715335</v>
       </c>
       <c r="G28" s="1" t="n">
-        <v>7.519052</v>
-[...1 lines deleted...]
-      <c r="H28" s="1"/>
+        <v>7.791109</v>
+      </c>
+      <c r="H28" s="1" t="n">
+        <v>7.636053</v>
+      </c>
+      <c r="I28" s="1" t="n">
+        <v>7.731895</v>
+      </c>
+      <c r="J28" s="1" t="n">
+        <v>7.68</v>
+      </c>
+      <c r="K28" s="1" t="n">
+        <v>7.91544</v>
+      </c>
+      <c r="L28" s="1" t="n">
+        <v>7.722488</v>
+      </c>
+      <c r="M28" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="0" t="s">
-        <v>17</v>
-[...11 lines deleted...]
-        <v>7.731895</v>
+        <v>16</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="C29" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="D29" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="E29" s="1" t="s">
+        <f>=NA()</f>
       </c>
       <c r="F29" s="1" t="n">
-        <v>7.68</v>
+        <v>7.848416</v>
       </c>
       <c r="G29" s="1" t="n">
-        <v>7.91544</v>
-[...1 lines deleted...]
-      <c r="H29" s="1"/>
+        <v>8.077109</v>
+      </c>
+      <c r="H29" s="1" t="n">
+        <v>7.755575</v>
+      </c>
+      <c r="I29" s="1" t="n">
+        <v>7.808437</v>
+      </c>
+      <c r="J29" s="1" t="n">
+        <v>7.94</v>
+      </c>
+      <c r="K29" s="1" t="n">
+        <v>8.007291</v>
+      </c>
+      <c r="L29" s="1" t="n">
+        <v>8.015782</v>
+      </c>
+      <c r="M29" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="0" t="s">
-[...20 lines deleted...]
-      <c r="H30" s="1"/>
+      <c r="A30" s="0"/>
+      <c r="B30" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="0"/>
-      <c r="B31" s="1"/>
+      <c r="A31" s="0" t="s">
+        <v>7</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="0" t="s">
-[...4 lines deleted...]
-      <c r="A33" s="0"/>
+      <c r="A32" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="B1" s="0" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>cic bfp</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>