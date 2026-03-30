--- v0 (2025-12-07)
+++ v1 (2026-03-30)
@@ -24,51 +24,51 @@
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G03_MDO" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="32">
   <si>
     <t>Troubles de santé mentale - Belgique</t>
   </si>
   <si>
     <t>pourcentage des 15 ans et plus</t>
   </si>
   <si>
     <t>Belgique</t>
   </si>
   <si>
-    <t>Sciensano (2020), Gisle L, Drieskens S, Demarest S, Van der Heyden J. Santé mentale. Enquête de santé 2018, Bruxelles, Belgique: D/2020/14.440/3, www.enquetesante.be, Belgian Health Interview Survey - Interactive Analysis, https://www.sciensano.be/en/projects/health-interview-survey/hisia (consulté le 10/11/2020).</t>
+    <t>Source:  Sciensano (2025), Belgian Health Interview Survey - Interactive Analysis, https://healthinformation.sciensano.be/shiny/hisia  (consulté le 31/10/2025).</t>
   </si>
   <si>
     <t>Troubles de santé mentale selon la Région - Belgique</t>
   </si>
   <si>
     <t>Région de Bruxelles-Capitale</t>
   </si>
   <si>
     <t>Région flamande</t>
   </si>
   <si>
     <t>Région wallonne</t>
   </si>
   <si>
     <t>Troubles de santé mentale selon le sexe - Belgique</t>
   </si>
   <si>
     <t>femmes</t>
   </si>
   <si>
     <t>hommes</t>
   </si>
   <si>
     <t>Troubles de santé mentale selon l'âge- Belgique</t>
   </si>
@@ -102,78 +102,66 @@
   <si>
     <t>quintile 1</t>
   </si>
   <si>
     <t>quintile 2</t>
   </si>
   <si>
     <t>quintile 3</t>
   </si>
   <si>
     <t>quintile 4</t>
   </si>
   <si>
     <t>quintile 5</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G03_MDO</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Troubles de santé mentale (i18)</t>
+    <t>Troubles de santé mentale (i19)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Définition: part de la population de 15 ans et plus souffrant de troubles de santé mentale. Une personne est considérée comme étant dans une telle situation lorsqu’au moins quatre symptômes sont mis en évidence sur la base des douze questions suivantes: Avez-vous été capable de vous concentrer sur tout ce que vous faisiez?; Avez-vous manqué de sommeil à cause de vos soucis?; Avez-vous eu le sentiment de jouer un rôle utile dans la vie?; Vous êtes-vous senti(e) capable de prendre des décisions?; Vous êtes-vous senti(e) constamment tendu(e) ou stressé(e)?; Avez-vous eu le sentiment que vous ne pourriez pas surmonter vos difficultés?; Avez-vous été capable d’apprécier (de tirer satisfaction de) vos activités quotidiennes normales?; Avez-vous été capable de faire face à vos problèmes?; Avez-vous été malheureux(se) et déprimé(e)?; Avez-vous perdu confiance en vous-même?; Vous êtes-vous considéré(e) comme quelqu’un qui ne valait rien?; Vous êtes-vous senti(e) raisonnablement heureux(se), tout bien considéré?.
 Ces douze questions sont issues du General Health Questionnaire ou GHQ-12. Elles évaluent l’état psychologique perçu des répondants au cours des semaines précédant l’interview en le comparant avec l’état qu’ils considèrent comme habituel (Sciensano, 2020).
 Les données (brutes) proviennent des Enquêtes de santé nationales réalisées par l’Institut scientifique de santé publique/Sciensano.
 Comme ces données sont basées sur des enquêtes, il faut tenir compte d’une marge d’incertitude. Cette marge d'incertitude augmente à mesure que l'indicateur est calculé pour des sous-populations plus petites. Les intervalles de confiance correspondant à ces données sont disponibles sur demande auprès de Sciensano.
+Pour cet indicateur les ventilations suivantes sont disponibles : région, sexe, revenu et âge.
 Objectif: la part de la population de 15 ans et plus souffrant de troubles de santé mentale doit diminuer.
 Les objectifs de développement durable ou SDG adoptés par l'ONU en 2015 comprennent le sous-objectif 3.4: "D’ici à 2030, réduire d’un tiers, par la prévention et le traitement, le taux de mortalité prématurée due à des maladies non transmissibles et promouvoir la santé mentale et le bien-être".
-Évolution: entre 1997 et 2018, en moyenne 15% de la population souffre de troubles de santé mentale. À partir de 1997, l’indicateur diminue pour passer sous la barre des 13% en 2004. À partir de 2008, soit au moment du déclenchement de la crise économique et financière, il augmente pour atteindre en 2013 son niveau le plus haut: environ 18%. En 2018, l’indicateur est toujours autour de 18%. Parmi les états psychologiques sondés, c’est la sensation d’être constamment tendu(e) ou stressé(e) qui est le principal symptôme: environ 30% de la population en 2018.
-[...5 lines deleted...]
-Ventilation selon l’âge: en moyenne, sur la période allant de 1997 à 2018, la part de personnes souffrant de troubles de santé mentale augmente avec l’âge et est la plus élevée chez les personnes de 35 à 44 ans. Ensuite elle diminue et elle est la plus basse chez les personnes de 55 à 64 ans. Au-delà de 65 ans, l’indicateur augmente à nouveau. En 2018, la part de personnes souffrant de troubles de santé mentale est la plus élevée chez les 35-44 ans: 21,1%. Elle est la plus basse dans la tranche d’âge des 65-74 ans: 12,6 %.
 Indicateur ONU: l’indicateur choisi ne correspond à aucun indicateur de suivi des SDG, mais est relié à l'objectif 3 puisque la détresse psychologique est une mesure de la santé globale de la population et de son niveau de bien-être.
 Sources
-Générales
-[...5 lines deleted...]
-Sciensano (2020), Gisle L, Drieskens S, Demarest S, Van der Heyden J., Santé mentale. Enquête de santé 2018, Bruxelles, Belgique: Sciensano; Numéro de rapport: D/2020/14.440/3, www.enquetesante.be (consulté le 29/10/2020).
+Sciensano (2020), Gisle L, Drieskens S, Demarest S, Van der Heyden J., Santé mentale. Enquête de santé 2018, Bruxelles, Belgique: Sciensano; Numéro de rapport: D/2020/14.440/3, https://www.sciensano.be/sites/default/files/1-mental_health_report_2018_fr2.pdf (consulted on 3/11/2025).
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -231,699 +219,768 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:H48"/>
+  <dimension ref="A1:I48"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
         <v>1997</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>2001</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>2004</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>2008</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>2013</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>2018</v>
       </c>
-      <c r="H3" s="1"/>
+      <c r="H3" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="I3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="1" t="n">
         <v>17.2</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>13.2</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>12.7</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>14</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>17.9</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>17.7</v>
       </c>
-      <c r="H4" s="1"/>
+      <c r="H4" s="1" t="n">
+        <v>21.9</v>
+      </c>
+      <c r="I4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0"/>
       <c r="B5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="0"/>
       <c r="B10" s="1" t="n">
         <v>1997</v>
       </c>
       <c r="C10" s="1" t="n">
         <v>2001</v>
       </c>
       <c r="D10" s="1" t="n">
         <v>2004</v>
       </c>
       <c r="E10" s="1" t="n">
         <v>2008</v>
       </c>
       <c r="F10" s="1" t="n">
         <v>2013</v>
       </c>
       <c r="G10" s="1" t="n">
         <v>2018</v>
       </c>
-      <c r="H10" s="1"/>
+      <c r="H10" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="I10" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B11" s="1" t="n">
         <v>20.8</v>
       </c>
       <c r="C11" s="1" t="n">
         <v>16.8</v>
       </c>
       <c r="D11" s="1" t="n">
         <v>15.9</v>
       </c>
       <c r="E11" s="1" t="n">
         <v>19.3</v>
       </c>
       <c r="F11" s="1" t="n">
         <v>24.9</v>
       </c>
       <c r="G11" s="1" t="n">
         <v>21.6</v>
       </c>
-      <c r="H11" s="1"/>
+      <c r="H11" s="1" t="n">
+        <v>23.9</v>
+      </c>
+      <c r="I11" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="1" t="n">
         <v>15.1</v>
       </c>
       <c r="C12" s="1" t="n">
         <v>11.5</v>
       </c>
       <c r="D12" s="1" t="n">
         <v>11.2</v>
       </c>
       <c r="E12" s="1" t="n">
         <v>12.7</v>
       </c>
       <c r="F12" s="1" t="n">
         <v>16</v>
       </c>
       <c r="G12" s="1" t="n">
         <v>15</v>
       </c>
-      <c r="H12" s="1"/>
+      <c r="H12" s="1" t="n">
+        <v>20.3</v>
+      </c>
+      <c r="I12" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="1" t="n">
         <v>20</v>
       </c>
       <c r="C13" s="1" t="n">
         <v>15.2</v>
       </c>
       <c r="D13" s="1" t="n">
         <v>14.6</v>
       </c>
       <c r="E13" s="1" t="n">
         <v>15.1</v>
       </c>
       <c r="F13" s="1" t="n">
         <v>19.9</v>
       </c>
       <c r="G13" s="1" t="n">
         <v>21.6</v>
       </c>
-      <c r="H13" s="1"/>
+      <c r="H13" s="1" t="n">
+        <v>21.5</v>
+      </c>
+      <c r="I13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0"/>
       <c r="B14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="0"/>
       <c r="B19" s="1" t="n">
         <v>1997</v>
       </c>
       <c r="C19" s="1" t="n">
         <v>2001</v>
       </c>
       <c r="D19" s="1" t="n">
         <v>2004</v>
       </c>
       <c r="E19" s="1" t="n">
         <v>2008</v>
       </c>
       <c r="F19" s="1" t="n">
         <v>2013</v>
       </c>
       <c r="G19" s="1" t="n">
         <v>2018</v>
       </c>
-      <c r="H19" s="1"/>
+      <c r="H19" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="I19" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B20" s="1" t="n">
         <v>21.7</v>
       </c>
       <c r="C20" s="1" t="n">
         <v>15.7</v>
       </c>
       <c r="D20" s="1" t="n">
         <v>15.3</v>
       </c>
       <c r="E20" s="1" t="n">
         <v>16.5</v>
       </c>
       <c r="F20" s="1" t="n">
         <v>20</v>
       </c>
       <c r="G20" s="1" t="n">
         <v>21.1</v>
       </c>
-      <c r="H20" s="1"/>
+      <c r="H20" s="1" t="n">
+        <v>24.5</v>
+      </c>
+      <c r="I20" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="0" t="s">
         <v>10</v>
       </c>
       <c r="B21" s="1" t="n">
         <v>12.8</v>
       </c>
       <c r="C21" s="1" t="n">
         <v>10.4</v>
       </c>
       <c r="D21" s="1" t="n">
         <v>9.8</v>
       </c>
       <c r="E21" s="1" t="n">
         <v>11.2</v>
       </c>
       <c r="F21" s="1" t="n">
         <v>15.5</v>
       </c>
       <c r="G21" s="1" t="n">
         <v>14</v>
       </c>
-      <c r="H21" s="1"/>
+      <c r="H21" s="1" t="n">
+        <v>19.1</v>
+      </c>
+      <c r="I21" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="0"/>
       <c r="B22" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0"/>
       <c r="B27" s="1" t="n">
         <v>1997</v>
       </c>
       <c r="C27" s="1" t="n">
         <v>2001</v>
       </c>
       <c r="D27" s="1" t="n">
         <v>2004</v>
       </c>
       <c r="E27" s="1" t="n">
         <v>2008</v>
       </c>
       <c r="F27" s="1" t="n">
         <v>2013</v>
       </c>
       <c r="G27" s="1" t="n">
         <v>2018</v>
       </c>
-      <c r="H27" s="1"/>
+      <c r="H27" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="I27" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B28" s="1" t="n">
         <v>15.3</v>
       </c>
       <c r="C28" s="1" t="n">
         <v>13.7</v>
       </c>
       <c r="D28" s="1" t="n">
         <v>13.2</v>
       </c>
       <c r="E28" s="1" t="n">
         <v>14.4</v>
       </c>
       <c r="F28" s="1" t="n">
         <v>12.4</v>
       </c>
       <c r="G28" s="1" t="n">
         <v>17.1</v>
       </c>
-      <c r="H28" s="1"/>
+      <c r="H28" s="1" t="n">
+        <v>22</v>
+      </c>
+      <c r="I28" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B29" s="1" t="n">
         <v>15.1</v>
       </c>
       <c r="C29" s="1" t="n">
         <v>13.5</v>
       </c>
       <c r="D29" s="1" t="n">
         <v>11.8</v>
       </c>
       <c r="E29" s="1" t="n">
         <v>12.3</v>
       </c>
       <c r="F29" s="1" t="n">
         <v>19</v>
       </c>
       <c r="G29" s="1" t="n">
         <v>20.6</v>
       </c>
-      <c r="H29" s="1"/>
+      <c r="H29" s="1" t="n">
+        <v>25.1</v>
+      </c>
+      <c r="I29" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="0" t="s">
         <v>15</v>
       </c>
       <c r="B30" s="1" t="n">
         <v>20.8</v>
       </c>
       <c r="C30" s="1" t="n">
         <v>13.6</v>
       </c>
       <c r="D30" s="1" t="n">
         <v>15.6</v>
       </c>
       <c r="E30" s="1" t="n">
         <v>14.9</v>
       </c>
       <c r="F30" s="1" t="n">
         <v>18.3</v>
       </c>
       <c r="G30" s="1" t="n">
         <v>21.1</v>
       </c>
-      <c r="H30" s="1"/>
+      <c r="H30" s="1" t="n">
+        <v>28.7</v>
+      </c>
+      <c r="I30" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="0" t="s">
         <v>16</v>
       </c>
       <c r="B31" s="1" t="n">
         <v>19.1</v>
       </c>
       <c r="C31" s="1" t="n">
         <v>13.1</v>
       </c>
       <c r="D31" s="1" t="n">
         <v>13.3</v>
       </c>
       <c r="E31" s="1" t="n">
         <v>16.8</v>
       </c>
       <c r="F31" s="1" t="n">
         <v>20.9</v>
       </c>
       <c r="G31" s="1" t="n">
         <v>18.5</v>
       </c>
-      <c r="H31" s="1"/>
+      <c r="H31" s="1" t="n">
+        <v>25.1</v>
+      </c>
+      <c r="I31" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B32" s="1" t="n">
         <v>13.2</v>
       </c>
       <c r="C32" s="1" t="n">
         <v>11.9</v>
       </c>
       <c r="D32" s="1" t="n">
         <v>9.6</v>
       </c>
       <c r="E32" s="1" t="n">
         <v>10.8</v>
       </c>
       <c r="F32" s="1" t="n">
         <v>17.4</v>
       </c>
       <c r="G32" s="1" t="n">
         <v>16</v>
       </c>
-      <c r="H32" s="1"/>
+      <c r="H32" s="1" t="n">
+        <v>19.2</v>
+      </c>
+      <c r="I32" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="0" t="s">
         <v>18</v>
       </c>
       <c r="B33" s="1" t="n">
         <v>19.1</v>
       </c>
       <c r="C33" s="1" t="n">
         <v>12.7</v>
       </c>
       <c r="D33" s="1" t="n">
         <v>10.3</v>
       </c>
       <c r="E33" s="1" t="n">
         <v>14.5</v>
       </c>
       <c r="F33" s="1" t="n">
         <v>14.1</v>
       </c>
       <c r="G33" s="1" t="n">
         <v>12.6</v>
       </c>
-      <c r="H33" s="1"/>
+      <c r="H33" s="1" t="n">
+        <v>13.7</v>
+      </c>
+      <c r="I33" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="0" t="s">
         <v>19</v>
       </c>
       <c r="B34" s="1" t="n">
         <v>17.8</v>
       </c>
       <c r="C34" s="1" t="n">
         <v>13.4</v>
       </c>
       <c r="D34" s="1" t="n">
         <v>13.6</v>
       </c>
       <c r="E34" s="1" t="n">
         <v>13.2</v>
       </c>
       <c r="F34" s="1" t="n">
         <v>20.7</v>
       </c>
       <c r="G34" s="1" t="n">
         <v>16.2</v>
       </c>
-      <c r="H34" s="1"/>
+      <c r="H34" s="1" t="n">
+        <v>15.6</v>
+      </c>
+      <c r="I34" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="0"/>
       <c r="B35" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="0"/>
       <c r="B40" s="1" t="n">
         <v>1997</v>
       </c>
       <c r="C40" s="1" t="n">
         <v>2001</v>
       </c>
       <c r="D40" s="1" t="n">
         <v>2004</v>
       </c>
       <c r="E40" s="1" t="n">
         <v>2008</v>
       </c>
       <c r="F40" s="1" t="n">
         <v>2013</v>
       </c>
       <c r="G40" s="1" t="n">
         <v>2018</v>
       </c>
-      <c r="H40" s="1"/>
+      <c r="H40" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="I40" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="0" t="s">
         <v>21</v>
       </c>
       <c r="B41" s="1" t="n">
         <v>20.5</v>
       </c>
       <c r="C41" s="1" t="n">
         <v>15.8</v>
       </c>
       <c r="D41" s="1" t="n">
         <v>16.6</v>
       </c>
       <c r="E41" s="1" t="n">
         <v>19.5</v>
       </c>
       <c r="F41" s="1" t="n">
         <v>23.6</v>
       </c>
       <c r="G41" s="1" t="n">
         <v>26.3</v>
       </c>
-      <c r="H41" s="1"/>
+      <c r="H41" s="1" t="n">
+        <v>25.2</v>
+      </c>
+      <c r="I41" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="0" t="s">
         <v>22</v>
       </c>
       <c r="B42" s="1" t="n">
         <v>21.3</v>
       </c>
       <c r="C42" s="1" t="n">
         <v>13.8</v>
       </c>
       <c r="D42" s="1" t="n">
         <v>15.7</v>
       </c>
       <c r="E42" s="1" t="n">
         <v>17.3</v>
       </c>
       <c r="F42" s="1" t="n">
         <v>21.4</v>
       </c>
       <c r="G42" s="1" t="n">
         <v>20.3</v>
       </c>
-      <c r="H42" s="1"/>
+      <c r="H42" s="1" t="n">
+        <v>23.2</v>
+      </c>
+      <c r="I42" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B43" s="1" t="n">
         <v>15.5</v>
       </c>
       <c r="C43" s="1" t="n">
         <v>13.1</v>
       </c>
       <c r="D43" s="1" t="n">
         <v>11.4</v>
       </c>
       <c r="E43" s="1" t="n">
         <v>14.5</v>
       </c>
       <c r="F43" s="1" t="n">
         <v>17.5</v>
       </c>
       <c r="G43" s="1" t="n">
         <v>19.5</v>
       </c>
-      <c r="H43" s="1"/>
+      <c r="H43" s="1" t="n">
+        <v>22.9</v>
+      </c>
+      <c r="I43" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B44" s="1" t="n">
         <v>15</v>
       </c>
       <c r="C44" s="1" t="n">
         <v>15.2</v>
       </c>
       <c r="D44" s="1" t="n">
         <v>11.8</v>
       </c>
       <c r="E44" s="1" t="n">
         <v>11.7</v>
       </c>
       <c r="F44" s="1" t="n">
         <v>16.2</v>
       </c>
       <c r="G44" s="1" t="n">
         <v>16.2</v>
       </c>
-      <c r="H44" s="1"/>
+      <c r="H44" s="1" t="n">
+        <v>20.4</v>
+      </c>
+      <c r="I44" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="0" t="s">
         <v>25</v>
       </c>
       <c r="B45" s="1" t="n">
         <v>13.7</v>
       </c>
       <c r="C45" s="1" t="n">
         <v>11.4</v>
       </c>
       <c r="D45" s="1" t="n">
         <v>11.3</v>
       </c>
       <c r="E45" s="1" t="n">
         <v>11.2</v>
       </c>
       <c r="F45" s="1" t="n">
         <v>13.7</v>
       </c>
       <c r="G45" s="1" t="n">
         <v>13.2</v>
       </c>
-      <c r="H45" s="1"/>
+      <c r="H45" s="1" t="n">
+        <v>18.6</v>
+      </c>
+      <c r="I45" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="0"/>
       <c r="B46" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>