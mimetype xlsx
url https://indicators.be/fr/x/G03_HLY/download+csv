--- v0 (2025-10-16)
+++ v1 (2026-03-20)
@@ -27,113 +27,104 @@
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G03_HLY" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="20">
   <si>
     <t>Espérance de vie en bonne santé - Belgique et comparaison internationale</t>
   </si>
   <si>
     <t>années à la naissance</t>
   </si>
   <si>
     <t>Belgique</t>
   </si>
   <si>
     <t>UE27</t>
   </si>
   <si>
-    <t>rupture de série: BE 2019, UE 2008 et 2015; estimations: UE 2005 et 2006</t>
-[...2 lines deleted...]
-    <t>Statbel; Eurostat (2024), Healthy life years [hlth_hlye], https://ec.europa.eu/eurostat (consulté le 31/10/2024).</t>
+    <t>Note: rupture de série: BE 2019, UE 2008 et 2015; estimations: UE 2005 et 2006</t>
+  </si>
+  <si>
+    <t>Source: Statbel; Eurostat (2025), Healthy life years, hlth_hlye, https://ec.europa.eu/eurostat, dernière mise à jour des données 4/07/2025 23:00 (consulté le 21/08/2025).</t>
   </si>
   <si>
     <t>Espérance de vie en bonne santé et espérance de vie - Belgique</t>
   </si>
   <si>
     <t>en bonne santé</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
-    <t>Statbel; Eurostat (2024), Healthy life years [hlth_hlye] et Mortality and life expectancy statistics [demo_mlexpec], https://ec.europa.eu/eurostat (consulté le 31/10/2024).</t>
+    <t>Source: Statbel; Eurostat (2025), Healthy life years, hlth_hlye, et Mortality and life expectancy statistics, demo_mlexpec, https://ec.europa.eu/eurostat, dernière mise à jour des données 4/07/2025 23:00 (consulté le21/08/2025).</t>
   </si>
   <si>
     <t>Espérance de vie en bonne santé selon le sexe - Belgique</t>
   </si>
   <si>
     <t>femmes</t>
   </si>
   <si>
     <t>hommes</t>
   </si>
   <si>
-    <t>rupture de série: 2019</t>
+    <t>Note: rupture de série: 2019</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G03_HLY</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Espérance de vie en bonne santé (i13)</t>
+    <t>Espérance de vie en bonne santé (i14)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Définition: l'espérance de vie en bonne santé mesure le nombre d'années qu'une personne d'âge donné peut espérer vivre sans problèmes de santé graves ou modérés. Elle est calculée sur la base de l'espérance de vie et à partir d’enquêtes évaluant la part des personnes s’estimant en bonne ou en mauvaise santé, exprimée en années. Les données présentées ici proviennent des statistiques sur la mortalité et des données sur la santé perçue issues de l'enquête Statistics on Income and Living Conditions (EU-SILC). Statistics Belgium organise en Belgique cette enquête harmonisée au niveau de l'UE et en met les résultats à disposition, notamment d'Eurostat. Les données utilisées ici proviennent d'Eurostat qui publie des résultats détaillés et comparables entre les États membres de l'UE. Comme ces données sont basées sur des enquêtes, il faut tenir compte d’une marge d’incertitude. Les intervalles de confiance correspondant à ces données sont disponibles sur demande auprès de Statistics Belgium.
+Pour cet indicateur la ventilation suivante est disponible : sexe.
 Objectif: l'espérance de vie en bonne santé doit augmenter.
 Les objectifs de développement durable ou SDG adoptés par l'ONU en 2015 comprennent l'objectif 3: "Permettre à tous de vivre en bonne santé et promouvoir le bien-être de tous à tout âge".
 La Vision fédérale à long terme sur le développement durable inclut l'objectif 4: "L’espérance de vie en bonne santé aura augmenté par rapport à 2010. L'écart entre l'espérance de vie en bonne santé selon les niveaux d'éducation et selon le genre sera réduit en moyenne de 50%" (Moniteur belge, 08/10/2013).
-Évolution: l'espérance de vie en bonne santé a augmenté de 62,4 ans en 2005, jusqu’à 64,6 ans en 2012. Ensuite, elle est retombée pour atteindre 62,4 ans en 2019. En 2020 et en 2021, pendant la pandémie de Covid-19, l'indicateur a augmenté du fait d'une hausse de la population se déclarant en bon ou très bon état de santé (voir Santé perçue pour plus d’information). En 2022, l’indicateur diminue pour atteindre 63,7 ans soit un niveau proche de celui observé avant la pandémie. En 2022, l’espérance de vie à la naissance est de 81,8 ans. Ceci veut dire, que cette même année, les Belges considéraient ne pas être en très bonne ou en bonne santé pendant les 18,1 dernières années de leur vie.
-[...2 lines deleted...]
-Ventilation selon le sexe: en 2022, l'espérance de vie en bonne santé des hommes est supérieure à celle des femmes: respectivement 64,1 et 63,3 ans. Cette année-là, la différence entre espérance de vie en bonne santé et espérance de vie à la naissance est plus faible pour les hommes (15,6 ans) que pour les femmes (20,6 ans). En combinant ces informations, il apparait donc que les hommes vivent moins longtemps mais en meilleure santé durant les dernières années de vie que les femmes.
 Indicateur ONU: l’indicateur choisi ne correspond à aucun indicateur de suivi des SDG, mais est relié à l'objectif 3 puisqu'il mesure l'état de santé de la population.
-Cet indicateur est utilisé pour le calcul de l'indicateur composite Capital humain, publié dans le rapport Indicateurs de développement durable.
+Cet indicateur est utilisé pour le calcul de l'indicateur composite Capital humain.
 Sources
-Générales
-[...5 lines deleted...]
-Moniteur belge: http://www.ejustice.just.fgov.be/cgi/welcome.pl; recherche sur http://www.ejustice.just.fgov.be/doc/rech_f.htm (consulté le 24/09/2020).
+Moniteur belge: http://www.ejustice.just.fgov.be/cgi/welcome.pl; recherche sur http://www.ejustice.just.fgov.be/doc/rech_f.htm.
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -267,51 +258,54 @@
       </c>
       <c r="L3" s="1" t="n">
         <v>2015</v>
       </c>
       <c r="M3" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="N3" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="O3" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="P3" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="Q3" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="R3" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="S3" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="T3" s="1"/>
+      <c r="T3" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="U3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="1" t="n">
         <v>62.4</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>63.2</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>63.7</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>63.7</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>63.9</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>63.3</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>63.5</v>
@@ -327,51 +321,54 @@
       </c>
       <c r="L4" s="1" t="n">
         <v>64.2</v>
       </c>
       <c r="M4" s="1" t="n">
         <v>63.7</v>
       </c>
       <c r="N4" s="1" t="n">
         <v>63.7</v>
       </c>
       <c r="O4" s="1" t="n">
         <v>63.4</v>
       </c>
       <c r="P4" s="1" t="n">
         <v>62.4</v>
       </c>
       <c r="Q4" s="1" t="n">
         <v>63.8</v>
       </c>
       <c r="R4" s="1" t="n">
         <v>64.6</v>
       </c>
       <c r="S4" s="1" t="n">
         <v>63.7</v>
       </c>
-      <c r="T4" s="1"/>
+      <c r="T4" s="1" t="n">
+        <v>64</v>
+      </c>
+      <c r="U4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="n">
         <v>60.9</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>61.6</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>61.7</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>61</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>61</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>61.8</v>
       </c>
       <c r="H5" s="1" t="n">
         <v>61.4</v>
@@ -387,51 +384,54 @@
       </c>
       <c r="L5" s="1" t="n">
         <v>62.8</v>
       </c>
       <c r="M5" s="1" t="n">
         <v>64</v>
       </c>
       <c r="N5" s="1" t="n">
         <v>63.9</v>
       </c>
       <c r="O5" s="1" t="n">
         <v>64</v>
       </c>
       <c r="P5" s="1" t="n">
         <v>64.6</v>
       </c>
       <c r="Q5" s="1" t="n">
         <v>64</v>
       </c>
       <c r="R5" s="1" t="n">
         <v>63.6</v>
       </c>
       <c r="S5" s="1" t="n">
         <v>62.6</v>
       </c>
-      <c r="T5" s="1"/>
+      <c r="T5" s="1" t="n">
+        <v>63.1</v>
+      </c>
+      <c r="U5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0"/>
       <c r="B6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="0" t="s">
@@ -535,52 +535,52 @@
       </c>
       <c r="L13" s="1" t="n">
         <v>64.2</v>
       </c>
       <c r="M13" s="1" t="n">
         <v>63.7</v>
       </c>
       <c r="N13" s="1" t="n">
         <v>63.7</v>
       </c>
       <c r="O13" s="1" t="n">
         <v>63.4</v>
       </c>
       <c r="P13" s="1" t="n">
         <v>62.4</v>
       </c>
       <c r="Q13" s="1" t="n">
         <v>63.8</v>
       </c>
       <c r="R13" s="1" t="n">
         <v>64.6</v>
       </c>
       <c r="S13" s="1" t="n">
         <v>63.7</v>
       </c>
-      <c r="T13" s="1" t="s">
-        <f>=NA()</f>
+      <c r="T13" s="1" t="n">
+        <v>64</v>
       </c>
       <c r="U13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="1" t="n">
         <v>79.1</v>
       </c>
       <c r="C14" s="1" t="n">
         <v>79.5</v>
       </c>
       <c r="D14" s="1" t="n">
         <v>79.9</v>
       </c>
       <c r="E14" s="1" t="n">
         <v>79.8</v>
       </c>
       <c r="F14" s="1" t="n">
         <v>80.2</v>
       </c>
       <c r="G14" s="1" t="n">
         <v>80.3</v>
       </c>
@@ -686,51 +686,54 @@
       </c>
       <c r="L21" s="1" t="n">
         <v>2015</v>
       </c>
       <c r="M21" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="N21" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="O21" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="P21" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="Q21" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="R21" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="S21" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="T21" s="1"/>
+      <c r="T21" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="U21" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B22" s="1" t="n">
         <v>62.3</v>
       </c>
       <c r="C22" s="1" t="n">
         <v>63.2</v>
       </c>
       <c r="D22" s="1" t="n">
         <v>63.9</v>
       </c>
       <c r="E22" s="1" t="n">
         <v>64.1</v>
       </c>
       <c r="F22" s="1" t="n">
         <v>63.8</v>
       </c>
       <c r="G22" s="1" t="n">
         <v>62.6</v>
       </c>
       <c r="H22" s="1" t="n">
         <v>63.6</v>
@@ -746,51 +749,54 @@
       </c>
       <c r="L22" s="1" t="n">
         <v>64</v>
       </c>
       <c r="M22" s="1" t="n">
         <v>63.7</v>
       </c>
       <c r="N22" s="1" t="n">
         <v>64</v>
       </c>
       <c r="O22" s="1" t="n">
         <v>63.7</v>
       </c>
       <c r="P22" s="1" t="n">
         <v>62.8</v>
       </c>
       <c r="Q22" s="1" t="n">
         <v>64</v>
       </c>
       <c r="R22" s="1" t="n">
         <v>64.4</v>
       </c>
       <c r="S22" s="1" t="n">
         <v>63.3</v>
       </c>
-      <c r="T22" s="1"/>
+      <c r="T22" s="1" t="n">
+        <v>63.5</v>
+      </c>
+      <c r="U22" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0" t="s">
         <v>12</v>
       </c>
       <c r="B23" s="1" t="n">
         <v>62.4</v>
       </c>
       <c r="C23" s="1" t="n">
         <v>63</v>
       </c>
       <c r="D23" s="1" t="n">
         <v>63.5</v>
       </c>
       <c r="E23" s="1" t="n">
         <v>63.4</v>
       </c>
       <c r="F23" s="1" t="n">
         <v>63.9</v>
       </c>
       <c r="G23" s="1" t="n">
         <v>64</v>
       </c>
       <c r="H23" s="1" t="n">
         <v>63.4</v>
@@ -806,51 +812,54 @@
       </c>
       <c r="L23" s="1" t="n">
         <v>64.4</v>
       </c>
       <c r="M23" s="1" t="n">
         <v>63.6</v>
       </c>
       <c r="N23" s="1" t="n">
         <v>63.3</v>
       </c>
       <c r="O23" s="1" t="n">
         <v>63.2</v>
       </c>
       <c r="P23" s="1" t="n">
         <v>62.1</v>
       </c>
       <c r="Q23" s="1" t="n">
         <v>63.6</v>
       </c>
       <c r="R23" s="1" t="n">
         <v>64.8</v>
       </c>
       <c r="S23" s="1" t="n">
         <v>64.1</v>
       </c>
-      <c r="T23" s="1"/>
+      <c r="T23" s="1" t="n">
+        <v>64.4</v>
+      </c>
+      <c r="U23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="0"/>
       <c r="B24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>