--- v0 (2025-10-16)
+++ v1 (2026-02-22)
@@ -27,88 +27,79 @@
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G02_ORG" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
   <si>
     <t>Surface en agriculture biologique - Belgique et comparaison internationale</t>
   </si>
   <si>
     <t>pourcentage de la surface agricole</t>
   </si>
   <si>
     <t>Belgique</t>
   </si>
   <si>
     <t>UE27</t>
   </si>
   <si>
-    <t>Statbel; Eurostat (2024), Surface agricole couverte par l'agriculture biologique [sdg_02_40], https://ec.europa.eu/eurostat (consultés le 16/6/2024).</t>
+    <t>Source: Statbel; Eurostat (2025), Surface agricole couverte par l'agriculture biologique, sdg_02_40, https://ec.europa.eu/eurostat, dernière mise à jour des données 18/06/2025 23:00 (consultés le 27/6/2025).</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G02_ORG</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Surface en agriculture biologique (i11)</t>
+    <t>Surface en agriculture biologique (i12)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
-    <t>Définition: la part de la surface agricole exploitée en agriculture biologique par rapport à la surface agricole totale. "La production biologique est un système global de gestion agricole et de production alimentaire qui allie les meilleures pratiques environnementales, un haut degré de biodiversité, la préservation des ressources naturelles, l'application de normes élevées en matière de bien-être animal et une méthode de production respectant la préférence de certains consommateurs à l'égard de produits obtenus grâce à des substances et à des procédés naturels." (Règlement (CE) n° 834/2007 relatif à la production biologique; Journal officiel de l'Union européenne, 20/7/2007). Les données proviennent d’Eurostat.
+    <t>Définition: la part de la surface agricole exploitée en agriculture biologique par rapport à la surface agricole totale. "La production biologique est un système global de gestion agricole et de production alimentaire qui allie les meilleures pratiques environnementales, un haut degré de biodiversité, la préservation des ressources naturelles, l'application de normes élevées en matière de bien-être animal et une méthode de production respectant la préférence de certains consommateurs à l'égard de produits obtenus grâce à des substances et à des procédés naturels." (Règlement (CE) n° 834/2007 relatif à la production biologique; Journal officiel de l'Union européenne, 20/7/2007). Statistics Belgium organise en Belgique la récolte de ces données et en met les résultats à disposition, notamment d'Eurostat. Les données utilisées ici proviennent d'Eurostat qui publie des résultats détaillés et comparables entre les États membres de l'UE.
 Objectif: la surface agricole en agriculture biologique doit augmenter.
 Les objectifs de développement durable ou SDG adoptés par l'ONU en 2015 comprennent le sous-objectif 2.4: "D’ici à 2030, assurer la viabilité des systèmes de production alimentaire et mettre en œuvre des pratiques agricoles résilientes qui permettent d’accroître la productivité et la production, contribuent à la préservation des écosystèmes, renforcent les capacités d’adaptation aux changements climatiques, aux phénomènes météorologiques extrêmes, à la sécheresse, aux inondations et à d’autres catastrophes et améliorent progressivement la qualité des terres et des sols".
 La Conférence des parties de la Convention sur la diversité biologique de l’ONU de décembre 2022 a adopté de nouveaux objectifs, parmi lesquels "Veiller à ce que les superficies consacrées à l'agriculture, à l'aquaculture, à la pêche et à la sylviculture soient gérées de manière durable" (cible 10; CBD, 2022).
 Pour l'Union européenne, la Stratégie "De la ferme à la table" de la Commission européenne vise un objectif d'au moins 25% des terres agricoles de l’Union affectées à l’agriculture biologique d’ici à 2030 (COM/2020/381 final; Journal officiel de l'Union européenne, 20/05/2020).
 La Vision stratégique fédérale à long terme de développement durable inclut l’objectif 28: "L’impact environnemental et social de nos modes de production et de consommation alimentaires sera considérablement réduit" (Moniteur belge, 08/10/2013).
-Évolution: la part de la surface agricole en agriculture biologique augmente régulièrement pour atteindre 7,6% en 2022.
-[...1 lines deleted...]
-Ventilation selon la Région: ne peut pas être présentée car des données comparables ne sont actuellement pas disponibles.
 Indicateur ONU: l’indicateur choisi correspond à l'indicateur 2.4.1 - Proportion des zones agricoles où l’agriculture durable est pratiquée.
 Sources
-Générales
-[...4 lines deleted...]
-Spécifiques
 CBD (2022), Cadre Mondial de la biodiversité de Kunming à Montréal, CBD/COP/15/L.25.
-Moniteur belge: http://www.ejustice.just.fgov.be/cgi/welcome.pl; recherche sur http://www.ejustice.just.fgov.be/doc/rech_f.htm (consulté le 24/09/2020).
-Journal officiel de l'Union européenne: https://eur-lex.europa.eu/oj/direct-access.html?locale=fr (consulté le 24/09/2020).
+Moniteur belge: http://www.ejustice.just.fgov.be/cgi/welcome.pl; recherche sur http://www.ejustice.just.fgov.be/doc/rech_f.htm.
+Journal officiel de l'Union européenne: https://eur-lex.europa.eu/oj/direct-access.html?locale=fr.
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -166,310 +157,301 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:AA8"/>
+  <dimension ref="A1:Z8"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
-        <v>1991</v>
+        <v>2000</v>
       </c>
       <c r="C3" s="1" t="n">
-        <v>1997</v>
+        <v>2001</v>
       </c>
       <c r="D3" s="1" t="n">
-        <v>2000</v>
+        <v>2002</v>
       </c>
       <c r="E3" s="1" t="n">
-        <v>2001</v>
+        <v>2003</v>
       </c>
       <c r="F3" s="1" t="n">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="G3" s="1" t="n">
-        <v>2003</v>
+        <v>2005</v>
       </c>
       <c r="H3" s="1" t="n">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="I3" s="1" t="n">
-        <v>2005</v>
+        <v>2007</v>
       </c>
       <c r="J3" s="1" t="n">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="K3" s="1" t="n">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="L3" s="1" t="n">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="M3" s="1" t="n">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="N3" s="1" t="n">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="O3" s="1" t="n">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="P3" s="1" t="n">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="Q3" s="1" t="n">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="R3" s="1" t="n">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="S3" s="1" t="n">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="T3" s="1" t="n">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="U3" s="1" t="n">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="V3" s="1" t="n">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="W3" s="1" t="n">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="X3" s="1" t="n">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="Y3" s="1" t="n">
-        <v>2021</v>
-[...4 lines deleted...]
-      <c r="AA3" s="1"/>
+        <v>2023</v>
+      </c>
+      <c r="Z3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="1" t="n">
-        <v>0.09652064031</v>
+        <v>1.5</v>
       </c>
       <c r="C4" s="1" t="n">
-        <v>0.4941943956</v>
+        <v>1.6</v>
       </c>
       <c r="D4" s="1" t="n">
-        <v>1.5</v>
+        <v>2.1</v>
       </c>
       <c r="E4" s="1" t="n">
-        <v>1.6</v>
+        <v>1.7</v>
       </c>
       <c r="F4" s="1" t="n">
-        <v>2.1</v>
+        <v>1.7</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>1.7</v>
       </c>
       <c r="H4" s="1" t="n">
-        <v>1.7</v>
+        <v>2.1</v>
       </c>
       <c r="I4" s="1" t="n">
-        <v>1.7</v>
+        <v>2.4</v>
       </c>
       <c r="J4" s="1" t="n">
-        <v>2.1</v>
+        <v>2.6</v>
       </c>
       <c r="K4" s="1" t="n">
-        <v>2.4</v>
+        <v>3</v>
       </c>
       <c r="L4" s="1" t="n">
-        <v>2.6</v>
+        <v>3.6</v>
       </c>
       <c r="M4" s="1" t="n">
-        <v>3</v>
+        <v>4.1</v>
       </c>
       <c r="N4" s="1" t="n">
-        <v>3.6</v>
+        <v>4.48</v>
       </c>
       <c r="O4" s="1" t="n">
-        <v>4.1</v>
+        <v>4.67</v>
       </c>
       <c r="P4" s="1" t="n">
-        <v>4.48</v>
+        <v>5</v>
       </c>
       <c r="Q4" s="1" t="n">
-        <v>4.67</v>
+        <v>5.17</v>
       </c>
       <c r="R4" s="1" t="n">
-        <v>5</v>
+        <v>5.8</v>
       </c>
       <c r="S4" s="1" t="n">
-        <v>5.17</v>
+        <v>6.28</v>
       </c>
       <c r="T4" s="1" t="n">
-        <v>5.8</v>
+        <v>6.56</v>
       </c>
       <c r="U4" s="1" t="n">
-        <v>6.28</v>
+        <v>6.85</v>
       </c>
       <c r="V4" s="1" t="n">
-        <v>6.56</v>
+        <v>7.25</v>
       </c>
       <c r="W4" s="1" t="n">
-        <v>6.85</v>
+        <v>7.48</v>
       </c>
       <c r="X4" s="1" t="n">
-        <v>7.25</v>
+        <v>7.6</v>
       </c>
       <c r="Y4" s="1" t="n">
-        <v>7.48</v>
-[...4 lines deleted...]
-      <c r="AA4" s="1"/>
+        <v>7.56</v>
+      </c>
+      <c r="Z4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="C5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="E5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="F5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="G5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="H5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="I5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="J5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="K5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="L5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="M5" s="1" t="s">
         <f>=NA()</f>
       </c>
-      <c r="N5" s="1" t="s">
-[...3 lines deleted...]
-        <f>=NA()</f>
+      <c r="N5" s="1" t="n">
+        <v>5.88</v>
+      </c>
+      <c r="O5" s="1" t="n">
+        <v>5.91</v>
       </c>
       <c r="P5" s="1" t="n">
-        <v>5.88</v>
+        <v>6.08</v>
       </c>
       <c r="Q5" s="1" t="n">
-        <v>5.91</v>
+        <v>6.56</v>
       </c>
       <c r="R5" s="1" t="n">
-        <v>6.08</v>
+        <v>7.09</v>
       </c>
       <c r="S5" s="1" t="n">
-        <v>6.56</v>
+        <v>7.47</v>
       </c>
       <c r="T5" s="1" t="n">
-        <v>7.09</v>
+        <v>7.99</v>
       </c>
       <c r="U5" s="1" t="n">
-        <v>7.47</v>
+        <v>8.47</v>
       </c>
       <c r="V5" s="1" t="n">
-        <v>7.99</v>
-[...5 lines deleted...]
-        <v>9.09</v>
+        <v>9.1</v>
+      </c>
+      <c r="W5" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="X5" s="1" t="s">
+        <f>=NA()</f>
       </c>
       <c r="Y5" s="1" t="s">
         <f>=NA()</f>
       </c>
-      <c r="Z5" s="1" t="s">
-[...2 lines deleted...]
-      <c r="AA5" s="1"/>
+      <c r="Z5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0"/>
       <c r="B6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>