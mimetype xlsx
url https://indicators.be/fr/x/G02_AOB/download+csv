--- v0 (2025-10-16)
+++ v1 (2026-02-22)
@@ -13,156 +13,149 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G02_AOB" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="37" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="31">
   <si>
     <t>Obésité des adultes - Belgique</t>
   </si>
   <si>
     <t>pourcentage des 18 ans et plus</t>
   </si>
   <si>
     <t>Belgique</t>
   </si>
   <si>
-    <t>Sciensano (2019), S. Drieskens, R. Charafeddine, L. Gisle: Enquête de santé 2018: Etat nutritionnel. Bruxelles, Belgique: Sciensano; Numéro de rapport: D/2019/14.440/62, www.enquetesante.be; Sciensano (2019), Belgian Health Interview Survey - Interactive Analysis, https://www.sciensano.be/en/projects/health-interview-survey/hisia (consulté le 15/10/2019).</t>
+    <t>Note: L'intervalle de confiance à 95 % pour la part des adultes obèses en 2023 est de 15,8% à 18,3% pour Belgique.</t>
+  </si>
+  <si>
+    <t>Source: Sciensano (2025), Belgian Health Interview Survey - Interactive Analysis, https://healthinformation.sciensano.be/shiny/hisia/ (consulté le 21/8/2025).</t>
   </si>
   <si>
     <t>Obésité des adultes selon la Région - Belgique</t>
   </si>
   <si>
     <t>Région de Bruxelles-Capitale</t>
   </si>
   <si>
     <t>Région flamande</t>
   </si>
   <si>
     <t>Région wallonne</t>
   </si>
   <si>
-    <t>La marge d'incertitude de cet indicateur est indiquée dans le texte pour la dernière année.</t>
-[...2 lines deleted...]
-    <t>Sciensano (2019), S. Drieskens, R. Charafeddine, L. Gisle, Enquête de santé 2018: Etat nutritionnel. Bruxelles, Belgique: Sciensano; Numéro de rapport: D/2019/14.440/62, www.enquetesante.be; Sciensano (2019), Belgian Health Interview Survey - Interactive Analysis, https://www.sciensano.be/en/projects/health-interview-survey/hisia (consulté le 15/10/2019).</t>
+    <t>Note: L'intervalle de confiance à 95 % pour la part des adultes obèses en 2023 est de 11,2% à 16,1% pour Bruxelles, de 15,2% à 18,1% pour Flandre et de 16,2% à 21,8% pour la Wallonie.</t>
   </si>
   <si>
     <t>Obésité des adultes selon le sexe - Belgique</t>
   </si>
   <si>
     <t>femmes</t>
   </si>
   <si>
     <t>hommes</t>
   </si>
   <si>
     <t>Obésité des adultes selon l'éducation - Belgique</t>
   </si>
   <si>
     <t>éducation primaire</t>
   </si>
   <si>
     <t>secondaire inférieur</t>
   </si>
   <si>
     <t>secondaire supérieur</t>
   </si>
   <si>
     <t>éducation supérieure</t>
   </si>
   <si>
+    <t>Note: En 2023 il n'y a pas de données pour l'éducation primaire.</t>
+  </si>
+  <si>
     <t>Obésité des adultes selon le revenu - Belgique</t>
   </si>
   <si>
     <t>quintile 1</t>
   </si>
   <si>
     <t>quintile 2</t>
   </si>
   <si>
     <t>quintile 3</t>
   </si>
   <si>
     <t>quintile 4</t>
   </si>
   <si>
     <t>quintile 5</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G02_AOB</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Obésité des adultes (i09)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
-    <t>Définition: l'obésité correspond à un indice de masse corporelle supérieur ou égal à 30. Cet indicateur est la part des personnes obèses dans la population adulte (18 ans et plus). L'indice de masse corporelle (ou body mass index: BMI) est une mesure anthropométrique calculée comme le rapport entre le poids exprimé en kilogrammes et le carré de la hauteur exprimé en mètres. Le BMI est corrélé avec la teneur en graisse du corps d'un adulte (Eurostat, 2008). Les personnes obèses sont plus à risque pour les maladies chroniques comme les maladies cardiovasculaires, le diabète et certains cancers (OMS, 2015). Les données proviennent des Enquêtes de santé nationale exécutées par l'Institut scientifique de santé publique/Sciensano pour la Belgique. Les données pour la comparaison internationale proviennent quant à elles d’Eurostat. L'indicateur de suivi des SDG d'Eurostat combine deux sources différentes: les données issues des enquêtes de santé et celles des enquêtes EU-SILC. En cohérence avec les données utilisées pour la Belgique, seules les données provenant des enquêtes de santé sont reprises pour la comparaison internationale. Comme ces données sont basées sur des enquêtes, il faut tenir compte d’une marge d’incertitude. Cette marge d'incertitude augmente à mesure que l'indicateur est calculé pour des sous-populations plus petites. Le site internet de Sciensano présente ces données avec leurs intervalles de confiance (IC).
+    <t>Définition: l'obésité correspond à un indice de masse corporelle supérieur ou égal à 30. Cet indicateur est la part des personnes obèses dans la population adulte (18 ans et plus). L'indice de masse corporelle (ou body mass index: BMI) est une mesure anthropométrique calculée comme le rapport entre le poids exprimé en kilogrammes et le carré de la hauteur exprimé en mètres. Le BMI est corrélé avec la teneur en graisse du corps d'un adulte (Eurostat, 2008). Les personnes obèses sont plus à risque pour les maladies chroniques comme les maladies cardiovasculaires, le diabète et certains cancers (OMS, 2015). Pour cet indicateur les ventilations suivantes sont disponibles : région, sexe, revenu et éducation.
+Les données proviennent des Enquêtes de santé nationale exécutées par l'Institut scientifique de santé publique/Sciensano pour la Belgique. Les données pour la comparaison internationale proviennent quant à elles d’Eurostat. L'indicateur de suivi des SDG d'Eurostat combine deux sources différentes: les données issues des enquêtes de santé et celles des enquêtes EU-SILC. En cohérence avec les données utilisées pour la Belgique, seules les données provenant des enquêtes de santé sont reprises pour la comparaison internationale. Comme ces données sont basées sur des enquêtes, il faut tenir compte d’une marge d’incertitude. Cette marge d'incertitude augmente à mesure que l'indicateur est calculé pour des sous-populations plus petites. Le site internet de Sciensano présente ces données avec leurs intervalles de confiance (IC).
 Objectif: la part d'adultes obèses doit diminuer.
 Les objectifs de développement durable ou SDG adoptés par l'ONU en 2015 comprennent le sous-objectif 2.2: "D’ici à 2030, mettre fin à toutes les formes de malnutrition, y compris en atteignant d’ici à 2025 les objectifs arrêtés à l’échelle internationale relatifs aux retards de croissance et à l’émaciation chez les enfants de moins de 5 ans, et répondre aux besoins nutritionnels des adolescentes, des femmes enceintes ou allaitantes et des personnes âgées".
 La Vision fédérale à long terme sur le développement durable inclut l'objectif 7: "la morbidité/mortalité liée aux maladies chroniques sera réduite" (Moniteur belge, 08/10/2013). Comme l'obésité augmente le risque de maladies cardiovasculaires, de diabète et de plusieurs types de cancer, la part d'adultes obèses doit diminuer pour aller dans la direction de l’objectif.
-Évolution: selon ces enquêtes, la part des adultes obèses a augmenté entre 1997 et 2018. L'indicateur est passé de 10,8% de la population en situation d'obésité en 1997 à 15,9% en 2018.
-[...3 lines deleted...]
-Ventilation selon le revenu: le pourcentage d'adultes obèses est plus faible pour les personnes ayant les plus hauts niveaux de revenu. En 2018, la part des personnes obèses est de 18,7% et 17,3% pour les deux quintiles de revenu les plus bas, de 19,9 % pour le quintile du milieu et de 11,1% pour le quintile de revenu le plus élevé.
 Indicateur ONU: l’indicateur choisi ne correspond à aucun indicateur de suivi des SDG, mais est relié au sous-objectif 2.2. Les indicateurs proposés pour le suivi des SDG ne sont, en effet, pas adaptés à la situation belge (2.2.1 Prévalence du retard de croissance (…) chez les enfants de moins de 5 ans) ou pas suivis par la Belgique (2.2.2 Prévalence de la malnutrition (…) chez les enfants de moins de 5 ans, par forme (surpoids et émaciation)). Par contre, l’obésité des adultes est une conséquence d'une forme de malnutrition et est une problématique pertinente en Belgique. C’est donc cette problématique qui est choisie pour suivre la malnutrition en Belgique.
 Sources
-Générales
-[...4 lines deleted...]
-Spécifiques
 Eurostat (2021), Obesity rate by body mass index (BMI), SDG_02_10, https://ec.europa.eu/eurostat/ (consulté le 03/11/2021).
 Moniteur belge: http://www.ejustice.just.fgov.be/cgi/welcome.pl; recherche sur http://www.ejustice.just.fgov.be/doc/rech_f.htm (consulté le 24/09/2020).
 OMS (2015), Obésité et surpoids, Aide-mémoire n°311, http://www.who.int.
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
@@ -223,693 +216,763 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:H46"/>
+  <dimension ref="A1:I48"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
         <v>1997</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>2001</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>2004</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>2008</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>2013</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>2018</v>
       </c>
-      <c r="H3" s="1"/>
+      <c r="H3" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="I3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="1" t="n">
         <v>10.8</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>12.1</v>
       </c>
       <c r="D4" s="1" t="n">
-        <v>12.7</v>
+        <v>12.6</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>13.8</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>13.7</v>
       </c>
       <c r="G4" s="1" t="n">
-        <v>15.9</v>
-[...1 lines deleted...]
-      <c r="H4" s="1"/>
+        <v>15.8</v>
+      </c>
+      <c r="H4" s="1" t="n">
+        <v>17</v>
+      </c>
+      <c r="I4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0"/>
       <c r="B5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
-      <c r="A7" s="0"/>
+      <c r="A7" s="0" t="s">
+        <v>4</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
-      <c r="A8" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A8" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
+      <c r="A10" s="0" t="s">
         <v>1</v>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
-[...1 lines deleted...]
-      <c r="B10" s="1" t="n">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
+      <c r="A11" s="0"/>
+      <c r="B11" s="1" t="n">
         <v>1997</v>
       </c>
-      <c r="C10" s="1" t="n">
+      <c r="C11" s="1" t="n">
         <v>2001</v>
       </c>
-      <c r="D10" s="1" t="n">
+      <c r="D11" s="1" t="n">
         <v>2004</v>
       </c>
-      <c r="E10" s="1" t="n">
+      <c r="E11" s="1" t="n">
         <v>2008</v>
       </c>
-      <c r="F10" s="1" t="n">
+      <c r="F11" s="1" t="n">
         <v>2013</v>
       </c>
-      <c r="G10" s="1" t="n">
+      <c r="G11" s="1" t="n">
         <v>2018</v>
       </c>
-      <c r="H10" s="1"/>
-[...23 lines deleted...]
-      <c r="H11" s="1"/>
+      <c r="H11" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="I11" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="1" t="n">
-        <v>9.6</v>
+        <v>9.2</v>
       </c>
       <c r="C12" s="1" t="n">
-        <v>11</v>
+        <v>11.8</v>
       </c>
       <c r="D12" s="1" t="n">
-        <v>11.5</v>
+        <v>10.2</v>
       </c>
       <c r="E12" s="1" t="n">
+        <v>11.9</v>
+      </c>
+      <c r="F12" s="1" t="n">
+        <v>12.8</v>
+      </c>
+      <c r="G12" s="1" t="n">
+        <v>13.7</v>
+      </c>
+      <c r="H12" s="1" t="n">
         <v>13.6</v>
       </c>
-      <c r="F12" s="1" t="n">
-[...5 lines deleted...]
-      <c r="H12" s="1"/>
+      <c r="I12" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="1" t="n">
+        <v>9.6</v>
+      </c>
+      <c r="C13" s="1" t="n">
+        <v>10.9</v>
+      </c>
+      <c r="D13" s="1" t="n">
+        <v>11.5</v>
+      </c>
+      <c r="E13" s="1" t="n">
+        <v>13.6</v>
+      </c>
+      <c r="F13" s="1" t="n">
+        <v>12.6</v>
+      </c>
+      <c r="G13" s="1" t="n">
+        <v>14.9</v>
+      </c>
+      <c r="H13" s="1" t="n">
+        <v>16.6</v>
+      </c>
+      <c r="I13" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="B14" s="1" t="n">
         <v>13.7</v>
       </c>
-      <c r="C13" s="1" t="n">
-[...2 lines deleted...]
-      <c r="D13" s="1" t="n">
+      <c r="C14" s="1" t="n">
+        <v>14.3</v>
+      </c>
+      <c r="D14" s="1" t="n">
         <v>15.3</v>
       </c>
-      <c r="E13" s="1" t="n">
+      <c r="E14" s="1" t="n">
         <v>14.6</v>
       </c>
-      <c r="F13" s="1" t="n">
-[...9 lines deleted...]
-      <c r="B14" s="1"/>
+      <c r="F14" s="1" t="n">
+        <v>16</v>
+      </c>
+      <c r="G14" s="1" t="n">
+        <v>17.9</v>
+      </c>
+      <c r="H14" s="1" t="n">
+        <v>19</v>
+      </c>
+      <c r="I14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A15" s="0"/>
+      <c r="B15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="0"/>
+      <c r="A17" s="0" t="s">
+        <v>4</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A18" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="0" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="0" t="s">
         <v>1</v>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-[...1 lines deleted...]
-      <c r="B20" s="1" t="n">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="0"/>
+      <c r="B21" s="1" t="n">
         <v>1997</v>
       </c>
-      <c r="C20" s="1" t="n">
+      <c r="C21" s="1" t="n">
         <v>2001</v>
       </c>
-      <c r="D20" s="1" t="n">
+      <c r="D21" s="1" t="n">
         <v>2004</v>
       </c>
-      <c r="E20" s="1" t="n">
+      <c r="E21" s="1" t="n">
         <v>2008</v>
       </c>
-      <c r="F20" s="1" t="n">
+      <c r="F21" s="1" t="n">
         <v>2013</v>
       </c>
-      <c r="G20" s="1" t="n">
+      <c r="G21" s="1" t="n">
         <v>2018</v>
       </c>
-      <c r="H20" s="1"/>
-[...23 lines deleted...]
-      <c r="H21" s="1"/>
+      <c r="H21" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="I21" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B22" s="1" t="n">
+        <v>10.5</v>
+      </c>
+      <c r="C22" s="1" t="n">
+        <v>12.7</v>
+      </c>
+      <c r="D22" s="1" t="n">
+        <v>13.4</v>
+      </c>
+      <c r="E22" s="1" t="n">
+        <v>14.4</v>
+      </c>
+      <c r="F22" s="1" t="n">
+        <v>13.8</v>
+      </c>
+      <c r="G22" s="1" t="n">
+        <v>15</v>
+      </c>
+      <c r="H22" s="1" t="n">
+        <v>17.2</v>
+      </c>
+      <c r="I22" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="0" t="s">
         <v>12</v>
       </c>
-      <c r="B22" s="1" t="n">
+      <c r="B23" s="1" t="n">
         <v>11.2</v>
       </c>
-      <c r="C22" s="1" t="n">
+      <c r="C23" s="1" t="n">
         <v>11.5</v>
       </c>
-      <c r="D22" s="1" t="n">
+      <c r="D23" s="1" t="n">
         <v>11.9</v>
       </c>
-      <c r="E22" s="1" t="n">
+      <c r="E23" s="1" t="n">
         <v>13.1</v>
       </c>
-      <c r="F22" s="1" t="n">
+      <c r="F23" s="1" t="n">
         <v>13.6</v>
       </c>
-      <c r="G22" s="1" t="n">
+      <c r="G23" s="1" t="n">
         <v>16.7</v>
       </c>
-      <c r="H22" s="1"/>
-[...3 lines deleted...]
-      <c r="B23" s="1"/>
+      <c r="H23" s="1" t="n">
+        <v>16.9</v>
+      </c>
+      <c r="I23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A24" s="0"/>
+      <c r="B24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="0"/>
+      <c r="A25" s="0" t="s">
+        <v>4</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A26" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="0" t="s">
         <v>1</v>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-[...1 lines deleted...]
-      <c r="B28" s="1" t="n">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="0"/>
+      <c r="B29" s="1" t="n">
         <v>1997</v>
       </c>
-      <c r="C28" s="1" t="n">
+      <c r="C29" s="1" t="n">
         <v>2001</v>
       </c>
-      <c r="D28" s="1" t="n">
+      <c r="D29" s="1" t="n">
         <v>2004</v>
       </c>
-      <c r="E28" s="1" t="n">
+      <c r="E29" s="1" t="n">
         <v>2008</v>
       </c>
-      <c r="F28" s="1" t="n">
+      <c r="F29" s="1" t="n">
         <v>2013</v>
       </c>
-      <c r="G28" s="1" t="n">
+      <c r="G29" s="1" t="n">
         <v>2018</v>
       </c>
-      <c r="H28" s="1"/>
-[...23 lines deleted...]
-      <c r="H29" s="1"/>
+      <c r="H29" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="I29" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="0" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B30" s="1" t="n">
-        <v>12.2</v>
+        <v>18.3</v>
       </c>
       <c r="C30" s="1" t="n">
-        <v>16.5</v>
+        <v>19.9</v>
       </c>
       <c r="D30" s="1" t="n">
-        <v>18.5</v>
+        <v>19</v>
       </c>
       <c r="E30" s="1" t="n">
-        <v>19.9</v>
+        <v>19.1</v>
       </c>
       <c r="F30" s="1" t="n">
-        <v>18.7</v>
+        <v>25.3</v>
       </c>
       <c r="G30" s="1" t="n">
-        <v>22.5</v>
-[...1 lines deleted...]
-      <c r="H30" s="1"/>
+        <v>21.8</v>
+      </c>
+      <c r="H30" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="I30" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B31" s="1" t="n">
-        <v>11.2</v>
+        <v>12.2</v>
       </c>
       <c r="C31" s="1" t="n">
-        <v>11.7</v>
+        <v>18</v>
       </c>
       <c r="D31" s="1" t="n">
-        <v>12.6</v>
+        <v>18.7</v>
       </c>
       <c r="E31" s="1" t="n">
-        <v>14.4</v>
+        <v>19.6</v>
       </c>
       <c r="F31" s="1" t="n">
-        <v>14.5</v>
+        <v>21.6</v>
       </c>
       <c r="G31" s="1" t="n">
-        <v>17.4</v>
-[...1 lines deleted...]
-      <c r="H31" s="1"/>
+        <v>22.3</v>
+      </c>
+      <c r="H31" s="1" t="n">
+        <v>23.7</v>
+      </c>
+      <c r="I31" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B32" s="1" t="n">
+        <v>11.2</v>
+      </c>
+      <c r="C32" s="1" t="n">
+        <v>11.7</v>
+      </c>
+      <c r="D32" s="1" t="n">
+        <v>12.6</v>
+      </c>
+      <c r="E32" s="1" t="n">
+        <v>14.4</v>
+      </c>
+      <c r="F32" s="1" t="n">
+        <v>14.4</v>
+      </c>
+      <c r="G32" s="1" t="n">
+        <v>17.4</v>
+      </c>
+      <c r="H32" s="1" t="n">
+        <v>19.8</v>
+      </c>
+      <c r="I32" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="0" t="s">
         <v>17</v>
       </c>
-      <c r="B32" s="1" t="n">
+      <c r="B33" s="1" t="n">
         <v>6.8</v>
       </c>
-      <c r="C32" s="1" t="n">
+      <c r="C33" s="1" t="n">
         <v>6.2</v>
       </c>
-      <c r="D32" s="1" t="n">
+      <c r="D33" s="1" t="n">
         <v>7.4</v>
       </c>
-      <c r="E32" s="1" t="n">
+      <c r="E33" s="1" t="n">
         <v>9.1</v>
       </c>
-      <c r="F32" s="1" t="n">
+      <c r="F33" s="1" t="n">
         <v>8.7</v>
       </c>
-      <c r="G32" s="1" t="n">
-[...6 lines deleted...]
-      <c r="B33" s="1"/>
+      <c r="G33" s="1" t="n">
+        <v>12.1</v>
+      </c>
+      <c r="H33" s="1" t="n">
+        <v>13.1</v>
+      </c>
+      <c r="I33" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A34" s="0"/>
+      <c r="B34" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="0"/>
+      <c r="A35" s="0" t="s">
+        <v>18</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="0" t="s">
-        <v>18</v>
+        <v>4</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A37" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="0"/>
-[...18 lines deleted...]
-      <c r="H38" s="1"/>
+      <c r="A38" s="0" t="s">
+        <v>19</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="0" t="s">
-        <v>19</v>
-[...19 lines deleted...]
-      <c r="H39" s="1"/>
+        <v>1</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A40" s="0"/>
       <c r="B40" s="1" t="n">
-        <v>12</v>
+        <v>1997</v>
       </c>
       <c r="C40" s="1" t="n">
-        <v>15.9</v>
+        <v>2001</v>
       </c>
       <c r="D40" s="1" t="n">
-        <v>14.9</v>
+        <v>2004</v>
       </c>
       <c r="E40" s="1" t="n">
-        <v>17.7</v>
+        <v>2008</v>
       </c>
       <c r="F40" s="1" t="n">
-        <v>19.5</v>
+        <v>2013</v>
       </c>
       <c r="G40" s="1" t="n">
-        <v>17.3</v>
-[...1 lines deleted...]
-      <c r="H40" s="1"/>
+        <v>2018</v>
+      </c>
+      <c r="H40" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="I40" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="0" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B41" s="1" t="n">
-        <v>12.7</v>
+        <v>12.5</v>
       </c>
       <c r="C41" s="1" t="n">
-        <v>16.3</v>
+        <v>13.8</v>
       </c>
       <c r="D41" s="1" t="n">
-        <v>15.4</v>
+        <v>14.5</v>
       </c>
       <c r="E41" s="1" t="n">
-        <v>14.9</v>
+        <v>17.7</v>
       </c>
       <c r="F41" s="1" t="n">
-        <v>12.6</v>
+        <v>17.7</v>
       </c>
       <c r="G41" s="1" t="n">
-        <v>19.9</v>
-[...1 lines deleted...]
-      <c r="H41" s="1"/>
+        <v>18.8</v>
+      </c>
+      <c r="H41" s="1" t="n">
+        <v>19.5</v>
+      </c>
+      <c r="I41" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="0" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B42" s="1" t="n">
-        <v>9.2</v>
+        <v>12</v>
       </c>
       <c r="C42" s="1" t="n">
-        <v>8.2</v>
+        <v>15.8</v>
       </c>
       <c r="D42" s="1" t="n">
-        <v>10.5</v>
+        <v>14.9</v>
       </c>
       <c r="E42" s="1" t="n">
-        <v>11</v>
+        <v>17.4</v>
       </c>
       <c r="F42" s="1" t="n">
-        <v>12.6</v>
+        <v>19.4</v>
       </c>
       <c r="G42" s="1" t="n">
-        <v>16.3</v>
-[...1 lines deleted...]
-      <c r="H42" s="1"/>
+        <v>20.1</v>
+      </c>
+      <c r="H42" s="1" t="n">
+        <v>17.7</v>
+      </c>
+      <c r="I42" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="B43" s="1" t="n">
+        <v>12.7</v>
+      </c>
+      <c r="C43" s="1" t="n">
+        <v>16.3</v>
+      </c>
+      <c r="D43" s="1" t="n">
+        <v>15.4</v>
+      </c>
+      <c r="E43" s="1" t="n">
+        <v>15.1</v>
+      </c>
+      <c r="F43" s="1" t="n">
+        <v>12.6</v>
+      </c>
+      <c r="G43" s="1" t="n">
+        <v>15.6</v>
+      </c>
+      <c r="H43" s="1" t="n">
+        <v>18.6</v>
+      </c>
+      <c r="I43" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="0" t="s">
         <v>23</v>
       </c>
-      <c r="B43" s="1" t="n">
-[...2 lines deleted...]
-      <c r="C43" s="1" t="n">
+      <c r="B44" s="1" t="n">
         <v>9.2</v>
       </c>
-      <c r="D43" s="1" t="n">
-[...15 lines deleted...]
-      <c r="B44" s="1"/>
+      <c r="C44" s="1" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="D44" s="1" t="n">
+        <v>10.5</v>
+      </c>
+      <c r="E44" s="1" t="n">
+        <v>12.7</v>
+      </c>
+      <c r="F44" s="1" t="n">
+        <v>12.6</v>
+      </c>
+      <c r="G44" s="1" t="n">
+        <v>14.6</v>
+      </c>
+      <c r="H44" s="1" t="n">
+        <v>17.7</v>
+      </c>
+      <c r="I44" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="0" t="s">
-        <v>9</v>
-      </c>
+        <v>24</v>
+      </c>
+      <c r="B45" s="1" t="n">
+        <v>7.7</v>
+      </c>
+      <c r="C45" s="1" t="n">
+        <v>9.2</v>
+      </c>
+      <c r="D45" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="E45" s="1" t="n">
+        <v>10.6</v>
+      </c>
+      <c r="F45" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="G45" s="1" t="n">
+        <v>11.3</v>
+      </c>
+      <c r="H45" s="1" t="n">
+        <v>13.2</v>
+      </c>
+      <c r="I45" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="0"/>
+      <c r="B46" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B1" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>cic bfp</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>