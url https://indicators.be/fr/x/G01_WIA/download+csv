--- v0 (2025-11-23)
+++ v1 (2026-03-04)
@@ -24,164 +24,149 @@
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G01_WIA" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="34">
   <si>
     <t>Ménages sans accès internet pour raisons financières - Belgique - évaluation de la tendance</t>
   </si>
   <si>
     <t>pourcentage</t>
   </si>
   <si>
     <t>observations</t>
   </si>
   <si>
-    <t>tendance et extrapolation (novembre 2024)</t>
+    <t>tendance et extrapolation (novembre 2025)</t>
   </si>
   <si>
     <t>objectif 2030</t>
   </si>
   <si>
-    <t>Statbel (2023), Enquête TIC auprès des ménages et des individus, https://statbel.fgov.be/ (consulté le 30/09/2024); calculs BFP.</t>
+    <t>Source: Statbel (2024), Enquête TIC auprès des ménages et des individus, https://statbel.fgov.be/ (consulté le 30/09/2025); calculs BFP.</t>
   </si>
   <si>
     <t>Ménages sans accès internet pour raisons financières - Belgique et comparaison internationale</t>
   </si>
   <si>
     <t>Belgique</t>
   </si>
   <si>
     <t>UE27</t>
   </si>
   <si>
-    <t>Statbel (2023), Enquête TIC auprès des ménages et des individus, https://statbel.fgov.be/ (consulté le 30/09/2024) et Eurostat (2024), Ménages - raisons pour ne pas avoir accès à l'internet à la maison [isoc_pibi_rni], https://ec.europa.eu/eurostat (consulté le 31/10/2024).</t>
+    <t>Source: Statbel (2024), Enquête TIC auprès des ménages et des individus, https://statbel.fgov.be/ (consulté le 30/09/2025) et Eurostat (2025), Ménages - raisons pour ne pas avoir accès à l'internet à la maison [isoc_pibi_rni], https://ec.europa.eu/eurostat (consulté le 6/10/2025).</t>
   </si>
   <si>
     <t>Ménages sans accès internet pour raisons financières, selon le type de ménage - Belgique</t>
   </si>
   <si>
     <t>personne seule</t>
   </si>
   <si>
     <t>famille monoparentale</t>
   </si>
   <si>
     <t>2 adultes</t>
   </si>
   <si>
     <t>2 adultes, enfant(s)</t>
   </si>
   <si>
     <t>3+ adultes</t>
   </si>
   <si>
     <t>3+ adultes, enfant(s)</t>
   </si>
   <si>
-    <t>Statbel (2023), Enquête TIC auprès des ménages et des individus, https://statbel.fgov.be/ (consulté le 30/09/2024).</t>
+    <t>Source: Statbel (2024), Enquête TIC auprès des ménages et des individus, https://statbel.fgov.be/ (consulté le 30/09/2025).</t>
   </si>
   <si>
     <t>Ménages sans accès internet pour raisons financières, selon le type de zone - Belgique</t>
   </si>
   <si>
     <t>villes</t>
   </si>
   <si>
     <t>villes moins peuplées et banlieues</t>
   </si>
   <si>
     <t>zones rurales</t>
   </si>
   <si>
     <t>Ménages sans accès internet pour raisons financières, selon le revenu - Belgique</t>
   </si>
   <si>
     <t>quintile 1</t>
   </si>
   <si>
     <t>quintile 2</t>
   </si>
   <si>
     <t>quintile 3</t>
   </si>
   <si>
     <t>quintile 4</t>
   </si>
   <si>
     <t>quintile 5</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G01_WIA</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Ménages sans accès internet pour raisons financières (i08)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
-    <t>Définition: le pourcentage de ménages n’ayant pas d’accès à l’internet à leur domicile parce que les coûts d’accès ou d’équipement sont trop élevés.
+    <t>Définition: le pourcentage de ménages n’ayant pas d’accès à l’internet à leur domicile parce que les coûts d’accès ou d’équipement sont trop élevés. Pour cet indicateur les ventilations suivantes sont disponibles : revenu, type de ménage et type de zone.
 Les données sont issues de l'enquête sur l'utilisation des TIC (technologies de l'information et de la communication) et de l'internet auprès des ménages et des individus. Statbel organise en Belgique cette enquête harmonisée au niveau de l'UE et met les résultats à disposition, notamment d'Eurostat. Les données utilisées ici pour la Belgique proviennent directement de Statbel et les données utilisées pour la comparaison avec le reste de l’UE proviennent quant à elles d’Eurostat. Comme ces données sont basées sur des enquêtes, il faut tenir compte d’une marge d’incertitude. Les intervalles de confiance correspondant à ces données sont disponibles sur demande auprès de Statbel.
 Objectif: le pourcentage de ménages n’ayant pas d’accès à l’internet à leur domicile parce que les coûts d’accès ou d’équipement sont trop élevés doit être réduit à 0%.
 Cet objectif s’inscrit dans le cadre des engagements internationaux et européens pour garantir un accès universel à internet. Les objectifs de développement durable ou SDG adoptés par l'ONU en 2015 comprennent le sous-objectif 1.4: "D’ici à 2030, faire en sorte que tous les hommes et les femmes, en particulier les pauvres et les personnes vulnérables, aient les mêmes droits aux ressources économiques et qu’ils aient accès aux services de base, à la propriété foncière, au contrôle des terres et à d’autres formes de propriété, à l’héritage, aux ressources naturelles et à des nouvelles technologies et des services financiers adaptés à leurs besoins, y compris la microfinance.".
 De même, dans la Déclaration européenne sur les droits et principes numériques pour la décennie numérique, le Parlement européen, le Conseil et la Commission s’engagent à "garantir l'accès à une connectivité de haute qualité, et notamment un accès à internet, pour tous, où que ce soit dans l'UE, y compris pour les personnes à faible revenu" (European Parliament, Council and Commission, 2023).
 Ces deux cadres convergent vers un même but: éliminer les barrières financières à l’accès à internet et atteindre un taux de 0% de ménages sans connexion à domicile pour des raisons de coûts d’ici 2030.
-Évolution: le pourcentage de ménages n’ayant pas d’accès à l’internet à leur domicile parce que les coûts d’accès ou d’équipement sont trop élevés a nettement diminué entre 2008 et 2023.
-[...7 lines deleted...]
-Ventilation selon le type de zone: en 2023, le pourcentage de ménages n’ayant pas d’accès à l’internet à leur domicile parce que les coûts d’accès ou d’équipement sont trop élevés est plus faible dans les villes moins peuplées et banlieues avec 0,9% et dans les villes avec 1,0% que dans les zones rurales avec 2,6%.
 Indicateur ONU: l’indicateur choisi ne correspond à aucun indicateur de suivi des SDG, mais est relié au sous-objectif 1.4 car l’accès à l’internet peut être considéré dans l’Union européenne comme un service de base.
 Sources
-Générales
-[...5 lines deleted...]
-European Parliament, Council and Commission (2023), European Declaration on Digital Rights and Principles for the Digital Decade, https://eur-lex.europa.eu/legal-content/EN/TXT/PDF/?uri=CELEX:32023C0123(01) (consulté le 24/09/2024)
+European Parliament, Council and Commission (2023), European Declaration on Digital Rights and Principles for the Digital Decade, https://eur-lex.europa.eu/legal-content/EN/TXT/PDF/?uri=CELEX:32023C0123(01) (consulté le 10/12/2025)
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -432,169 +417,169 @@
       </c>
       <c r="R4" s="1" t="n">
         <v>4.86</v>
       </c>
       <c r="S4" s="1" t="n">
         <v>3.92</v>
       </c>
       <c r="T4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="U4" s="1" t="n">
         <v>3.08</v>
       </c>
       <c r="V4" s="1" t="n">
         <v>2.271736801</v>
       </c>
       <c r="W4" s="1" t="n">
         <v>2.355339546</v>
       </c>
       <c r="X4" s="1" t="n">
         <v>1.682942095</v>
       </c>
       <c r="Y4" s="1" t="n">
         <v>1.196590281</v>
       </c>
-      <c r="Z4" s="1" t="s">
-        <f>=NA()</f>
+      <c r="Z4" s="1" t="n">
+        <v>1.327305217</v>
       </c>
       <c r="AA4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AB4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AC4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AD4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AE4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AF4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AG4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="C5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="E5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="F5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="G5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="H5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="I5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="J5" s="1" t="n">
-        <v>12.70104011</v>
+        <v>12.69078151</v>
       </c>
       <c r="K5" s="1" t="n">
-        <v>11.24179557</v>
+        <v>11.22837584</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>9.946781981</v>
+        <v>9.931150061</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>8.793747384</v>
+        <v>8.776852991</v>
       </c>
       <c r="N5" s="1" t="n">
-        <v>7.764127516</v>
+        <v>7.746992302</v>
       </c>
       <c r="O5" s="1" t="n">
-        <v>6.838238389</v>
+        <v>6.822003529</v>
       </c>
       <c r="P5" s="1" t="n">
-        <v>6.00471886</v>
+        <v>5.990632877</v>
       </c>
       <c r="Q5" s="1" t="n">
-        <v>5.24916722</v>
+        <v>5.238556619</v>
       </c>
       <c r="R5" s="1" t="n">
-        <v>4.559017742</v>
+        <v>4.553198703</v>
       </c>
       <c r="S5" s="1" t="n">
-        <v>3.932457718</v>
+        <v>3.932594198</v>
       </c>
       <c r="T5" s="1" t="n">
-        <v>3.369575225</v>
+        <v>3.376556147</v>
       </c>
       <c r="U5" s="1" t="n">
-        <v>2.868779682</v>
+        <v>2.883114823</v>
       </c>
       <c r="V5" s="1" t="n">
-        <v>2.428218373</v>
+        <v>2.449964409</v>
       </c>
       <c r="W5" s="1" t="n">
-        <v>2.046034177</v>
+        <v>2.074775561</v>
       </c>
       <c r="X5" s="1" t="n">
-        <v>1.717312863</v>
+        <v>1.752151304</v>
       </c>
       <c r="Y5" s="1" t="n">
-        <v>1.438750743</v>
+        <v>1.478385411</v>
       </c>
       <c r="Z5" s="1" t="n">
-        <v>1.228711378</v>
+        <v>1.248161351</v>
       </c>
       <c r="AA5" s="1" t="n">
-        <v>1.06727273</v>
+        <v>1.073226529</v>
       </c>
       <c r="AB5" s="1" t="n">
-        <v>0.941068026</v>
+        <v>0.9378512279</v>
       </c>
       <c r="AC5" s="1" t="n">
-        <v>0.840915099</v>
+        <v>0.8313819068</v>
       </c>
       <c r="AD5" s="1" t="n">
-        <v>0.7603703419</v>
+        <v>0.7464377323</v>
       </c>
       <c r="AE5" s="1" t="n">
-        <v>0.6948233459</v>
+        <v>0.6777990221</v>
       </c>
       <c r="AF5" s="1" t="n">
-        <v>0.6409164252</v>
+        <v>0.6217046921</v>
       </c>
       <c r="AG5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0</v>
       </c>
@@ -725,51 +710,54 @@
       </c>
       <c r="J12" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="K12" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="L12" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="M12" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="N12" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="O12" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="P12" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="Q12" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="R12" s="1"/>
+      <c r="R12" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="S12" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="1" t="n">
         <v>12.27131978</v>
       </c>
       <c r="C13" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D13" s="1" t="n">
         <v>9.9213121</v>
       </c>
       <c r="E13" s="1" t="n">
         <v>8.25</v>
       </c>
       <c r="F13" s="1" t="n">
         <v>8.24</v>
       </c>
       <c r="G13" s="1" t="n">
         <v>6.22</v>
       </c>
       <c r="H13" s="1" t="n">
         <v>5.71</v>
@@ -779,51 +767,54 @@
       </c>
       <c r="J13" s="1" t="n">
         <v>4.86</v>
       </c>
       <c r="K13" s="1" t="n">
         <v>3.92</v>
       </c>
       <c r="L13" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="M13" s="1" t="n">
         <v>3.08</v>
       </c>
       <c r="N13" s="1" t="n">
         <v>2.271736801</v>
       </c>
       <c r="O13" s="1" t="n">
         <v>2.355339546</v>
       </c>
       <c r="P13" s="1" t="n">
         <v>1.682942095</v>
       </c>
       <c r="Q13" s="1" t="n">
         <v>1.196590281</v>
       </c>
-      <c r="R13" s="1"/>
+      <c r="R13" s="1" t="n">
+        <v>1.327305217</v>
+      </c>
+      <c r="S13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="C14" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D14" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="E14" s="1" t="n">
         <v>9.03</v>
       </c>
       <c r="F14" s="1" t="n">
         <v>8.58</v>
       </c>
       <c r="G14" s="1" t="n">
         <v>8.26</v>
       </c>
       <c r="H14" s="1" t="n">
         <v>6.98</v>
@@ -833,51 +824,54 @@
       </c>
       <c r="J14" s="1" t="n">
         <v>5.15</v>
       </c>
       <c r="K14" s="1" t="n">
         <v>4.55</v>
       </c>
       <c r="L14" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="M14" s="1" t="n">
         <v>3.23</v>
       </c>
       <c r="N14" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="O14" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="P14" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="Q14" s="1" t="s">
         <f>=NA()</f>
       </c>
-      <c r="R14" s="1"/>
+      <c r="R14" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="S14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0"/>
       <c r="B15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="0"/>
@@ -907,51 +901,54 @@
       </c>
       <c r="J20" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="K20" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="L20" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="M20" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="N20" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="O20" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="P20" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="Q20" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="R20" s="1"/>
+      <c r="R20" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="S20" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B21" s="1" t="n">
         <v>20.02084496</v>
       </c>
       <c r="C21" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D21" s="1" t="n">
         <v>17.60532474</v>
       </c>
       <c r="E21" s="1" t="n">
         <v>15.53</v>
       </c>
       <c r="F21" s="1" t="n">
         <v>16.48</v>
       </c>
       <c r="G21" s="1" t="n">
         <v>12.52</v>
       </c>
       <c r="H21" s="1" t="n">
         <v>11.49</v>
@@ -961,51 +958,54 @@
       </c>
       <c r="J21" s="1" t="n">
         <v>9.74</v>
       </c>
       <c r="K21" s="1" t="n">
         <v>8.23</v>
       </c>
       <c r="L21" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="M21" s="1" t="n">
         <v>7.11</v>
       </c>
       <c r="N21" s="1" t="n">
         <v>5.154319</v>
       </c>
       <c r="O21" s="1" t="n">
         <v>5.784627997</v>
       </c>
       <c r="P21" s="1" t="n">
         <v>3.400463042</v>
       </c>
       <c r="Q21" s="1" t="n">
         <v>2.637411782</v>
       </c>
-      <c r="R21" s="1"/>
+      <c r="R21" s="1" t="n">
+        <v>2.650468048</v>
+      </c>
+      <c r="S21" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="0" t="s">
         <v>12</v>
       </c>
       <c r="B22" s="1" t="n">
         <v>23.40795078</v>
       </c>
       <c r="C22" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D22" s="1" t="n">
         <v>17.87457497</v>
       </c>
       <c r="E22" s="1" t="n">
         <v>12.42</v>
       </c>
       <c r="F22" s="1" t="n">
         <v>9.76</v>
       </c>
       <c r="G22" s="1" t="n">
         <v>12.77</v>
       </c>
       <c r="H22" s="1" t="n">
         <v>6.18</v>
@@ -1015,51 +1015,54 @@
       </c>
       <c r="J22" s="1" t="n">
         <v>7.79</v>
       </c>
       <c r="K22" s="1" t="n">
         <v>3.49</v>
       </c>
       <c r="L22" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="M22" s="1" t="n">
         <v>2.17</v>
       </c>
       <c r="N22" s="1" t="n">
         <v>2.166600722</v>
       </c>
       <c r="O22" s="1" t="n">
         <v>0</v>
       </c>
       <c r="P22" s="1" t="n">
         <v>1.339780863</v>
       </c>
       <c r="Q22" s="1" t="n">
         <v>0.5304026472</v>
       </c>
-      <c r="R22" s="1"/>
+      <c r="R22" s="1" t="n">
+        <v>1.830019395</v>
+      </c>
+      <c r="S22" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B23" s="1" t="n">
         <v>10.07098617</v>
       </c>
       <c r="C23" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D23" s="1" t="n">
         <v>7.874993142</v>
       </c>
       <c r="E23" s="1" t="n">
         <v>5.53</v>
       </c>
       <c r="F23" s="1" t="n">
         <v>7.23</v>
       </c>
       <c r="G23" s="1" t="n">
         <v>4.34</v>
       </c>
       <c r="H23" s="1" t="n">
         <v>4.03</v>
@@ -1069,51 +1072,54 @@
       </c>
       <c r="J23" s="1" t="n">
         <v>3.38</v>
       </c>
       <c r="K23" s="1" t="n">
         <v>3.01</v>
       </c>
       <c r="L23" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="M23" s="1" t="n">
         <v>2.32</v>
       </c>
       <c r="N23" s="1" t="n">
         <v>1.347373076</v>
       </c>
       <c r="O23" s="1" t="n">
         <v>1.034647047</v>
       </c>
       <c r="P23" s="1" t="n">
         <v>1.12504604</v>
       </c>
       <c r="Q23" s="1" t="n">
         <v>0.5630848186</v>
       </c>
-      <c r="R23" s="1"/>
+      <c r="R23" s="1" t="n">
+        <v>0.6907485883</v>
+      </c>
+      <c r="S23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B24" s="1" t="n">
         <v>7.748680198</v>
       </c>
       <c r="C24" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D24" s="1" t="n">
         <v>5.805440573</v>
       </c>
       <c r="E24" s="1" t="n">
         <v>5.05</v>
       </c>
       <c r="F24" s="1" t="n">
         <v>2.51</v>
       </c>
       <c r="G24" s="1" t="n">
         <v>2.08</v>
       </c>
       <c r="H24" s="1" t="n">
         <v>2.7</v>
@@ -1123,51 +1129,54 @@
       </c>
       <c r="J24" s="1" t="n">
         <v>1.96</v>
       </c>
       <c r="K24" s="1" t="n">
         <v>1.14</v>
       </c>
       <c r="L24" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="M24" s="1" t="n">
         <v>0.41</v>
       </c>
       <c r="N24" s="1" t="n">
         <v>0.4425951691</v>
       </c>
       <c r="O24" s="1" t="n">
         <v>0.2053530974</v>
       </c>
       <c r="P24" s="1" t="n">
         <v>0.5359993875</v>
       </c>
       <c r="Q24" s="1" t="n">
         <v>0.3606178741</v>
       </c>
-      <c r="R24" s="1"/>
+      <c r="R24" s="1" t="n">
+        <v>0.1971346301</v>
+      </c>
+      <c r="S24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="0" t="s">
         <v>15</v>
       </c>
       <c r="B25" s="1" t="n">
         <v>4.802239229</v>
       </c>
       <c r="C25" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D25" s="1" t="n">
         <v>3.104249924</v>
       </c>
       <c r="E25" s="1" t="n">
         <v>2.92</v>
       </c>
       <c r="F25" s="1" t="n">
         <v>1.86</v>
       </c>
       <c r="G25" s="1" t="n">
         <v>1.82</v>
       </c>
       <c r="H25" s="1" t="n">
         <v>2.08</v>
@@ -1177,51 +1186,54 @@
       </c>
       <c r="J25" s="1" t="n">
         <v>1.63</v>
       </c>
       <c r="K25" s="1" t="n">
         <v>1.18</v>
       </c>
       <c r="L25" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="M25" s="1" t="n">
         <v>0</v>
       </c>
       <c r="N25" s="1" t="n">
         <v>0.5352695933</v>
       </c>
       <c r="O25" s="1" t="n">
         <v>0.5795378429</v>
       </c>
       <c r="P25" s="1" t="n">
         <v>0.4772906613</v>
       </c>
       <c r="Q25" s="1" t="n">
         <v>0.5727777536</v>
       </c>
-      <c r="R25" s="1"/>
+      <c r="R25" s="1" t="n">
+        <v>0.166347521</v>
+      </c>
+      <c r="S25" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="B26" s="1" t="n">
         <v>7.223747922</v>
       </c>
       <c r="C26" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D26" s="1" t="n">
         <v>2.925785122</v>
       </c>
       <c r="E26" s="1" t="n">
         <v>2.95</v>
       </c>
       <c r="F26" s="1" t="n">
         <v>1.59</v>
       </c>
       <c r="G26" s="1" t="n">
         <v>1.37</v>
       </c>
       <c r="H26" s="1" t="n">
         <v>1.02</v>
@@ -1231,51 +1243,54 @@
       </c>
       <c r="J26" s="1" t="n">
         <v>1.18</v>
       </c>
       <c r="K26" s="1" t="n">
         <v>0.88</v>
       </c>
       <c r="L26" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="M26" s="1" t="n">
         <v>0.39</v>
       </c>
       <c r="N26" s="1" t="n">
         <v>0.6584555011</v>
       </c>
       <c r="O26" s="1" t="n">
         <v>0.6991533215</v>
       </c>
       <c r="P26" s="1" t="n">
         <v>0.4502800751</v>
       </c>
       <c r="Q26" s="1" t="n">
         <v>0</v>
       </c>
-      <c r="R26" s="1"/>
+      <c r="R26" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="S26" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0"/>
       <c r="B27" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="0"/>
@@ -1305,51 +1320,54 @@
       </c>
       <c r="J32" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="K32" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="L32" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="M32" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="N32" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="O32" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="P32" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="Q32" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="R32" s="1"/>
+      <c r="R32" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="S32" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="0" t="s">
         <v>19</v>
       </c>
       <c r="B33" s="1" t="n">
         <v>13.8162565</v>
       </c>
       <c r="C33" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D33" s="1" t="n">
         <v>11.50807737</v>
       </c>
       <c r="E33" s="1" t="n">
         <v>9.82</v>
       </c>
       <c r="F33" s="1" t="n">
         <v>10.66</v>
       </c>
       <c r="G33" s="1" t="n">
         <v>8.25</v>
       </c>
       <c r="H33" s="1" t="n">
         <v>8.39</v>
@@ -1359,51 +1377,54 @@
       </c>
       <c r="J33" s="1" t="n">
         <v>6.69</v>
       </c>
       <c r="K33" s="1" t="n">
         <v>4.78</v>
       </c>
       <c r="L33" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="M33" s="1" t="n">
         <v>4.28</v>
       </c>
       <c r="N33" s="1" t="n">
         <v>2.944544221</v>
       </c>
       <c r="O33" s="1" t="n">
         <v>3.165208761</v>
       </c>
       <c r="P33" s="1" t="n">
         <v>1.3828652</v>
       </c>
       <c r="Q33" s="1" t="n">
         <v>1.021266793</v>
       </c>
-      <c r="R33" s="1"/>
+      <c r="R33" s="1" t="n">
+        <v>1.443781668</v>
+      </c>
+      <c r="S33" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B34" s="1" t="n">
         <v>10.05619394</v>
       </c>
       <c r="C34" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D34" s="1" t="n">
         <v>7.034404387</v>
       </c>
       <c r="E34" s="1" t="n">
         <v>6.01</v>
       </c>
       <c r="F34" s="1" t="n">
         <v>7.44</v>
       </c>
       <c r="G34" s="1" t="n">
         <v>5.64</v>
       </c>
       <c r="H34" s="1" t="n">
         <v>4.47</v>
@@ -1413,51 +1434,54 @@
       </c>
       <c r="J34" s="1" t="n">
         <v>4.01</v>
       </c>
       <c r="K34" s="1" t="n">
         <v>3.43</v>
       </c>
       <c r="L34" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="M34" s="1" t="n">
         <v>2.33</v>
       </c>
       <c r="N34" s="1" t="n">
         <v>1.708291883</v>
       </c>
       <c r="O34" s="1" t="n">
         <v>1.913278065</v>
       </c>
       <c r="P34" s="1" t="n">
         <v>1.532230074</v>
       </c>
       <c r="Q34" s="1" t="n">
         <v>0.9163560193</v>
       </c>
-      <c r="R34" s="1"/>
+      <c r="R34" s="1" t="n">
+        <v>1.113864378</v>
+      </c>
+      <c r="S34" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="0" t="s">
         <v>21</v>
       </c>
       <c r="B35" s="1" t="n">
         <v>14.671948</v>
       </c>
       <c r="C35" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D35" s="1" t="n">
         <v>13.85493743</v>
       </c>
       <c r="E35" s="1" t="n">
         <v>8.29</v>
       </c>
       <c r="F35" s="1" t="n">
         <v>6.58</v>
       </c>
       <c r="G35" s="1" t="n">
         <v>4.52</v>
       </c>
       <c r="H35" s="1" t="n">
         <v>5.22</v>
@@ -1467,161 +1491,182 @@
       </c>
       <c r="J35" s="1" t="n">
         <v>3.88</v>
       </c>
       <c r="K35" s="1" t="n">
         <v>4.09</v>
       </c>
       <c r="L35" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="M35" s="1" t="n">
         <v>2.94</v>
       </c>
       <c r="N35" s="1" t="n">
         <v>3.016221883</v>
       </c>
       <c r="O35" s="1" t="n">
         <v>2.193414123</v>
       </c>
       <c r="P35" s="1" t="n">
         <v>3.132658765</v>
       </c>
       <c r="Q35" s="1" t="n">
         <v>2.598975371</v>
       </c>
-      <c r="R35" s="1"/>
+      <c r="R35" s="1" t="n">
+        <v>1.856683167</v>
+      </c>
+      <c r="S35" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="0"/>
       <c r="B36" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="0"/>
       <c r="B41" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="C41" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="D41" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="E41" s="1"/>
+      <c r="E41" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="F41" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B42" s="1" t="n">
         <v>6.187640415</v>
       </c>
       <c r="C42" s="1" t="n">
         <v>3.87805268</v>
       </c>
       <c r="D42" s="1" t="n">
         <v>2.981019978</v>
       </c>
-      <c r="E42" s="1"/>
+      <c r="E42" s="1" t="n">
+        <v>2.877307596</v>
+      </c>
+      <c r="F42" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B43" s="1" t="n">
         <v>3.205689609</v>
       </c>
       <c r="C43" s="1" t="n">
         <v>2.228410765</v>
       </c>
       <c r="D43" s="1" t="n">
         <v>1.607449581</v>
       </c>
-      <c r="E43" s="1"/>
+      <c r="E43" s="1" t="n">
+        <v>1.898248592</v>
+      </c>
+      <c r="F43" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="0" t="s">
         <v>25</v>
       </c>
       <c r="B44" s="1" t="n">
         <v>1.611081946</v>
       </c>
       <c r="C44" s="1" t="n">
         <v>1.63215459</v>
       </c>
       <c r="D44" s="1" t="n">
         <v>1.323026852</v>
       </c>
-      <c r="E44" s="1"/>
+      <c r="E44" s="1" t="n">
+        <v>0.9634016036</v>
+      </c>
+      <c r="F44" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B45" s="1" t="n">
         <v>0.3409684403</v>
       </c>
       <c r="C45" s="1" t="n">
         <v>0.4882786714</v>
       </c>
       <c r="D45" s="1" t="n">
         <v>0.5221023645</v>
       </c>
-      <c r="E45" s="1"/>
+      <c r="E45" s="1" t="n">
+        <v>0.6094294613</v>
+      </c>
+      <c r="F45" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="0" t="s">
         <v>27</v>
       </c>
       <c r="B46" s="1" t="n">
         <v>0.4367975256</v>
       </c>
       <c r="C46" s="1" t="n">
         <v>0.3733189025</v>
       </c>
       <c r="D46" s="1" t="n">
         <v>0.05739723654</v>
       </c>
-      <c r="E46" s="1"/>
+      <c r="E46" s="1" t="n">
+        <v>0.5865937147</v>
+      </c>
+      <c r="F46" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="0"/>
       <c r="B47" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>