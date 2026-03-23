--- v0 (2025-10-22)
+++ v1 (2026-03-23)
@@ -13,106 +13,106 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G01_SMD" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="71" uniqueCount="54">
-[...1 lines deleted...]
-    <t>Privation matérielle et sociale sévère (et prédécesseur UE2020) - Belgique et comparaison internationale</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="70" uniqueCount="54">
+  <si>
+    <t>Privation matérielle et sociale sévère - Belgique et comparaison internationale</t>
   </si>
   <si>
     <t>pourcentage de la population</t>
   </si>
   <si>
     <t>Belgique</t>
   </si>
   <si>
     <t>UE27</t>
   </si>
   <si>
-    <t>Belgique (UE2020)</t>
-[...8 lines deleted...]
-    <t>Statbel (2024), Indicateurs-SILC-SDG 2004-2023, https://Statbel.fgov.be/fr/themes/menages/pauvrete-et-conditions-de-vie/risque-de-pauvrete-ou-dexclusion-sociale#figures (consulté le 14/10/2024) ; Statbel; Eurostat (2023), European Union Statistics on Income and Living Conditions (EU-SILC), sdg_01_31 et ilc_mddd11, https://ec.europa.eu/eurostat (consulté le 14/10/2024)</t>
+    <t>Note: rupture de série: 2019.  L'intervalle de confiance à 95 % pour la part des personnes vivant dans une situation de privation matérielle et sociale sévère en 2024 est de 5.5% à 6.9% pour Belgique.</t>
+  </si>
+  <si>
+    <t>Source: Statbel (2025),  Indicateurs-SILC-SDG 2004-2024, https://statbel.fgov.be/fr/themes/menages/pauvrete-et-conditions-de-vie/risque-de-pauvrete-ou-dexclusion-sociale (consulté le 06/10/2025); Statbel (2025), Microfichiers SILC 2024: SILC_2024_CI, communication directe  01/10/2025; </t>
+  </si>
+  <si>
+    <t>Statbel; Eurostat (2025), Taux de privation matérielle et sociale sévère par âge et sexe, sdg_01_31, https://ec.europa.eu/eurostat, dernière mise à jour des données 02/10/2025 23:00 (consulté le 06/10/2025)</t>
   </si>
   <si>
     <t>Privation matérielle et sociale sévère selon la région - Belgique</t>
   </si>
   <si>
-    <t>pourcentage de la population </t>
-[...1 lines deleted...]
-  <si>
     <t>Région de Bruxelles-Capitale</t>
   </si>
   <si>
     <t>Région flamande</t>
   </si>
   <si>
     <t>Région wallonne</t>
   </si>
   <si>
-    <t>La marge d'incertitude de cet indicateur est indiquée dans le texte pour la dernière année. Rupture de série: 2019</t>
-[...2 lines deleted...]
-    <t>Statbel (2024), Indicateurs-SILC-SDG 2004-2023, https://Statbel.fgov.be/fr/themes/menages/pauvrete-et-conditions-de-vie/risque-de-pauvrete-ou-dexclusion-sociale#figures (consulté le 14/10/2024)</t>
+    <t>Note: Rupture de série: 2019. L'intervalle de confiance à 95 % pour la part des personnes vivant dans une situation de privation matérielle et sociale sévère en 2024 est de 11.8% à 16% pour Bruxelles, de 2.5% à 4.3% pour Flandre et de 7.3% à 10.1% pour la Wallonie.</t>
+  </si>
+  <si>
+    <t>Source: Statbel (2025),  Indicateurs-SILC-SDG 2004-2024, https://statbel.fgov.be/fr/themes/menages/pauvrete-et-conditions-de-vie/risque-de-pauvrete-ou-dexclusion-sociale (consulté le 06/10/2025); Statbel (2025), Microfichiers SILC 2024: SILC_2024_CI, communication directe  01/10/2025</t>
   </si>
   <si>
     <t>Privation matérielle et sociale sévère selon le sexe - Belgique</t>
   </si>
   <si>
     <t>femmes</t>
   </si>
   <si>
     <t>hommes</t>
   </si>
   <si>
+    <t>Note: rupture de série: 2019</t>
+  </si>
+  <si>
+    <t>Source: Statbel (2025),  Indicateurs-SILC-SDG 2004-2024, https://statbel.fgov.be/fr/themes/menages/pauvrete-et-conditions-de-vie/risque-de-pauvrete-ou-dexclusion-sociale (consulté le 06/10/2025)</t>
+  </si>
+  <si>
     <t>Privation matérielle et sociale sévère selon l'âge - Belgique</t>
   </si>
   <si>
     <t>&lt;18</t>
   </si>
   <si>
     <t>18-24</t>
   </si>
   <si>
     <t>25-49</t>
   </si>
   <si>
     <t>50-64</t>
   </si>
   <si>
     <t>&gt;64</t>
   </si>
   <si>
     <t>Privation matérielle et sociale sévère selon l'éducation - Belgique</t>
   </si>
   <si>
     <t>maximum secondaire inférieur</t>
   </si>
   <si>
     <t>secondaire supérieur</t>
@@ -138,126 +138,109 @@
   <si>
     <t>2 adultes, 1 enfant</t>
   </si>
   <si>
     <t>2 adultes, 2 enfants</t>
   </si>
   <si>
     <t>2 adultes, 3+ enfants</t>
   </si>
   <si>
     <t>Privation matérielle et sociale sévère selon le statut d'activité - Belgique</t>
   </si>
   <si>
     <t>avec emploi</t>
   </si>
   <si>
     <t>au chômage</t>
   </si>
   <si>
     <t>pensionné</t>
   </si>
   <si>
     <t>autre inactif</t>
   </si>
   <si>
-    <t>rupture de série: 2019; en raison du recours massif au chômage temporaire pendant la pandémie de COVID-19, la catégorie « chômeurs » de SILC 2021 comprend non seulement les chômeurs de longue durée, mais aussi les personnes qui ont été temporairement au chômage pendant plus de 6 mois et qui vivent généralement dans des conditions moins précaires.   </t>
+    <t>Note: rupture de série: 2019; en raison du recours massif au chômage temporaire pendant la pandémie de COVID-19, la catégorie « chômeurs » de SILC 2021 comprend non seulement les chômeurs de longue durée, mais aussi les personnes qui ont été temporairement au chômage pendant plus de 6 mois et qui vivent généralement dans des conditions moins précaires.</t>
   </si>
   <si>
     <t>Privation matérielle et sociale sévère selon le revenu - Belgique</t>
   </si>
   <si>
     <t>quintile 1</t>
   </si>
   <si>
     <t>quintile 2</t>
   </si>
   <si>
     <t>quintile 3</t>
   </si>
   <si>
     <t>quintile 4</t>
   </si>
   <si>
     <t>quintile 5</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G01_SMD</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Privation matérielle et sociale sévère (i04)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Définition: une personne est en situation de privation matérielle et sociale sévère si pour des raisons financières elle ne peut se permettre 7 sur 13 biens matériels ou actions sociales. Ces biens matériels ou actions sociales sont le fait de pouvoir effectuer ses paiements à temps, de prendre une semaine de vacances hors du domicile chaque année, de manger de la viande, du poulet ou du poisson au moins une fois tous les deux jours, d'effectuer une dépense imprévue, de pouvoir s'offrir sa propre voiture, de chauffer correctement son logement, de remplacer les meubles endommagés ou usés, de remplacer les vêtements usés par des vêtements neufs, d'avoir deux paires de chaussures en bon état (dont une paire fermée), d'avoir accès à internet à domicile, de retrouver ses amis ou sa famille au moins une fois par mois pour un repas ou un verre, de participer régulièrement à des activités de loisirs telles que le sport, le cinéma, les concerts, etc. et enfin de dépenser chaque semaine une somme d'argent pour ses besoins personnels (Federal Public Service Social Security, 2018; Statbel, 2021b; European Commission, 2022).
 Les personnes vivant dans un ménage en situation de privation matérielle et sociale sévère font partie du groupe cible des personnes présentant un risque de pauvreté ou d'exclusion sociale. Cet indicateur remplace l'indicateur de "privation matérielle sévère" adopté dans le cadre de la stratégie Europe 2020. La liste des biens matériels ou des actions sociales de l'indicateur "privation matérielle et sociale" a été mise à jour par rapport à son prédécesseur. Une personne se trouve dans une situation de privation matérielle sévère si son ménage est affecté par au moins quatre des neuf éléments suivants: ne pas pouvoir faire face à des dépenses inattendues, ne pas pouvoir manger un repas avec des protéines tous les deux jours, ne pas pouvoir chauffer son habitation de manière adéquate (pour une raison financière), ne pas pouvoir partir en vacances une semaine par an, ne pas avoir de voiture (alors qu'elle le souhaite), ne pas disposer de poste de télévision (alors qu'elle le souhaite), ne pas avoir de téléphone (alors qu'elle le souhaite), ne pas avoir de machine à laver (alors qu'elle le souhaite), et enfin avoir des arriérés au niveau du remboursement du prêt hypothécaire, du paiement du loyer ou de factures relatives aux services d'utilité publique.
-L'évolution générale des deux indicateurs pour la Belgique et l'UE est commentée ci-dessous. Pour l'indicateur utilisé dans le cadre de la stratégie Europe 2020, à savoir les personnes en situation de privation matérielle sévère, l'indication spécifique "(UE 2020)" est toujours mentionnée afin d'éviter les malentendus. Pour l'indicateur utilisé après la stratégie Europe 2020 dans le cadre du Plan d'action pour le pilier européen des droits sociaux (Commission européenne, 2021), il n'y a pas de désignation spécifique et le nom est simplement donné: privation matérielle et sociale sévère. Pour celui-ci, des données sont disponibles à partir de 2015 au plus tôt et les données pour la Belgique sont également utilisées pour montrer l'évolution par région et pour différentes catégories de population.
+Pour l'indicateur utilisé dans le cadre de la stratégie Europe 2020, à savoir les personnes en situation de privation matérielle sévère, l'indication spécifique "(UE 2020)" est toujours mentionnée afin d'éviter les malentendus. Pour l'indicateur utilisé après la stratégie Europe 2020 dans le cadre du Plan d'action pour le pilier européen des droits sociaux (Commission européenne, 2021), il n'y a pas de désignation spécifique et le nom est simplement donné: privation matérielle et sociale sévère. Pour celui-ci, des données sont disponibles à partir de 2015 au plus tôt et les données pour la Belgique sont également utilisées pour montrer l'évolution par région et pour différentes catégories de population.
+Pour cet indicateur les ventilations suivantes sont disponibles : région, sexe, revenu, âge, éducation, type de ménage et statut d’activité.
 Les données relatives à la privation matérielle présentées ici sont basées sur l'enquête Statistics on Income and Living Conditions (EU-SILC) de l'Union européenne. Les personnes qui participent à cette enquête peuvent indiquer si elles sont confrontées ou non aux problèmes mentionnés ci-dessus au moment de l'enquête. Statistics Belgium organise en Belgique cette enquête harmonisée au niveau de l'UE et en met les résultats à disposition, notamment d'Eurostat. Les données utilisées ici proviennent d'Eurostat qui publie des résultats détaillés et comparables entre les États membres de l'UE. Comme ces données sont basées sur des enquêtes, il faut tenir compte d’une marge d’incertitude. Cette marge d'incertitude augmente à mesure que l'indicateur est calculé pour des sous-populations plus petites. Les intervalles de confiance (IC) correspondant à ces données sont disponibles sur demande auprès de Statistics Belgium.
 En 2005, il y a eu un changement méthodologique dans l'enquête SILC sur le point "ne pas pouvoir chauffer sa maison correctement (pour des raisons financières)". En 2008, la place de ce même élément dans le questionnaire a également changé. Pour ces raisons, il semble approprié de considérer l'évolution de cet indicateur principalement à partir de 2008 et non avant.
 À partir de 2019, la méthodologie de l’enquête a été revue en profondeur pour une meilleure précision. En 2020, c’est la pandémie de Covid-19 qui a impacté la collecte des données. De ce fait, il est difficile de comparer les résultats de SILC 2020 avec ceux des années précédentes. (Statbel, 2021a). En conséquence, ils ne sont pas utilisés pour calculer et évaluer la tendance à long terme. Il convient également de noter qu'en raison du recours généralisé au chômage temporaire pendant la pandémie de Covid-19, la catégorie "chômeurs" dans SILC 2021 comprend non seulement les chômeurs de longue durée, mais aussi les personnes qui ont été au chômage temporaire pendant plus de 6 mois et qui vivent généralement dans des conditions moins précaires (Statbel, 2022).
 Objectif: la part des personnes en situation de privation matérielle sévère, et leur nombre, doivent diminuer.
 Les objectifs de développement durable ou SDG adoptés par l'ONU en 2015 comprennent les sous-objectifs suivants: "Assurer l’égalité des chances et réduire l’inégalité des résultats, notamment en éliminant les lois, politiques et pratiques discriminatoires et en promouvant l’adoption de lois, politiques et mesures adéquates en la matière" (sous-objectif 10.3) et: "D’ici à 2030, réduire de moitié au moins la proportion d’hommes, de femmes et d’enfants de tout âge qui vivent dans la pauvreté sous tous ses aspects, telle que définie par chaque pays et quelles qu’en soient les formes" (sous-objectif 1.2).
 Les personnes vivant dans une situation de privation matérielle et sociale sévère font partie du groupe cible des personnes en situation de risque de pauvreté ou d'exclusion sociale pour lequel un objectif de réduction a été adopté dans le cadre du plan d'action du pilier européen des droits sociaux (Conseil européen, 2021a, 2021b). Dans ce cadre, la Belgique s'est engagée à réduire de 279.000 personnes (dont 93.000 enfants) le nombre de personnes exposées à un risque de pauvreté ou d'exclusion sociale, sur la base des données SILC 2019, pour atteindre 1,982 million de personnes d'ici à 2030 (Commission européenne, 2022a; Federal Public Service Social Security, 2023).
 Son prédécesseur, la "privation matérielle sévère", faisait partie du groupe cible des personnes présentant un risque de pauvreté ou d'exclusion sociale, tel que défini dans la stratégie Europe 2020 (Commission européenne, 2010).
-Évolution: sur la période 2015-2023, en tenant compte de la nouvelle méthodologie utilisée à partir de 2019, la part des personnes vivant dans une situation de privation matérielle et sociale sévère a diminué de 7,2% à 6,1%.
-[...10 lines deleted...]
-Ventilation selon le statut d’activité: la part des personnes en situation de privation matérielle et sociale sévère pour 2023, est la plus élevée pour les chômeurs et les autres inactifs, respectivement 18,6% et 13,1%. Pour les actifs occupés et les retraités, elle est nettement plus faible, de l'ordre de 3,5%. Entre 2015 et 2023, ces parts ont diminué pour les chômeurs de 23,1% à 18,6%, en tenant compte de la nouvelle méthodologie utilisée à partir de 2019.
 Indicateur ONU: l’indicateur choisi est lié à l'indicateur 1.2.2 - Proportion d’hommes, de femmes et d’enfants de tous âges vivant dans une situation de pauvreté sous toutes ses formes, telles que définies par chaque pays, étant donné que la population en situation de privation matérielle sévère fait partie de la population avec un risque de pauvreté ou d'exclusion sociale, indicateur correspondant à la définition nationale de pauvreté multidimensionnelle.
-Cet indicateur est utilisé pour le calcul de l'indicateur composite de bien-être ici et maintenant, publié dans le rapport Indicateurs de développement durable.
+Cet indicateur est utilisé pour le calcul de l'indicateur composite de bien-être ici et maintenant.
 Sources
-Générales
-[...13 lines deleted...]
-Statbel (2022), Risque de pauvreté ou d'exclusion sociale - Indicateurs-SILC 2019-2021, https://statbel.fgov.be/fr/themes/menages/pauvrete-et-conditions-de-vie/risque-de-pauvrete-ou-dexclusion-sociale#figures (consulté le 15/06/2022).
+Conseil européen (2021a), Conclusions – 24 et 25 juin 2021, EUCO 7/21, https://www.consilium.europa.eu/media/50830/2425-06-21-euco-conclusions-fr.pdf (consulté le 15/12/2025).
+Conseil européen (2021b), Sommet social de Porto, 7 mai 2021, https://www.consilium.europa.eu/fr/meetings/european-council/2021/05/07/social-summit/ (consulté le 15/12/2025).
+Commission européenne (2022), La Commission se félicite des objectifs des États membres pour une Europe plus sociale à l'horizon 2030, https://ec.europa.eu/social/main.jsp?langId=fr&amp;amp;catId=89&amp;amp;furtherNews=yes&amp;amp;newsId=10299 (consulté le 15/12/2025).
+European Commission (2022), Severe Material and Social Deprivation, https://ec.europa.eu/social/main.jsp?catId=818&amp;amp;langId=en&amp;amp;id=198 (consulté le 15/12/2025).
+Federal Public Service Social Security (2018), The evolution of the social situation and social protection in Belgium 2018 - ‘Increasing pressure on social protection adequacy’- Monitoring the social situation in Belgium and the progress towards the social objectives and the priorities of the National Reform Programme, Brussels, Federal Public Service Social Security, september 2018, https://socialsecurity.belgium.be/sites/default/files/content/docs/en/publications/silc/silc-analysis-social-situation-and-protection-belgium-2018-en.pdf (consulté le 15/12/2025).
+Federal Public Service Social Security (2023), Analysis of the evolution of the social situation and social protection in Belgium 2021, https://socialsecurity.belgium.be/sites/default/files/content/docs/en/publications/silc/silc-analysis-social-situation-and-protection-belgium-2021-en.pdf (consulté le 15/12/2025).
+Statbel (2021a), SILC FAQ, https://statbel.fgov.be/fr/themes/menages/pauvrete-et-conditions-de-vie/faq, voir en particulier "Y a-t-il des ruptures de séries dans la chronologie de l'enquête SILC ?" (consulté le 15/12/2025).
+Statbel (2021b), Privation materielle et sociale, https://statbel.fgov.be/fr/themes/menages/pauvrete-et-conditions-de-vie/privation-materielle-et-sociale (consulté le 15/12/2025).
+Statbel (2022), Risque de pauvreté ou d'exclusion sociale - Indicateurs-SILC 2019-2021, https://statbel.fgov.be/fr/themes/menages/pauvrete-et-conditions-de-vie/risque-de-pauvrete-ou-dexclusion-sociale#figures (consulté le 15/12/2025).
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -315,1729 +298,1620 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:V89"/>
+  <dimension ref="A1:L88"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
-        <v>2004</v>
+        <v>2015</v>
       </c>
       <c r="C3" s="1" t="n">
-        <v>2005</v>
+        <v>2016</v>
       </c>
       <c r="D3" s="1" t="n">
-        <v>2006</v>
+        <v>2017</v>
       </c>
       <c r="E3" s="1" t="n">
-        <v>2007</v>
+        <v>2018</v>
       </c>
       <c r="F3" s="1" t="n">
-        <v>2008</v>
+        <v>2019</v>
       </c>
       <c r="G3" s="1" t="n">
-        <v>2009</v>
+        <v>2020</v>
       </c>
       <c r="H3" s="1" t="n">
-        <v>2010</v>
+        <v>2021</v>
       </c>
       <c r="I3" s="1" t="n">
-        <v>2011</v>
+        <v>2022</v>
       </c>
       <c r="J3" s="1" t="n">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="K3" s="1" t="n">
-        <v>2013</v>
-[...31 lines deleted...]
-      <c r="V3" s="1"/>
+        <v>2024</v>
+      </c>
+      <c r="L3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="1" t="s">
-[...32 lines deleted...]
-      <c r="M4" s="1" t="n">
+      <c r="B4" s="1" t="n">
         <v>7.2</v>
       </c>
-      <c r="N4" s="1" t="n">
+      <c r="C4" s="1" t="n">
         <v>8.4</v>
       </c>
-      <c r="O4" s="1" t="n">
+      <c r="D4" s="1" t="n">
         <v>7.2</v>
       </c>
-      <c r="P4" s="1" t="n">
+      <c r="E4" s="1" t="n">
         <v>6.5</v>
       </c>
-      <c r="Q4" s="1" t="n">
-[...2 lines deleted...]
-      <c r="R4" s="1" t="n">
+      <c r="F4" s="1" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="G4" s="1" t="n">
         <v>6.7</v>
       </c>
-      <c r="S4" s="1" t="n">
-[...5 lines deleted...]
-      <c r="U4" s="1" t="n">
+      <c r="H4" s="1" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="I4" s="1" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="J4" s="1" t="n">
         <v>6.1</v>
       </c>
-      <c r="V4" s="1"/>
+      <c r="K4" s="1" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="L4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
-      <c r="B5" s="1" t="s">
-[...32 lines deleted...]
-      <c r="M5" s="1" t="n">
+      <c r="B5" s="1" t="n">
         <v>9.7</v>
       </c>
-      <c r="N5" s="1" t="n">
+      <c r="C5" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="O5" s="1" t="n">
+      <c r="D5" s="1" t="n">
         <v>7.8</v>
       </c>
-      <c r="P5" s="1" t="n">
+      <c r="E5" s="1" t="n">
         <v>7.1</v>
       </c>
-      <c r="Q5" s="1" t="n">
+      <c r="F5" s="1" t="n">
         <v>6.7</v>
       </c>
-      <c r="R5" s="1" t="n">
+      <c r="G5" s="1" t="n">
         <v>6.7</v>
       </c>
-      <c r="S5" s="1" t="n">
+      <c r="H5" s="1" t="n">
         <v>6.3</v>
       </c>
-      <c r="T5" s="1" t="n">
+      <c r="I5" s="1" t="n">
         <v>6.7</v>
       </c>
-      <c r="U5" s="1" t="n">
+      <c r="J5" s="1" t="n">
         <v>6.8</v>
       </c>
-      <c r="V5" s="1"/>
+      <c r="K5" s="1" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="L5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
-      <c r="A6" s="0" t="s">
-[...62 lines deleted...]
-      <c r="V6" s="1"/>
+      <c r="A6" s="0"/>
+      <c r="B6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
+      <c r="A8" s="0" t="s">
         <v>5</v>
       </c>
-      <c r="B7" s="1" t="s">
-[...63 lines deleted...]
-      <c r="B8" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
-      <c r="A10" s="0" t="s">
+      <c r="A10" s="0"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
+      <c r="A11" s="0" t="s">
         <v>7</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A11" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="0" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="0"/>
+      <c r="B13" s="1" t="n">
+        <v>2019</v>
+      </c>
+      <c r="C13" s="1" t="n">
+        <v>2020</v>
+      </c>
+      <c r="D13" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="E13" s="1" t="n">
+        <v>2022</v>
+      </c>
+      <c r="F13" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="G13" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="H13" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="0" t="s">
         <v>8</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      <c r="A14" s="0"/>
       <c r="B14" s="1" t="n">
-        <v>2019</v>
+        <v>13.8</v>
       </c>
       <c r="C14" s="1" t="n">
-        <v>2020</v>
+        <v>13.6</v>
       </c>
       <c r="D14" s="1" t="n">
-        <v>2021</v>
+        <v>11.5</v>
       </c>
       <c r="E14" s="1" t="n">
-        <v>2022</v>
+        <v>11.2</v>
       </c>
       <c r="F14" s="1" t="n">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="G14" s="1"/>
+        <v>14</v>
+      </c>
+      <c r="G14" s="1" t="n">
+        <v>13.9</v>
+      </c>
+      <c r="H14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="B15" s="1" t="n">
-        <v>13.7</v>
+        <v>3.6</v>
       </c>
       <c r="C15" s="1" t="n">
-        <v>13.5</v>
+        <v>3.8</v>
       </c>
       <c r="D15" s="1" t="n">
-        <v>11.5</v>
+        <v>4.4</v>
       </c>
       <c r="E15" s="1" t="n">
-        <v>11.6</v>
+        <v>3.2</v>
       </c>
       <c r="F15" s="1" t="n">
-        <v>13.7</v>
-[...1 lines deleted...]
-      <c r="G15" s="1"/>
+        <v>3.4</v>
+      </c>
+      <c r="G15" s="1" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="H15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="B16" s="1" t="n">
+        <v>8.5</v>
+      </c>
+      <c r="C16" s="1" t="n">
+        <v>9.5</v>
+      </c>
+      <c r="D16" s="1" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="E16" s="1" t="n">
+        <v>8.5</v>
+      </c>
+      <c r="F16" s="1" t="n">
+        <v>8.5</v>
+      </c>
+      <c r="G16" s="1" t="n">
+        <v>8.7</v>
+      </c>
+      <c r="H16" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="0"/>
+      <c r="B17" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="0" t="s">
         <v>11</v>
       </c>
-      <c r="B16" s="1" t="n">
-[...39 lines deleted...]
-      <c r="B18" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="0" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="0"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="0" t="s">
         <v>13</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      <c r="A21" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="0" t="s">
-        <v>15</v>
+        <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A23" s="0"/>
+      <c r="B23" s="1" t="n">
+        <v>2015</v>
+      </c>
+      <c r="C23" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="D23" s="1" t="n">
+        <v>2017</v>
+      </c>
+      <c r="E23" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="F23" s="1" t="n">
+        <v>2019</v>
+      </c>
+      <c r="G23" s="1" t="n">
+        <v>2020</v>
+      </c>
+      <c r="H23" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="I23" s="1" t="n">
+        <v>2022</v>
+      </c>
+      <c r="J23" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="K23" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="L23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="0"/>
+      <c r="A24" s="0" t="s">
+        <v>14</v>
+      </c>
       <c r="B24" s="1" t="n">
-        <v>2015</v>
+        <v>7.7</v>
       </c>
       <c r="C24" s="1" t="n">
-        <v>2016</v>
+        <v>9.4</v>
       </c>
       <c r="D24" s="1" t="n">
-        <v>2017</v>
+        <v>8.2</v>
       </c>
       <c r="E24" s="1" t="n">
-        <v>2018</v>
+        <v>7</v>
       </c>
       <c r="F24" s="1" t="n">
-        <v>2019</v>
+        <v>6.3</v>
       </c>
       <c r="G24" s="1" t="n">
-        <v>2020</v>
+        <v>6.9</v>
       </c>
       <c r="H24" s="1" t="n">
-        <v>2021</v>
+        <v>6.4</v>
       </c>
       <c r="I24" s="1" t="n">
-        <v>2022</v>
+        <v>6.1</v>
       </c>
       <c r="J24" s="1" t="n">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="K24" s="1"/>
+        <v>6.3</v>
+      </c>
+      <c r="K24" s="1" t="n">
+        <v>6.5</v>
+      </c>
+      <c r="L24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="B25" s="1" t="n">
+        <v>6.7</v>
+      </c>
+      <c r="C25" s="1" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="D25" s="1" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="E25" s="1" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="F25" s="1" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="G25" s="1" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="H25" s="1" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="I25" s="1" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="J25" s="1" t="n">
+        <v>6</v>
+      </c>
+      <c r="K25" s="1" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="L25" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="0"/>
+      <c r="B26" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="0" t="s">
         <v>16</v>
       </c>
-      <c r="B25" s="1" t="n">
-[...63 lines deleted...]
-      <c r="B27" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A29" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="0"/>
+      <c r="A30" s="0" t="s">
+        <v>18</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="0" t="s">
-        <v>18</v>
+        <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A32" s="0"/>
+      <c r="B32" s="1" t="n">
+        <v>2015</v>
+      </c>
+      <c r="C32" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="D32" s="1" t="n">
+        <v>2017</v>
+      </c>
+      <c r="E32" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="F32" s="1" t="n">
+        <v>2019</v>
+      </c>
+      <c r="G32" s="1" t="n">
+        <v>2020</v>
+      </c>
+      <c r="H32" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="I32" s="1" t="n">
+        <v>2022</v>
+      </c>
+      <c r="J32" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="K32" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="L32" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="0"/>
+      <c r="A33" s="0" t="s">
+        <v>19</v>
+      </c>
       <c r="B33" s="1" t="n">
-        <v>2015</v>
+        <v>9.9</v>
       </c>
       <c r="C33" s="1" t="n">
-        <v>2016</v>
+        <v>11.1</v>
       </c>
       <c r="D33" s="1" t="n">
-        <v>2017</v>
+        <v>9.7</v>
       </c>
       <c r="E33" s="1" t="n">
-        <v>2018</v>
+        <v>9.2</v>
       </c>
       <c r="F33" s="1" t="n">
-        <v>2019</v>
+        <v>8.4</v>
       </c>
       <c r="G33" s="1" t="n">
-        <v>2020</v>
+        <v>7.9</v>
       </c>
       <c r="H33" s="1" t="n">
-        <v>2021</v>
+        <v>8.6</v>
       </c>
       <c r="I33" s="1" t="n">
-        <v>2022</v>
+        <v>7.5</v>
       </c>
       <c r="J33" s="1" t="n">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="K33" s="1"/>
+        <v>7.7</v>
+      </c>
+      <c r="K33" s="1" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="L33" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="0" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B34" s="1" t="n">
-        <v>9.9</v>
+        <v>6.1</v>
       </c>
       <c r="C34" s="1" t="n">
-        <v>11.1</v>
+        <v>9.2</v>
       </c>
       <c r="D34" s="1" t="n">
-        <v>9.7</v>
+        <v>5.3</v>
       </c>
       <c r="E34" s="1" t="n">
-        <v>9.2</v>
+        <v>4.4</v>
       </c>
       <c r="F34" s="1" t="n">
-        <v>8.4</v>
+        <v>4.7</v>
       </c>
       <c r="G34" s="1" t="n">
-        <v>8.1</v>
+        <v>5.6</v>
       </c>
       <c r="H34" s="1" t="n">
-        <v>8.6</v>
+        <v>4.6</v>
       </c>
       <c r="I34" s="1" t="n">
-        <v>7.7</v>
+        <v>4.4</v>
       </c>
       <c r="J34" s="1" t="n">
-        <v>7.6</v>
-[...1 lines deleted...]
-      <c r="K34" s="1"/>
+        <v>4.3</v>
+      </c>
+      <c r="K34" s="1" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="L34" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="0" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B35" s="1" t="n">
-        <v>6.1</v>
+        <v>7.6</v>
       </c>
       <c r="C35" s="1" t="n">
-        <v>9.2</v>
+        <v>8.1</v>
       </c>
       <c r="D35" s="1" t="n">
-        <v>5.3</v>
+        <v>7.9</v>
       </c>
       <c r="E35" s="1" t="n">
-        <v>4.4</v>
+        <v>6.7</v>
       </c>
       <c r="F35" s="1" t="n">
-        <v>4.9</v>
+        <v>6.4</v>
       </c>
       <c r="G35" s="1" t="n">
-        <v>5.8</v>
+        <v>7.1</v>
       </c>
       <c r="H35" s="1" t="n">
-        <v>4.7</v>
+        <v>6.7</v>
       </c>
       <c r="I35" s="1" t="n">
-        <v>4.7</v>
+        <v>5.9</v>
       </c>
       <c r="J35" s="1" t="n">
-        <v>4.3</v>
-[...1 lines deleted...]
-      <c r="K35" s="1"/>
+        <v>7.2</v>
+      </c>
+      <c r="K35" s="1" t="n">
+        <v>6.6</v>
+      </c>
+      <c r="L35" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="0" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B36" s="1" t="n">
-        <v>7.6</v>
+        <v>7.1</v>
       </c>
       <c r="C36" s="1" t="n">
-        <v>8.1</v>
+        <v>9.3</v>
       </c>
       <c r="D36" s="1" t="n">
-        <v>7.9</v>
+        <v>7.1</v>
       </c>
       <c r="E36" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="F36" s="1" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="G36" s="1" t="n">
+        <v>7.5</v>
+      </c>
+      <c r="H36" s="1" t="n">
         <v>6.7</v>
       </c>
-      <c r="F36" s="1" t="n">
-[...5 lines deleted...]
-      <c r="H36" s="1" t="n">
+      <c r="I36" s="1" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="J36" s="1" t="n">
+        <v>6</v>
+      </c>
+      <c r="K36" s="1" t="n">
         <v>6.6</v>
       </c>
-      <c r="I36" s="1" t="n">
-[...5 lines deleted...]
-      <c r="K36" s="1"/>
+      <c r="L36" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="0" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B37" s="1" t="n">
-        <v>7.1</v>
+        <v>3.9</v>
       </c>
       <c r="C37" s="1" t="n">
-        <v>9.3</v>
+        <v>4.5</v>
       </c>
       <c r="D37" s="1" t="n">
-        <v>7.1</v>
+        <v>3.9</v>
       </c>
       <c r="E37" s="1" t="n">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="F37" s="1" t="n">
-        <v>7.2</v>
+        <v>3.1</v>
       </c>
       <c r="G37" s="1" t="n">
-        <v>7.5</v>
+        <v>4.1</v>
       </c>
       <c r="H37" s="1" t="n">
-        <v>6.8</v>
+        <v>3</v>
       </c>
       <c r="I37" s="1" t="n">
-        <v>6.2</v>
+        <v>3.5</v>
       </c>
       <c r="J37" s="1" t="n">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="K37" s="1"/>
+        <v>3.6</v>
+      </c>
+      <c r="K37" s="1" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="L37" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="0" t="s">
-[...29 lines deleted...]
-      <c r="K38" s="1"/>
+      <c r="A38" s="0"/>
+      <c r="B38" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="0"/>
-      <c r="B39" s="1"/>
+      <c r="A39" s="0" t="s">
+        <v>16</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="0" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A41" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="0"/>
+      <c r="A42" s="0" t="s">
+        <v>24</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="0" t="s">
-        <v>24</v>
+        <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A44" s="0"/>
+      <c r="B44" s="1" t="n">
+        <v>2015</v>
+      </c>
+      <c r="C44" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="D44" s="1" t="n">
+        <v>2017</v>
+      </c>
+      <c r="E44" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="F44" s="1" t="n">
+        <v>2019</v>
+      </c>
+      <c r="G44" s="1" t="n">
+        <v>2020</v>
+      </c>
+      <c r="H44" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="I44" s="1" t="n">
+        <v>2022</v>
+      </c>
+      <c r="J44" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="K44" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="L44" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="0"/>
+      <c r="A45" s="0" t="s">
+        <v>25</v>
+      </c>
       <c r="B45" s="1" t="n">
-        <v>2015</v>
+        <v>12.3</v>
       </c>
       <c r="C45" s="1" t="n">
-        <v>2016</v>
+        <v>14.4</v>
       </c>
       <c r="D45" s="1" t="n">
-        <v>2017</v>
+        <v>12</v>
       </c>
       <c r="E45" s="1" t="n">
-        <v>2018</v>
+        <v>10.9</v>
       </c>
       <c r="F45" s="1" t="n">
-        <v>2019</v>
+        <v>10.6</v>
       </c>
       <c r="G45" s="1" t="n">
-        <v>2020</v>
+        <v>12.6</v>
       </c>
       <c r="H45" s="1" t="n">
-        <v>2021</v>
+        <v>11.1</v>
       </c>
       <c r="I45" s="1" t="n">
-        <v>2022</v>
+        <v>12</v>
       </c>
       <c r="J45" s="1" t="n">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="K45" s="1"/>
+        <v>13.5</v>
+      </c>
+      <c r="K45" s="1" t="n">
+        <v>13.1</v>
+      </c>
+      <c r="L45" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B46" s="1" t="n">
-        <v>12.3</v>
+        <v>6.1</v>
       </c>
       <c r="C46" s="1" t="n">
-        <v>14.4</v>
+        <v>7.7</v>
       </c>
       <c r="D46" s="1" t="n">
-        <v>12</v>
+        <v>5.7</v>
       </c>
       <c r="E46" s="1" t="n">
-        <v>10.9</v>
+        <v>5.7</v>
       </c>
       <c r="F46" s="1" t="n">
-        <v>10.6</v>
+        <v>6</v>
       </c>
       <c r="G46" s="1" t="n">
-        <v>12.5</v>
+        <v>6.8</v>
       </c>
       <c r="H46" s="1" t="n">
-        <v>11.1</v>
+        <v>6.3</v>
       </c>
       <c r="I46" s="1" t="n">
-        <v>12.1</v>
+        <v>5.5</v>
       </c>
       <c r="J46" s="1" t="n">
-        <v>13.4</v>
-[...1 lines deleted...]
-      <c r="K46" s="1"/>
+        <v>6.2</v>
+      </c>
+      <c r="K46" s="1" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="L46" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B47" s="1" t="n">
-        <v>6.1</v>
+        <v>2.2</v>
       </c>
       <c r="C47" s="1" t="n">
-        <v>7.7</v>
+        <v>2</v>
       </c>
       <c r="D47" s="1" t="n">
-        <v>5.7</v>
+        <v>2.1</v>
       </c>
       <c r="E47" s="1" t="n">
-        <v>5.7</v>
+        <v>1.6</v>
       </c>
       <c r="F47" s="1" t="n">
-        <v>6.1</v>
+        <v>1.8</v>
       </c>
       <c r="G47" s="1" t="n">
-        <v>6.9</v>
+        <v>1.6</v>
       </c>
       <c r="H47" s="1" t="n">
-        <v>6.4</v>
+        <v>1.8</v>
       </c>
       <c r="I47" s="1" t="n">
-        <v>5.7</v>
+        <v>1.7</v>
       </c>
       <c r="J47" s="1" t="n">
-        <v>6.2</v>
-[...1 lines deleted...]
-      <c r="K47" s="1"/>
+        <v>1.4</v>
+      </c>
+      <c r="K47" s="1" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="L47" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="0" t="s">
-[...29 lines deleted...]
-      <c r="K48" s="1"/>
+      <c r="A48" s="0"/>
+      <c r="B48" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="0"/>
-      <c r="B49" s="1"/>
+      <c r="A49" s="0" t="s">
+        <v>16</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="0" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A51" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="0"/>
+      <c r="A52" s="0" t="s">
+        <v>28</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="0" t="s">
-        <v>28</v>
+        <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A54" s="0"/>
+      <c r="B54" s="1" t="n">
+        <v>2015</v>
+      </c>
+      <c r="C54" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="D54" s="1" t="n">
+        <v>2017</v>
+      </c>
+      <c r="E54" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="F54" s="1" t="n">
+        <v>2019</v>
+      </c>
+      <c r="G54" s="1" t="n">
+        <v>2020</v>
+      </c>
+      <c r="H54" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="I54" s="1" t="n">
+        <v>2022</v>
+      </c>
+      <c r="J54" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="K54" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="L54" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="0"/>
+      <c r="A55" s="0" t="s">
+        <v>29</v>
+      </c>
       <c r="B55" s="1" t="n">
-        <v>2015</v>
+        <v>11.3</v>
       </c>
       <c r="C55" s="1" t="n">
-        <v>2016</v>
+        <v>12.6</v>
       </c>
       <c r="D55" s="1" t="n">
-        <v>2017</v>
+        <v>11.5</v>
       </c>
       <c r="E55" s="1" t="n">
-        <v>2018</v>
+        <v>10.7</v>
       </c>
       <c r="F55" s="1" t="n">
-        <v>2019</v>
+        <v>11.1</v>
       </c>
       <c r="G55" s="1" t="n">
-        <v>2020</v>
+        <v>11.5</v>
       </c>
       <c r="H55" s="1" t="n">
-        <v>2021</v>
+        <v>9.6</v>
       </c>
       <c r="I55" s="1" t="n">
-        <v>2022</v>
+        <v>9.6</v>
       </c>
       <c r="J55" s="1" t="n">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="K55" s="1"/>
+        <v>10.5</v>
+      </c>
+      <c r="K55" s="1" t="n">
+        <v>9.4</v>
+      </c>
+      <c r="L55" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="0" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B56" s="1" t="n">
-        <v>11.3</v>
+        <v>20.1</v>
       </c>
       <c r="C56" s="1" t="n">
-        <v>12.6</v>
+        <v>19.7</v>
       </c>
       <c r="D56" s="1" t="n">
-        <v>11.5</v>
+        <v>18.5</v>
       </c>
       <c r="E56" s="1" t="n">
-        <v>10.7</v>
+        <v>20.2</v>
       </c>
       <c r="F56" s="1" t="n">
-        <v>11.1</v>
+        <v>16.7</v>
       </c>
       <c r="G56" s="1" t="n">
-        <v>11.6</v>
+        <v>18.7</v>
       </c>
       <c r="H56" s="1" t="n">
-        <v>9.6</v>
+        <v>16.6</v>
       </c>
       <c r="I56" s="1" t="n">
-        <v>9.8</v>
+        <v>16.2</v>
       </c>
       <c r="J56" s="1" t="n">
-        <v>10.5</v>
-[...1 lines deleted...]
-      <c r="K56" s="1"/>
+        <v>13.9</v>
+      </c>
+      <c r="K56" s="1" t="n">
+        <v>12.4</v>
+      </c>
+      <c r="L56" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="0" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B57" s="1" t="n">
-        <v>20.1</v>
+        <v>4.7</v>
       </c>
       <c r="C57" s="1" t="n">
-        <v>19.7</v>
+        <v>6.5</v>
       </c>
       <c r="D57" s="1" t="n">
-        <v>18.5</v>
+        <v>4.8</v>
       </c>
       <c r="E57" s="1" t="n">
-        <v>20.2</v>
+        <v>4.3</v>
       </c>
       <c r="F57" s="1" t="n">
-        <v>17.2</v>
+        <v>4.2</v>
       </c>
       <c r="G57" s="1" t="n">
-        <v>19.3</v>
+        <v>5</v>
       </c>
       <c r="H57" s="1" t="n">
-        <v>16.9</v>
+        <v>3.4</v>
       </c>
       <c r="I57" s="1" t="n">
-        <v>17.5</v>
+        <v>3.5</v>
       </c>
       <c r="J57" s="1" t="n">
-        <v>14.5</v>
-[...1 lines deleted...]
-      <c r="K57" s="1"/>
+        <v>3</v>
+      </c>
+      <c r="K57" s="1" t="n">
+        <v>3</v>
+      </c>
+      <c r="L57" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="0" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B58" s="1" t="n">
-        <v>4.7</v>
+        <v>1.8</v>
       </c>
       <c r="C58" s="1" t="n">
-        <v>6.5</v>
+        <v>2.1</v>
       </c>
       <c r="D58" s="1" t="n">
-        <v>4.8</v>
+        <v>2.4</v>
       </c>
       <c r="E58" s="1" t="n">
-        <v>4.3</v>
+        <v>1.9</v>
       </c>
       <c r="F58" s="1" t="n">
-        <v>4.2</v>
+        <v>2</v>
       </c>
       <c r="G58" s="1" t="n">
-        <v>4.9</v>
+        <v>2.1</v>
       </c>
       <c r="H58" s="1" t="n">
-        <v>3.4</v>
+        <v>2.4</v>
       </c>
       <c r="I58" s="1" t="n">
-        <v>3.3</v>
+        <v>2.1</v>
       </c>
       <c r="J58" s="1" t="n">
-        <v>3.1</v>
-[...1 lines deleted...]
-      <c r="K58" s="1"/>
+        <v>1.9</v>
+      </c>
+      <c r="K58" s="1" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="L58" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="0" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B59" s="1" t="n">
-        <v>1.8</v>
+        <v>5.3</v>
       </c>
       <c r="C59" s="1" t="n">
-        <v>2.1</v>
+        <v>5.7</v>
       </c>
       <c r="D59" s="1" t="n">
-        <v>2.4</v>
+        <v>5.5</v>
       </c>
       <c r="E59" s="1" t="n">
-        <v>1.9</v>
+        <v>4.4</v>
       </c>
       <c r="F59" s="1" t="n">
-        <v>2</v>
+        <v>5.1</v>
       </c>
       <c r="G59" s="1" t="n">
-        <v>2.1</v>
+        <v>7.3</v>
       </c>
       <c r="H59" s="1" t="n">
-        <v>2.5</v>
+        <v>7.8</v>
       </c>
       <c r="I59" s="1" t="n">
-        <v>2</v>
+        <v>4.9</v>
       </c>
       <c r="J59" s="1" t="n">
-        <v>1.9</v>
-[...1 lines deleted...]
-      <c r="K59" s="1"/>
+        <v>5.3</v>
+      </c>
+      <c r="K59" s="1" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="L59" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B60" s="1" t="n">
-        <v>5.3</v>
+        <v>5</v>
       </c>
       <c r="C60" s="1" t="n">
-        <v>5.7</v>
+        <v>3.9</v>
       </c>
       <c r="D60" s="1" t="n">
-        <v>5.5</v>
+        <v>4.3</v>
       </c>
       <c r="E60" s="1" t="n">
-        <v>4.4</v>
+        <v>4.3</v>
       </c>
       <c r="F60" s="1" t="n">
-        <v>5.1</v>
+        <v>2.7</v>
       </c>
       <c r="G60" s="1" t="n">
-        <v>7.3</v>
+        <v>2.6</v>
       </c>
       <c r="H60" s="1" t="n">
-        <v>7.7</v>
+        <v>3</v>
       </c>
       <c r="I60" s="1" t="n">
-        <v>4.8</v>
+        <v>2.4</v>
       </c>
       <c r="J60" s="1" t="n">
-        <v>5.2</v>
-[...1 lines deleted...]
-      <c r="K60" s="1"/>
+        <v>3.7</v>
+      </c>
+      <c r="K60" s="1" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="L60" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="0" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B61" s="1" t="n">
-        <v>5</v>
+        <v>7.7</v>
       </c>
       <c r="C61" s="1" t="n">
-        <v>3.9</v>
+        <v>12.6</v>
       </c>
       <c r="D61" s="1" t="n">
-        <v>4.3</v>
+        <v>8.6</v>
       </c>
       <c r="E61" s="1" t="n">
-        <v>4.3</v>
+        <v>6.8</v>
       </c>
       <c r="F61" s="1" t="n">
-        <v>2.8</v>
+        <v>8.4</v>
       </c>
       <c r="G61" s="1" t="n">
-        <v>2.6</v>
+        <v>7</v>
       </c>
       <c r="H61" s="1" t="n">
-        <v>2.9</v>
+        <v>7.8</v>
       </c>
       <c r="I61" s="1" t="n">
-        <v>2.5</v>
+        <v>8.2</v>
       </c>
       <c r="J61" s="1" t="n">
-        <v>3.6</v>
-[...1 lines deleted...]
-      <c r="K61" s="1"/>
+        <v>8.2</v>
+      </c>
+      <c r="K61" s="1" t="n">
+        <v>10.1</v>
+      </c>
+      <c r="L61" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="0" t="s">
-[...29 lines deleted...]
-      <c r="K62" s="1"/>
+      <c r="A62" s="0"/>
+      <c r="B62" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="0"/>
-      <c r="B63" s="1"/>
+      <c r="A63" s="0" t="s">
+        <v>16</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="0" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A65" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="0"/>
+      <c r="A66" s="0" t="s">
+        <v>36</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="0" t="s">
-        <v>36</v>
+        <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A68" s="0"/>
+      <c r="B68" s="1" t="n">
+        <v>2015</v>
+      </c>
+      <c r="C68" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="D68" s="1" t="n">
+        <v>2017</v>
+      </c>
+      <c r="E68" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="F68" s="1" t="n">
+        <v>2019</v>
+      </c>
+      <c r="G68" s="1" t="n">
+        <v>2020</v>
+      </c>
+      <c r="H68" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="I68" s="1" t="n">
+        <v>2022</v>
+      </c>
+      <c r="J68" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="K68" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="L68" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="0"/>
+      <c r="A69" s="0" t="s">
+        <v>37</v>
+      </c>
       <c r="B69" s="1" t="n">
-        <v>2015</v>
+        <v>2.6</v>
       </c>
       <c r="C69" s="1" t="n">
-        <v>2016</v>
+        <v>3.1</v>
       </c>
       <c r="D69" s="1" t="n">
-        <v>2017</v>
+        <v>2.5</v>
       </c>
       <c r="E69" s="1" t="n">
-        <v>2018</v>
+        <v>2.1</v>
       </c>
       <c r="F69" s="1" t="n">
-        <v>2019</v>
+        <v>2.2</v>
       </c>
       <c r="G69" s="1" t="n">
-        <v>2020</v>
+        <v>2.6</v>
       </c>
       <c r="H69" s="1" t="n">
-        <v>2021</v>
+        <v>2.3</v>
       </c>
       <c r="I69" s="1" t="n">
-        <v>2022</v>
+        <v>2.1</v>
       </c>
       <c r="J69" s="1" t="n">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="K69" s="1"/>
+        <v>2.9</v>
+      </c>
+      <c r="K69" s="1" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="L69" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B70" s="1" t="n">
-        <v>2.6</v>
+        <v>23.1</v>
       </c>
       <c r="C70" s="1" t="n">
-        <v>3.1</v>
+        <v>26.6</v>
       </c>
       <c r="D70" s="1" t="n">
-        <v>2.5</v>
+        <v>23.8</v>
       </c>
       <c r="E70" s="1" t="n">
-        <v>2.1</v>
+        <v>25.9</v>
       </c>
       <c r="F70" s="1" t="n">
-        <v>2.2</v>
+        <v>25.1</v>
       </c>
       <c r="G70" s="1" t="n">
-        <v>2.6</v>
+        <v>29.8</v>
       </c>
       <c r="H70" s="1" t="n">
-        <v>2.3</v>
+        <v>21.3</v>
       </c>
       <c r="I70" s="1" t="n">
-        <v>2.1</v>
+        <v>20.2</v>
       </c>
       <c r="J70" s="1" t="n">
-        <v>2.9</v>
-[...1 lines deleted...]
-      <c r="K70" s="1"/>
+        <v>18.6</v>
+      </c>
+      <c r="K70" s="1" t="n">
+        <v>19.2</v>
+      </c>
+      <c r="L70" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B71" s="1" t="n">
-        <v>23.1</v>
+        <v>3.6</v>
       </c>
       <c r="C71" s="1" t="n">
-        <v>26.6</v>
+        <v>4.2</v>
       </c>
       <c r="D71" s="1" t="n">
-        <v>23.8</v>
+        <v>3.7</v>
       </c>
       <c r="E71" s="1" t="n">
-        <v>25.9</v>
+        <v>2.9</v>
       </c>
       <c r="F71" s="1" t="n">
-        <v>25.4</v>
+        <v>3.2</v>
       </c>
       <c r="G71" s="1" t="n">
-        <v>30.1</v>
+        <v>3.8</v>
       </c>
       <c r="H71" s="1" t="n">
-        <v>21.1</v>
+        <v>2.8</v>
       </c>
       <c r="I71" s="1" t="n">
-        <v>21.1</v>
+        <v>3.2</v>
       </c>
       <c r="J71" s="1" t="n">
-        <v>18.6</v>
-[...1 lines deleted...]
-      <c r="K71" s="1"/>
+        <v>3.5</v>
+      </c>
+      <c r="K71" s="1" t="n">
+        <v>3</v>
+      </c>
+      <c r="L71" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B72" s="1" t="n">
-        <v>3.6</v>
+        <v>13.7</v>
       </c>
       <c r="C72" s="1" t="n">
-        <v>4.2</v>
+        <v>16.8</v>
       </c>
       <c r="D72" s="1" t="n">
-        <v>3.7</v>
+        <v>14.1</v>
       </c>
       <c r="E72" s="1" t="n">
-        <v>2.9</v>
+        <v>13.3</v>
       </c>
       <c r="F72" s="1" t="n">
-        <v>3.2</v>
+        <v>13</v>
       </c>
       <c r="G72" s="1" t="n">
-        <v>3.8</v>
+        <v>14.1</v>
       </c>
       <c r="H72" s="1" t="n">
-        <v>2.8</v>
+        <v>13.6</v>
       </c>
       <c r="I72" s="1" t="n">
-        <v>3.2</v>
+        <v>12.9</v>
       </c>
       <c r="J72" s="1" t="n">
-        <v>3.5</v>
-[...1 lines deleted...]
-      <c r="K72" s="1"/>
+        <v>12.8</v>
+      </c>
+      <c r="K72" s="1" t="n">
+        <v>13.3</v>
+      </c>
+      <c r="L72" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="0" t="s">
-[...29 lines deleted...]
-      <c r="K73" s="1"/>
+      <c r="A73" s="0"/>
+      <c r="B73" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="0"/>
-      <c r="B74" s="1"/>
+      <c r="A74" s="0" t="s">
+        <v>41</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="0" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A76" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="0"/>
+      <c r="A77" s="0" t="s">
+        <v>42</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="0" t="s">
-        <v>42</v>
+        <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A79" s="0"/>
+      <c r="B79" s="1" t="n">
+        <v>2015</v>
+      </c>
+      <c r="C79" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="D79" s="1" t="n">
+        <v>2017</v>
+      </c>
+      <c r="E79" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="F79" s="1" t="n">
+        <v>2019</v>
+      </c>
+      <c r="G79" s="1" t="n">
+        <v>2020</v>
+      </c>
+      <c r="H79" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="I79" s="1" t="n">
+        <v>2022</v>
+      </c>
+      <c r="J79" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="K79" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="L79" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="0"/>
+      <c r="A80" s="0" t="s">
+        <v>43</v>
+      </c>
       <c r="B80" s="1" t="n">
-        <v>2015</v>
+        <v>25.5</v>
       </c>
       <c r="C80" s="1" t="n">
-        <v>2016</v>
+        <v>29.8</v>
       </c>
       <c r="D80" s="1" t="n">
-        <v>2017</v>
+        <v>26.3</v>
       </c>
       <c r="E80" s="1" t="n">
-        <v>2018</v>
+        <v>25.4</v>
       </c>
       <c r="F80" s="1" t="n">
-        <v>2019</v>
+        <v>22.8</v>
       </c>
       <c r="G80" s="1" t="n">
-        <v>2020</v>
+        <v>23.2</v>
       </c>
       <c r="H80" s="1" t="n">
-        <v>2021</v>
+        <v>21.7</v>
       </c>
       <c r="I80" s="1" t="n">
-        <v>2022</v>
+        <v>19.4</v>
       </c>
       <c r="J80" s="1" t="n">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="K80" s="1"/>
+        <v>18.7</v>
+      </c>
+      <c r="K80" s="1" t="n">
+        <v>19.8</v>
+      </c>
+      <c r="L80" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B81" s="1" t="n">
-        <v>25.5</v>
+        <v>8.5</v>
       </c>
       <c r="C81" s="1" t="n">
-        <v>29.8</v>
+        <v>9.3</v>
       </c>
       <c r="D81" s="1" t="n">
-        <v>26.3</v>
+        <v>6.9</v>
       </c>
       <c r="E81" s="1" t="n">
-        <v>25.4</v>
+        <v>5.4</v>
       </c>
       <c r="F81" s="1" t="n">
-        <v>23.1</v>
+        <v>5.2</v>
       </c>
       <c r="G81" s="1" t="n">
-        <v>23.5</v>
+        <v>7.1</v>
       </c>
       <c r="H81" s="1" t="n">
-        <v>21.8</v>
+        <v>6.3</v>
       </c>
       <c r="I81" s="1" t="n">
-        <v>19.5</v>
+        <v>6.9</v>
       </c>
       <c r="J81" s="1" t="n">
-        <v>18.8</v>
-[...1 lines deleted...]
-      <c r="K81" s="1"/>
+        <v>8.3</v>
+      </c>
+      <c r="K81" s="1" t="n">
+        <v>7.8</v>
+      </c>
+      <c r="L81" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="0" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B82" s="1" t="n">
-        <v>8.5</v>
+        <v>1.6</v>
       </c>
       <c r="C82" s="1" t="n">
-        <v>9.3</v>
+        <v>2.6</v>
       </c>
       <c r="D82" s="1" t="n">
-        <v>6.9</v>
+        <v>2.3</v>
       </c>
       <c r="E82" s="1" t="n">
-        <v>5.4</v>
+        <v>1.3</v>
       </c>
       <c r="F82" s="1" t="n">
-        <v>5.1</v>
+        <v>2.6</v>
       </c>
       <c r="G82" s="1" t="n">
-        <v>7</v>
+        <v>1.9</v>
       </c>
       <c r="H82" s="1" t="n">
-        <v>6.4</v>
+        <v>2</v>
       </c>
       <c r="I82" s="1" t="n">
-        <v>7.3</v>
+        <v>1.8</v>
       </c>
       <c r="J82" s="1" t="n">
-        <v>7.9</v>
-[...1 lines deleted...]
-      <c r="K82" s="1"/>
+        <v>2.5</v>
+      </c>
+      <c r="K82" s="1" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="L82" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B83" s="1" t="n">
-        <v>1.6</v>
+        <v>0.6</v>
       </c>
       <c r="C83" s="1" t="n">
-        <v>2.6</v>
+        <v>0.3</v>
       </c>
       <c r="D83" s="1" t="n">
-        <v>2.3</v>
+        <v>0.1</v>
       </c>
       <c r="E83" s="1" t="n">
-        <v>1.3</v>
+        <v>0.1</v>
       </c>
       <c r="F83" s="1" t="n">
-        <v>2.5</v>
+        <v>0.7</v>
       </c>
       <c r="G83" s="1" t="n">
-        <v>1.8</v>
+        <v>1</v>
       </c>
       <c r="H83" s="1" t="n">
-        <v>2.1</v>
+        <v>0.9</v>
       </c>
       <c r="I83" s="1" t="n">
-        <v>1.8</v>
+        <v>0.5</v>
       </c>
       <c r="J83" s="1" t="n">
-        <v>2.1</v>
-[...1 lines deleted...]
-      <c r="K83" s="1"/>
+        <v>0.9</v>
+      </c>
+      <c r="K83" s="1" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="L83" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B84" s="1" t="n">
-        <v>0.6</v>
+        <v>0.1</v>
       </c>
       <c r="C84" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="D84" s="1" t="n">
         <v>0.3</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.1</v>
       </c>
       <c r="E84" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="F84" s="1" t="n">
-        <v>0.6</v>
+        <v>0</v>
       </c>
       <c r="G84" s="1" t="n">
-        <v>1.1</v>
+        <v>0.1</v>
       </c>
       <c r="H84" s="1" t="n">
-        <v>0.9</v>
+        <v>0.2</v>
       </c>
       <c r="I84" s="1" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="J84" s="1" t="n">
         <v>0.5</v>
       </c>
-      <c r="J84" s="1" t="n">
-[...2 lines deleted...]
-      <c r="K84" s="1"/>
+      <c r="K84" s="1" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="L84" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="0" t="s">
-[...29 lines deleted...]
-      <c r="K85" s="1"/>
+      <c r="A85" s="0"/>
+      <c r="B85" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="0"/>
-      <c r="B86" s="1"/>
+      <c r="A86" s="0" t="s">
+        <v>16</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="0" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="0" t="s">
-[...4 lines deleted...]
-      <c r="A89" s="0"/>
+      <c r="A88" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>