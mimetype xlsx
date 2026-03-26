--- v0 (2025-10-24)
+++ v1 (2026-03-26)
@@ -13,264 +13,236 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G01_LWI" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="69" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="68" uniqueCount="54">
   <si>
     <t>Très faible intensité de travail - Belgique et comparaison internationale</t>
   </si>
   <si>
-    <t>pourcentage de la population en dessous de 65 ans ou en dessous 60 (UE2020)</t>
+    <t>pourcentage de la population en dessous de 65 ans</t>
   </si>
   <si>
     <t>Belgique</t>
   </si>
   <si>
     <t>UE27</t>
   </si>
   <si>
-    <t>Belgique (UE2020)</t>
-[...8 lines deleted...]
-    <t>Statbel (2024), Indicateurs-SILC-SDG 2004-2023, https://Statbel.fgov.be/fr/themes/menages/pauvrete-et-conditions-de-vie/risque-de-pauvrete-ou-dexclusion-sociale#figures (consulté le 14/10/2024) ; Statbel; Eurostat (2024), European Union Statistics on Income and Living Conditions (EU-SILC), ilc_lvhl11n et ilc_lvhl11, https://ec.europa.eu/eurostat (consulté le 14/10/2024)</t>
+    <t>Note: rupture de série: BE 2019.  L'intervalle de confiance à 95 % pour la part des personnes vivant dans un ménage à très faible intensité de travail en 2024 est de 10.5% à 12.3% pour Belgique.</t>
+  </si>
+  <si>
+    <t>Source:  Statbel (2025),  Indicateurs-SILC-SDG 2004-2024, https://statbel.fgov.be/fr/themes/menages/pauvrete-et-conditions-de-vie/risque-de-pauvrete-ou-dexclusion-sociale (consulté le 06/10/2025); Statbel (2025), Microfichiers SILC 2024: SILC_2024_CI, communication directe  01/10/2025;</t>
+  </si>
+  <si>
+    <t>Statbel; Eurostat (2025), Personnes vivant dans un ménage à très faible intensité de travail par âge et sexe (population âgée de 0 à 64 ans), ilc_lvhl11n, https://ec.europa.eu/eurostat,  dernière mise à jour des données 02/10/2025 23:00  (consulté le 06/10/2025)</t>
   </si>
   <si>
     <t>Très faible intensité de travail selon la région - Belgique</t>
   </si>
   <si>
-    <t>pourcentage de la population en dessous de 65 ans</t>
-[...1 lines deleted...]
-  <si>
     <t>Région de Bruxelles-Capitale</t>
   </si>
   <si>
     <t>Région flamande</t>
   </si>
   <si>
     <t>Région wallonne</t>
   </si>
   <si>
-    <t>La marge d'incertitude de cet indicateur est indiquée dans le texte pour la dernière année. Rupture de série: 2019</t>
-[...2 lines deleted...]
-    <t>Statbel (2024), Indicateurs-SILC-SDG 2004-2023, https://Statbel.fgov.be/fr/themes/menages/pauvrete-et-conditions-de-vie/risque-de-pauvrete-ou-dexclusion-sociale#figures (consulté le 14/10/2024), Statbel (2024), communication directe, 07/06/2024.</t>
+    <t>Note: Rupture de série: 2019. L'intervalle de confiance à 95 % pour la part des personnes vivant dans un ménage à très faible intensité de travail en 2024 est de 17.5% à 22.9% pour Bruxelles, de 5.9% à 8.3% pour Flandre et de 14.2% à 17.6% pour la Wallonie.</t>
+  </si>
+  <si>
+    <t>Source: Statbel (2025),  Indicateurs-SILC-SDG 2004-2024, https://statbel.fgov.be/fr/themes/menages/pauvrete-et-conditions-de-vie/risque-de-pauvrete-ou-dexclusion-sociale (consulté le 06/10/2025); Statbel (2025), Microfichiers SILC 2024: SILC_2024_CI, communication directe  01/10/2025</t>
   </si>
   <si>
     <t>Très faible intensité de travail selon le sexe - Belgique</t>
   </si>
   <si>
     <t>femmes</t>
   </si>
   <si>
     <t>hommes</t>
   </si>
   <si>
-    <t>rupture de série: 2019</t>
-[...2 lines deleted...]
-    <t>Statbel (2024), Indicateurs-SILC-SDG 2004-2023, https://Statbel.fgov.be/fr/themes/menages/pauvrete-et-conditions-de-vie/risque-de-pauvrete-ou-dexclusion-sociale#figures (consulté le 14/10/2024)</t>
+    <t>Note: rupture de série: 2019</t>
+  </si>
+  <si>
+    <t>Source: Statbel (2025),  Indicateurs-SILC-SDG 2004-2024, https://statbel.fgov.be/fr/themes/menages/pauvrete-et-conditions-de-vie/risque-de-pauvrete-ou-dexclusion-sociale (consulté le 06/10/2025)</t>
   </si>
   <si>
     <t>Très faible intensité de travail selon l'âge - Belgique</t>
   </si>
   <si>
     <t>&lt;18</t>
   </si>
   <si>
     <t>18-24</t>
   </si>
   <si>
     <t>25-49</t>
   </si>
   <si>
     <t>50-64</t>
   </si>
   <si>
-    <t>rupture de série: 2019; le chiffre pour les &gt;64 ans n'est pas disponible en raison du nombre insuffisant de répondants à l'enquête</t>
+    <t>Note: rupture de série: 2019; le chiffre pour les &gt;64 ans n'est pas disponible en raison du nombre insuffisant de répondants à l'enquête</t>
   </si>
   <si>
     <t>Très faible intensité de travail selon l'éducation - Belgique</t>
   </si>
   <si>
     <t>maximum secondaire inférieur</t>
   </si>
   <si>
     <t>secondaire supérieur</t>
   </si>
   <si>
     <t>supérieur</t>
   </si>
   <si>
     <t>Très faible intensité de travail selon le type de ménage - Belgique</t>
   </si>
   <si>
     <t>personne isolée</t>
   </si>
   <si>
     <t>famille monoparentale</t>
   </si>
   <si>
     <t>2 adultes &lt;65</t>
   </si>
   <si>
     <t>2 adultes, au moins 1 &gt;64</t>
   </si>
   <si>
     <t>2 adultes, 1 enfant</t>
   </si>
   <si>
     <t>2 adultes, 2 enfants</t>
   </si>
   <si>
     <t>2 adultes, 3+ enfants</t>
   </si>
   <si>
-    <t>Statbel; Eurostat (2023), European Union Statistics on Income and Living Conditions (EU-SILC), ilc_lvhl13n, https://ec.europa.eu/eurostat (consulté le 06/10/2023); Statbel (2023), communication directe, 17/2/2023.</t>
-[...1 lines deleted...]
-  <si>
     <t>Très faible intensité de travail selon le statut d'activité - Belgique</t>
   </si>
   <si>
     <t>pourcentage des 18-64 ans</t>
   </si>
   <si>
     <t>avec emploi</t>
   </si>
   <si>
     <t>au chômage</t>
   </si>
   <si>
     <t>autre inactif</t>
   </si>
   <si>
-    <t>rupture de série: 2019; en raison du recours massif au chômage temporaire pendant la pandémie de COVID-19, la catégorie « chômeurs » de SILC 2021 comprend non seulement les chômeurs de longue durée, mais aussi les personnes qui ont été temporairement au chômage pendant plus de 6 mois et qui vivent généralement dans des conditions moins précaires.   </t>
+    <t>Note: rupture de série: 2019; en raison du recours massif au chômage temporaire pendant la pandémie de COVID-19, la catégorie « chômeurs » de SILC 2021 comprend non seulement les chômeurs de longue durée, mais aussi les personnes qui ont été temporairement au chômage pendant plus de 6 mois et qui vivent généralement dans des conditions moins précaires.</t>
   </si>
   <si>
     <t>Très faible intensité de travail selon le revenu - Belgique</t>
   </si>
   <si>
     <t>quintile 1</t>
   </si>
   <si>
     <t>quintile 2</t>
   </si>
   <si>
     <t>quintile 3</t>
   </si>
   <si>
     <t>quintile 4</t>
   </si>
   <si>
     <t>quintile 5</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G01_LWI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Très faible intensité de travail (i03)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Définition : toutes les personnes vivant dans un ménage appartiennent à un ménage à très faible intensité de travail si l’intensité de travail de ce ménage est inférieure à 20%. L’intensité de travail d’un ménage correspond au rapport entre le nombre de mois durant lesquels les membres d’âge actif du ménage ont effectivement travaillé au cours de l’année précédant l’année de l’enquête et le nombre total de mois au cours desquels ils auraient théoriquement pu travailler au cours de cette même année.
 Les membres du ménage en âge de travailler sont définis comme des personnes âgées de 18 à 64 ans. En sont exclus les étudiants (18-24 ans), les personnes qui se considèrent comme retraitées ou qui perçoivent une pension (à l’exception d’une pension de survie) et les personnes inactives âgées de 60 à 64 ans qui appartiennent à un ménage dont le principal revenu est une pension.
 Les personnes vivant dans des ménages à très faible intensité de travail font partie du groupe cible des personnes présentant un risque de pauvreté ou d’exclusion sociale.
 Étant donné la tendance à travailler jusqu’à un âge plus avancé, la limite d’âge supérieure de cet indicateur a été portée à 64 ans, contre 59 ans auparavant, dans le cadre de la stratégie Europe 2020. En outre, seuls les étudiants (entre 18 et 24 ans) n’étaient pas considérés comme des membres de la famille en âge de travailler. Les ménages composés uniquement d’enfants, d’étudiants de moins de 25 ans et/ou de personnes âgées de respectivement 60 ou 65 ans ou plus sont totalement exclus du calcul de l’indicateur (Statbel, 2022b; Eurostat, 2021; European Commission, 2022).
-L’évolution générale des deux indicateurs pour la Belgique et l’UE est commentée ci-dessous. L’indicateur utilisé dans le cadre de la stratégie Europe 2020, dont les données sont disponibles depuis 2004, est ensuite appelé "(UE 2020)". Pour l’indicateur utilisé après la stratégie Europe 2020 dans le cadre du plan d’action pour le pilier européen des droits sociaux (Commission européenne, 2021), il n’y a pas d’indication spécifique. Pour celui-ci, des données sont disponibles à partir de 2015 au plus tôt et les données pour la Belgique sont également utilisées pour expliquer l’évolution par région et pour différentes catégories de population. Les données relatives à l'intensité de travail présentées ici sont basées sur l'enquête Statistics on Income and Living Conditions (EU-SILC) de l'Union européenne, où les données sur l’emploi se rapportent toujours à l’année précédant l'année de l'enquête. Cela signifie, par exemple, que pour l'année d'enquête 2020 ce sont les données d'emploi de 2019, qui n'ont pas été affectées par la crise de la Covid-19, qui ont été utilisées pour le calcul de cet indicateur.
+L’indicateur utilisé dans le cadre de la stratégie Europe 2020, dont les données sont disponibles depuis 2004, est ensuite appelé "(UE 2020)". Pour l’indicateur utilisé après la stratégie Europe 2020 dans le cadre du plan d’action pour le pilier européen des droits sociaux (Commission européenne, 2021), il n’y a pas d’indication spécifique. Pour celui-ci, des données sont disponibles à partir de 2015 au plus tôt et les données pour la Belgique sont également utilisées pour expliquer l’évolution par région et pour différentes catégories de population.
+Pour cet indicateur les ventilations suivantes sont disponibles : région, sexe, revenu, âge, éducation, type de ménage et statut d’activité.
+Les données relatives à l'intensité de travail présentées ici sont basées sur l'enquête Statistics on Income and Living Conditions (EU-SILC) de l'Union européenne, où les données sur l’emploi se rapportent toujours à l’année précédant l'année de l'enquête. Cela signifie, par exemple, que pour l'année d'enquête 2020 ce sont les données d'emploi de 2019, qui n'ont pas été affectées par la crise de la Covid-19, qui ont été utilisées pour le calcul de cet indicateur.
 Statistics Belgium organise en Belgique cette enquête harmonisée au niveau de l'UE et en met les résultats à disposition, notamment d'Eurostat. 2004 est la première année pour laquelle des données européennes harmonisées ont été collectées pour calculer l'indicateur. Les données utilisées ici proviennent d'Eurostat, sauf mention contraire, qui publie des résultats détaillés et comparables entre les États membres de l'UE. Comme ces données sont basées sur des enquêtes, il faut tenir compte d’une marge d’incertitude. Cette marge d'incertitude augmente à mesure que l'indicateur est calculé pour des sous-populations plus petites. Les intervalles de confiance (IC) correspondant à ces données sont disponibles sur demande auprès de Statistics Belgium.
 À partir de 2019, la méthodologie de l’enquête a été revue en profondeur pour une meilleure précision. En 2020, c’est la pandémie de Covid-19 qui a impacté la collecte des données. De ce fait, il est difficile de comparer les résultats de SILC 2020 avec ceux des années précédentes. (Statbel, 2021). En conséquence, ils ne sont pas utilisés pour calculer et évaluer la tendance à long terme. Il convient également de noter qu'en raison du recours généralisé au chômage temporaire pendant la pandémie de Covid-19, la catégorie "chômeurs" dans SILC 2021 comprend non seulement les chômeurs de longue durée, mais aussi les personnes qui ont été au chômage temporaire pendant plus de 6 mois et qui vivent généralement dans des conditions moins précaires (Statbel, 2022a).
 Objectif: la part des personnes vivant dans un ménage à très faible intensité de travail, et leur nombre, doivent diminuer.
 Les objectifs de développement durable ou SDG adoptés par l'ONU en 2015 comprennent les sous-objectifs suivants: "Assurer l’égalité des chances et réduire l’inégalité des résultats, notamment en éliminant les lois, politiques et pratiques discriminatoires et en promouvant l’adoption de lois, politiques et mesures adéquates en la matière" (sous-objectif 10.3) et "D’ici à 2030, réduire de moitié au moins la proportion d’hommes, de femmes et d’enfants de tout âge qui vivent dans la pauvreté sous tous ses aspects, telle que définie par chaque pays et quelles qu’en soient les formes" (sous-objectif 1.2).
 Les personnes qui vivent dans un ménage à très faible intensité de travail font partie du groupe cible pour lequel un nouvel objectif de réduction a été adopté dans le cadre du plan d'action du pilier européen des droits sociaux , à savoir les personnes présentant un risque de pauvreté ou d’exclusion sociale (Conseil européen, 2021a, 2021b). Dans ce cadre, la Belgique s'est engagée à réduire de 279.000 personnes (dont 93.000 enfants) le nombre de personnes exposées à un risque de pauvreté ou d'exclusion sociale, sur la base des données SILC 2019, pour atteindre 1,982 million de personnes d'ici à 2030 (Commission européenne, 2022b, Federal Public Service Social Security, 2023).
 Elles faisaient également–partie - compte tenu du changement de définition susmentionné - du groupe de personnes présentant un risque de pauvreté ou d’exclusion sociale tel que décrit dans la Stratégie Europe 2020 (Commission européenne, 2010).
-Évolution: sur la période 2015-2023, en tenant compte de la nouvelle méthodologie utilisée à partir de 2019, la part des personnes de moins de 65 ans vivant dans un ménage à très faible intensité de travail a diminué de 15% à 10,5%.
-[...13 lines deleted...]
-A noter que la baisse de la part de chômeurs dans un ménage à très faible intensité de travail de 64,2% en 2020 à 55,5% pour l'année suivante est influencée par le recours généralisé au chômage temporaire suite à la pandémie Covid-19. La catégorie des "chômeurs" mentionnée dans SILC 2021 comprend, outre les chômeurs de longue durée, les personnes qui ont été temporairement au chômage pendant plus de 6 mois et qui vivent généralement dans des conditions moins précaires (Statbel, 2022a). L’évolution entre 2015 et 2022 pour les autres catégories reste pratiquement stable.
 Indicateur ONU: l’indicateur choisi est lié à l'indicateur 1.2.2 - Proportion d’hommes, de femmes et d’enfants de tous âges vivant dans une situation de pauvreté sous toutes ses formes, telles que définies par chaque pays, étant donné que la population vivant dans un ménage présentant une très faible intensité de travail fait partie de la population avec un risque de pauvreté ou d'exclusion sociale, indicateur correspondant à la définition nationale de pauvreté multidimensionnelle.
 Sources
-Générales
-[...14 lines deleted...]
-Statbel (2022b), SILC definitions, https://statbel.fgov.be/fr/themes/menages/pauvrete-et-conditions-de-vie/plus (consulté le 15/06/2022).
+Commission européenne (2010), Europe 2020, Une stratégie pour une croissance intelligente, durable et inclusive; http://ec.europa.eu/archives/commission_2010-2014/president/news/documents/pdf/20100303_1_fr.pdf (consulté le 15/12/2025).
+Commission européenne (2022), La Commission se félicite des objectifs des États membres pour une Europe plus sociale à l'horizon 2030, https://ec.europa.eu/commission/presscorner/detail/fr/IP_22_3782 (consulté le 15/12/2025).
+European Commission (2022), Share of population living in (quasi-)jobless households indicator - Revised version, https://ec.europa.eu/social/main.jsp?catId=818&amp;amp;langId=en&amp;amp;id=201 (consulté le 15/12/2025).
+Conseil européen (2021a), Conclusions – 24 et 25 juin 2021, EUCO 7/21, https://www.consilium.europa.eu/media/50830/2425-06-21-euco-conclusions-fr.pdf (consulté le 15/12/2025).
+Conseil européen (2021b), Sommet social de Porto, 7 mai 2021, https://www.consilium.europa.eu/fr/meetings/european-council/2021/05/07/social-summit/ (consulté le 15/12/2025).
+Eurostat (2021), Glossary: Persons living in households with low work intensity, https://ec.europa.eu/eurostat/statistics-explained/index.php?title=Glossary:Persons_living_in_households_with_low_work_intensity (consulté le 15/12/2025).
+Federal Public Service Social Security (2023), Analysis of the evolution of the social situation and social protection in Belgium 2021, https://socialsecurity.belgium.be/sites/default/files/content/docs/en/publications/silc/silc-analysis-social-situation-and-protection-belgium-2021-en.pdf (consulté le 15/12/2025).
+Statbel (2021), SILC FAQ, https://statbel.fgov.be/fr/themes/menages/pauvrete-et-conditions-de-vie/faq, voir en particulier "Y a-t-il des ruptures de séries dans la chronologie de l'enquête SILC ?" (consulté le 15/12/2025).
+Statbel (2022a), Risque de pauvreté ou d'exclusion sociale - Indicateurs-SILC 2019-2021, https://statbel.fgov.be/fr/themes/menages/pauvrete-et-conditions-de-vie/risque-de-pauvrete-ou-dexclusion-sociale#figures (consulté le 15/12/2025).
+Statbel (2022b), SILC definitions, https://statbel.fgov.be/fr/themes/menages/pauvrete-et-conditions-de-vie/plus (consulté le 15/12/2025).
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -328,1712 +300,1597 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:V87"/>
+  <dimension ref="A1:L86"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
-        <v>2004</v>
+        <v>2015</v>
       </c>
       <c r="C3" s="1" t="n">
-        <v>2005</v>
+        <v>2016</v>
       </c>
       <c r="D3" s="1" t="n">
-        <v>2006</v>
+        <v>2017</v>
       </c>
       <c r="E3" s="1" t="n">
-        <v>2007</v>
+        <v>2018</v>
       </c>
       <c r="F3" s="1" t="n">
-        <v>2008</v>
+        <v>2019</v>
       </c>
       <c r="G3" s="1" t="n">
-        <v>2009</v>
+        <v>2020</v>
       </c>
       <c r="H3" s="1" t="n">
-        <v>2010</v>
+        <v>2021</v>
       </c>
       <c r="I3" s="1" t="n">
-        <v>2011</v>
+        <v>2022</v>
       </c>
       <c r="J3" s="1" t="n">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="K3" s="1" t="n">
-        <v>2013</v>
-[...31 lines deleted...]
-      <c r="V3" s="1"/>
+        <v>2024</v>
+      </c>
+      <c r="L3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="1" t="s">
-[...32 lines deleted...]
-      <c r="M4" s="1" t="n">
+      <c r="B4" s="1" t="n">
         <v>15</v>
       </c>
-      <c r="N4" s="1" t="n">
+      <c r="C4" s="1" t="n">
         <v>15.2</v>
       </c>
-      <c r="O4" s="1" t="n">
+      <c r="D4" s="1" t="n">
         <v>14.5</v>
       </c>
-      <c r="P4" s="1" t="n">
+      <c r="E4" s="1" t="n">
         <v>13.1</v>
       </c>
-      <c r="Q4" s="1" t="n">
-[...14 lines deleted...]
-      <c r="V4" s="1"/>
+      <c r="F4" s="1" t="n">
+        <v>12.9</v>
+      </c>
+      <c r="G4" s="1" t="n">
+        <v>12.4</v>
+      </c>
+      <c r="H4" s="1" t="n">
+        <v>12.2</v>
+      </c>
+      <c r="I4" s="1" t="n">
+        <v>11.7</v>
+      </c>
+      <c r="J4" s="1" t="n">
+        <v>10.6</v>
+      </c>
+      <c r="K4" s="1" t="n">
+        <v>11.4</v>
+      </c>
+      <c r="L4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
-      <c r="B5" s="1" t="s">
-[...32 lines deleted...]
-      <c r="M5" s="1" t="n">
+      <c r="B5" s="1" t="n">
         <v>10.1</v>
       </c>
-      <c r="N5" s="1" t="n">
+      <c r="C5" s="1" t="n">
         <v>10</v>
       </c>
-      <c r="O5" s="1" t="n">
+      <c r="D5" s="1" t="n">
         <v>9.1</v>
       </c>
-      <c r="P5" s="1" t="n">
+      <c r="E5" s="1" t="n">
         <v>8.5</v>
       </c>
-      <c r="Q5" s="1" t="n">
+      <c r="F5" s="1" t="n">
         <v>8</v>
       </c>
-      <c r="R5" s="1" t="n">
+      <c r="G5" s="1" t="n">
         <v>8.3</v>
       </c>
-      <c r="S5" s="1" t="n">
+      <c r="H5" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="T5" s="1" t="n">
+      <c r="I5" s="1" t="n">
         <v>8.3</v>
       </c>
-      <c r="U5" s="1" t="n">
+      <c r="J5" s="1" t="n">
         <v>8</v>
       </c>
-      <c r="V5" s="1"/>
+      <c r="K5" s="1" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="L5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
-      <c r="A6" s="0" t="s">
-[...62 lines deleted...]
-      <c r="V6" s="1"/>
+      <c r="A6" s="0"/>
+      <c r="B6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
+      <c r="A8" s="0" t="s">
         <v>5</v>
       </c>
-      <c r="B7" s="1" t="s">
-[...63 lines deleted...]
-      <c r="B8" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
-      <c r="A10" s="0" t="s">
+      <c r="A10" s="0"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
+      <c r="A11" s="0" t="s">
         <v>7</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A11" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="0" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="0"/>
+      <c r="B13" s="1" t="n">
+        <v>2019</v>
+      </c>
+      <c r="C13" s="1" t="n">
+        <v>2020</v>
+      </c>
+      <c r="D13" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="E13" s="1" t="n">
+        <v>2022</v>
+      </c>
+      <c r="F13" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="G13" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="H13" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="0" t="s">
         <v>8</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      <c r="A14" s="0"/>
       <c r="B14" s="1" t="n">
-        <v>2019</v>
+        <v>24.6</v>
       </c>
       <c r="C14" s="1" t="n">
-        <v>2020</v>
+        <v>21.4</v>
       </c>
       <c r="D14" s="1" t="n">
-        <v>2021</v>
+        <v>23.3</v>
       </c>
       <c r="E14" s="1" t="n">
-        <v>2022</v>
+        <v>20.2</v>
       </c>
       <c r="F14" s="1" t="n">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="G14" s="1"/>
+        <v>18.8</v>
+      </c>
+      <c r="G14" s="1" t="n">
+        <v>20.2</v>
+      </c>
+      <c r="H14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="B15" s="1" t="n">
-        <v>24.2</v>
+        <v>8</v>
       </c>
       <c r="C15" s="1" t="n">
-        <v>21</v>
+        <v>8.1</v>
       </c>
       <c r="D15" s="1" t="n">
-        <v>22.9</v>
+        <v>7</v>
       </c>
       <c r="E15" s="1" t="n">
-        <v>20.4</v>
+        <v>6.3</v>
       </c>
       <c r="F15" s="1" t="n">
-        <v>18.2</v>
-[...1 lines deleted...]
-      <c r="G15" s="1"/>
+        <v>5.7</v>
+      </c>
+      <c r="G15" s="1" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="H15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="B16" s="1" t="n">
+        <v>17.3</v>
+      </c>
+      <c r="C16" s="1" t="n">
+        <v>16.6</v>
+      </c>
+      <c r="D16" s="1" t="n">
+        <v>17.4</v>
+      </c>
+      <c r="E16" s="1" t="n">
+        <v>18.4</v>
+      </c>
+      <c r="F16" s="1" t="n">
+        <v>16.4</v>
+      </c>
+      <c r="G16" s="1" t="n">
+        <v>15.9</v>
+      </c>
+      <c r="H16" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="0"/>
+      <c r="B17" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="0" t="s">
         <v>11</v>
       </c>
-      <c r="B16" s="1" t="n">
-[...39 lines deleted...]
-      <c r="B18" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="0" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="0"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="0" t="s">
         <v>13</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      <c r="A21" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="0" t="s">
-        <v>15</v>
+        <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A23" s="0"/>
+      <c r="B23" s="1" t="n">
+        <v>2015</v>
+      </c>
+      <c r="C23" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="D23" s="1" t="n">
+        <v>2017</v>
+      </c>
+      <c r="E23" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="F23" s="1" t="n">
+        <v>2019</v>
+      </c>
+      <c r="G23" s="1" t="n">
+        <v>2020</v>
+      </c>
+      <c r="H23" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="I23" s="1" t="n">
+        <v>2022</v>
+      </c>
+      <c r="J23" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="K23" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="L23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="0"/>
+      <c r="A24" s="0" t="s">
+        <v>14</v>
+      </c>
       <c r="B24" s="1" t="n">
-        <v>2015</v>
+        <v>16</v>
       </c>
       <c r="C24" s="1" t="n">
-        <v>2016</v>
+        <v>17.1</v>
       </c>
       <c r="D24" s="1" t="n">
-        <v>2017</v>
+        <v>15.8</v>
       </c>
       <c r="E24" s="1" t="n">
-        <v>2018</v>
+        <v>14.2</v>
       </c>
       <c r="F24" s="1" t="n">
-        <v>2019</v>
+        <v>13.3</v>
       </c>
       <c r="G24" s="1" t="n">
-        <v>2020</v>
+        <v>12.8</v>
       </c>
       <c r="H24" s="1" t="n">
-        <v>2021</v>
+        <v>12.5</v>
       </c>
       <c r="I24" s="1" t="n">
-        <v>2022</v>
+        <v>12.3</v>
       </c>
       <c r="J24" s="1" t="n">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="K24" s="1"/>
+        <v>11.4</v>
+      </c>
+      <c r="K24" s="1" t="n">
+        <v>12</v>
+      </c>
+      <c r="L24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="B25" s="1" t="n">
+        <v>14</v>
+      </c>
+      <c r="C25" s="1" t="n">
+        <v>13.3</v>
+      </c>
+      <c r="D25" s="1" t="n">
+        <v>13.3</v>
+      </c>
+      <c r="E25" s="1" t="n">
+        <v>12</v>
+      </c>
+      <c r="F25" s="1" t="n">
+        <v>12.5</v>
+      </c>
+      <c r="G25" s="1" t="n">
+        <v>11.9</v>
+      </c>
+      <c r="H25" s="1" t="n">
+        <v>11.9</v>
+      </c>
+      <c r="I25" s="1" t="n">
+        <v>11.2</v>
+      </c>
+      <c r="J25" s="1" t="n">
+        <v>9.8</v>
+      </c>
+      <c r="K25" s="1" t="n">
+        <v>10.8</v>
+      </c>
+      <c r="L25" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="0"/>
+      <c r="B26" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="0" t="s">
         <v>16</v>
       </c>
-      <c r="B25" s="1" t="n">
-[...63 lines deleted...]
-      <c r="B27" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="0"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="0" t="s">
         <v>18</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      <c r="A30" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="0" t="s">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A32" s="0"/>
+      <c r="B32" s="1" t="n">
+        <v>2015</v>
+      </c>
+      <c r="C32" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="D32" s="1" t="n">
+        <v>2017</v>
+      </c>
+      <c r="E32" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="F32" s="1" t="n">
+        <v>2019</v>
+      </c>
+      <c r="G32" s="1" t="n">
+        <v>2020</v>
+      </c>
+      <c r="H32" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="I32" s="1" t="n">
+        <v>2022</v>
+      </c>
+      <c r="J32" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="K32" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="L32" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="0"/>
+      <c r="A33" s="0" t="s">
+        <v>19</v>
+      </c>
       <c r="B33" s="1" t="n">
-        <v>2015</v>
+        <v>13.7</v>
       </c>
       <c r="C33" s="1" t="n">
-        <v>2016</v>
+        <v>13.2</v>
       </c>
       <c r="D33" s="1" t="n">
-        <v>2017</v>
+        <v>13.2</v>
       </c>
       <c r="E33" s="1" t="n">
-        <v>2018</v>
+        <v>12.2</v>
       </c>
       <c r="F33" s="1" t="n">
-        <v>2019</v>
+        <v>10.5</v>
       </c>
       <c r="G33" s="1" t="n">
-        <v>2020</v>
+        <v>10.9</v>
       </c>
       <c r="H33" s="1" t="n">
-        <v>2021</v>
+        <v>10.3</v>
       </c>
       <c r="I33" s="1" t="n">
-        <v>2022</v>
+        <v>10</v>
       </c>
       <c r="J33" s="1" t="n">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="K33" s="1"/>
+        <v>9.1</v>
+      </c>
+      <c r="K33" s="1" t="n">
+        <v>9.1</v>
+      </c>
+      <c r="L33" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="0" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B34" s="1" t="n">
-        <v>13.7</v>
+        <v>14.1</v>
       </c>
       <c r="C34" s="1" t="n">
+        <v>16.5</v>
+      </c>
+      <c r="D34" s="1" t="n">
+        <v>14.9</v>
+      </c>
+      <c r="E34" s="1" t="n">
+        <v>13</v>
+      </c>
+      <c r="F34" s="1" t="n">
+        <v>14.7</v>
+      </c>
+      <c r="G34" s="1" t="n">
+        <v>12.5</v>
+      </c>
+      <c r="H34" s="1" t="n">
         <v>13.2</v>
       </c>
-      <c r="D34" s="1" t="n">
-[...13 lines deleted...]
-      </c>
       <c r="I34" s="1" t="n">
-        <v>9.7</v>
+        <v>13.3</v>
       </c>
       <c r="J34" s="1" t="n">
-        <v>8.8</v>
-[...1 lines deleted...]
-      <c r="K34" s="1"/>
+        <v>11.2</v>
+      </c>
+      <c r="K34" s="1" t="n">
+        <v>13</v>
+      </c>
+      <c r="L34" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="0" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B35" s="1" t="n">
-        <v>14.1</v>
+        <v>12.4</v>
       </c>
       <c r="C35" s="1" t="n">
-        <v>16.5</v>
+        <v>11.8</v>
       </c>
       <c r="D35" s="1" t="n">
-        <v>14.9</v>
+        <v>11.3</v>
       </c>
       <c r="E35" s="1" t="n">
-        <v>13</v>
+        <v>10.2</v>
       </c>
       <c r="F35" s="1" t="n">
-        <v>14.8</v>
+        <v>9.8</v>
       </c>
       <c r="G35" s="1" t="n">
-        <v>12.7</v>
+        <v>9.8</v>
       </c>
       <c r="H35" s="1" t="n">
-        <v>12.8</v>
+        <v>10</v>
       </c>
       <c r="I35" s="1" t="n">
-        <v>13.1</v>
+        <v>9.6</v>
       </c>
       <c r="J35" s="1" t="n">
-        <v>11.2</v>
-[...1 lines deleted...]
-      <c r="K35" s="1"/>
+        <v>8.1</v>
+      </c>
+      <c r="K35" s="1" t="n">
+        <v>8.9</v>
+      </c>
+      <c r="L35" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="B36" s="1" t="n">
+        <v>22.5</v>
+      </c>
+      <c r="C36" s="1" t="n">
+        <v>24.4</v>
+      </c>
+      <c r="D36" s="1" t="n">
+        <v>22.5</v>
+      </c>
+      <c r="E36" s="1" t="n">
+        <v>19.8</v>
+      </c>
+      <c r="F36" s="1" t="n">
+        <v>20.9</v>
+      </c>
+      <c r="G36" s="1" t="n">
+        <v>19.1</v>
+      </c>
+      <c r="H36" s="1" t="n">
+        <v>18.3</v>
+      </c>
+      <c r="I36" s="1" t="n">
+        <v>17.1</v>
+      </c>
+      <c r="J36" s="1" t="n">
+        <v>16.9</v>
+      </c>
+      <c r="K36" s="1" t="n">
+        <v>18.1</v>
+      </c>
+      <c r="L36" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="0"/>
+      <c r="B37" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="0" t="s">
         <v>23</v>
       </c>
-      <c r="B36" s="1" t="n">
-[...63 lines deleted...]
-      <c r="B38" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="0" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A40" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="0"/>
+      <c r="A41" s="0" t="s">
+        <v>24</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="0" t="s">
-        <v>26</v>
+        <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A43" s="0"/>
+      <c r="B43" s="1" t="n">
+        <v>2015</v>
+      </c>
+      <c r="C43" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="D43" s="1" t="n">
+        <v>2017</v>
+      </c>
+      <c r="E43" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="F43" s="1" t="n">
+        <v>2019</v>
+      </c>
+      <c r="G43" s="1" t="n">
+        <v>2020</v>
+      </c>
+      <c r="H43" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="I43" s="1" t="n">
+        <v>2022</v>
+      </c>
+      <c r="J43" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="K43" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="L43" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="0"/>
+      <c r="A44" s="0" t="s">
+        <v>25</v>
+      </c>
       <c r="B44" s="1" t="n">
-        <v>2015</v>
+        <v>32.9</v>
       </c>
       <c r="C44" s="1" t="n">
-        <v>2016</v>
+        <v>32.7</v>
       </c>
       <c r="D44" s="1" t="n">
-        <v>2017</v>
+        <v>31.3</v>
       </c>
       <c r="E44" s="1" t="n">
-        <v>2018</v>
+        <v>29</v>
       </c>
       <c r="F44" s="1" t="n">
-        <v>2019</v>
+        <v>30.6</v>
       </c>
       <c r="G44" s="1" t="n">
-        <v>2020</v>
+        <v>30.7</v>
       </c>
       <c r="H44" s="1" t="n">
-        <v>2021</v>
+        <v>31.6</v>
       </c>
       <c r="I44" s="1" t="n">
-        <v>2022</v>
+        <v>31.6</v>
       </c>
       <c r="J44" s="1" t="n">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="K44" s="1"/>
+        <v>26.4</v>
+      </c>
+      <c r="K44" s="1" t="n">
+        <v>29.5</v>
+      </c>
+      <c r="L44" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="0" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B45" s="1" t="n">
-        <v>32.9</v>
+        <v>14.1</v>
       </c>
       <c r="C45" s="1" t="n">
-        <v>32.7</v>
+        <v>15.3</v>
       </c>
       <c r="D45" s="1" t="n">
-        <v>31.3</v>
+        <v>14.1</v>
       </c>
       <c r="E45" s="1" t="n">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="F45" s="1" t="n">
-        <v>30.5</v>
+        <v>13.5</v>
       </c>
       <c r="G45" s="1" t="n">
-        <v>30.6</v>
+        <v>13.1</v>
       </c>
       <c r="H45" s="1" t="n">
-        <v>31.4</v>
+        <v>14.1</v>
       </c>
       <c r="I45" s="1" t="n">
-        <v>31.9</v>
+        <v>13.5</v>
       </c>
       <c r="J45" s="1" t="n">
-        <v>26.5</v>
-[...1 lines deleted...]
-      <c r="K45" s="1"/>
+        <v>12.9</v>
+      </c>
+      <c r="K45" s="1" t="n">
+        <v>12.8</v>
+      </c>
+      <c r="L45" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="0" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B46" s="1" t="n">
-        <v>14.1</v>
+        <v>7.2</v>
       </c>
       <c r="C46" s="1" t="n">
-        <v>15.3</v>
+        <v>6.8</v>
       </c>
       <c r="D46" s="1" t="n">
-        <v>14.1</v>
+        <v>5.5</v>
       </c>
       <c r="E46" s="1" t="n">
-        <v>13</v>
+        <v>4.7</v>
       </c>
       <c r="F46" s="1" t="n">
-        <v>13.4</v>
+        <v>5.2</v>
       </c>
       <c r="G46" s="1" t="n">
-        <v>13</v>
+        <v>4.7</v>
       </c>
       <c r="H46" s="1" t="n">
-        <v>13.8</v>
+        <v>4.4</v>
       </c>
       <c r="I46" s="1" t="n">
-        <v>13.2</v>
+        <v>4.5</v>
       </c>
       <c r="J46" s="1" t="n">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="K46" s="1"/>
+        <v>4.1</v>
+      </c>
+      <c r="K46" s="1" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="L46" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="0" t="s">
-[...29 lines deleted...]
-      <c r="K47" s="1"/>
+      <c r="A47" s="0"/>
+      <c r="B47" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="0"/>
-      <c r="B48" s="1"/>
+      <c r="A48" s="0" t="s">
+        <v>16</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="0" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A50" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="0"/>
+      <c r="A51" s="0" t="s">
+        <v>28</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="0" t="s">
-        <v>30</v>
+        <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A53" s="0"/>
+      <c r="B53" s="1" t="n">
+        <v>2015</v>
+      </c>
+      <c r="C53" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="D53" s="1" t="n">
+        <v>2017</v>
+      </c>
+      <c r="E53" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="F53" s="1" t="n">
+        <v>2019</v>
+      </c>
+      <c r="G53" s="1" t="n">
+        <v>2020</v>
+      </c>
+      <c r="H53" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="I53" s="1" t="n">
+        <v>2022</v>
+      </c>
+      <c r="J53" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="K53" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="L53" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="0"/>
+      <c r="A54" s="0" t="s">
+        <v>29</v>
+      </c>
       <c r="B54" s="1" t="n">
-        <v>2015</v>
+        <v>32.9</v>
       </c>
       <c r="C54" s="1" t="n">
-        <v>2016</v>
+        <v>33.1</v>
       </c>
       <c r="D54" s="1" t="n">
-        <v>2017</v>
+        <v>32</v>
       </c>
       <c r="E54" s="1" t="n">
-        <v>2018</v>
+        <v>29.9</v>
       </c>
       <c r="F54" s="1" t="n">
-        <v>2019</v>
+        <v>31.5</v>
       </c>
       <c r="G54" s="1" t="n">
-        <v>2020</v>
+        <v>30.8</v>
       </c>
       <c r="H54" s="1" t="n">
-        <v>2021</v>
+        <v>32.3</v>
       </c>
       <c r="I54" s="1" t="n">
-        <v>2022</v>
+        <v>28</v>
       </c>
       <c r="J54" s="1" t="n">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="K54" s="1"/>
+        <v>26.7</v>
+      </c>
+      <c r="K54" s="1" t="n">
+        <v>28.6</v>
+      </c>
+      <c r="L54" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="0" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B55" s="1" t="n">
-        <v>32.9</v>
+        <v>36.8</v>
       </c>
       <c r="C55" s="1" t="n">
-        <v>33.1</v>
+        <v>40.1</v>
       </c>
       <c r="D55" s="1" t="n">
-        <v>32</v>
+        <v>35.3</v>
       </c>
       <c r="E55" s="1" t="n">
-        <v>29.9</v>
+        <v>34.5</v>
       </c>
       <c r="F55" s="1" t="n">
-        <v>31.4</v>
+        <v>27.2</v>
       </c>
       <c r="G55" s="1" t="n">
-        <v>30.8</v>
+        <v>31.7</v>
       </c>
       <c r="H55" s="1" t="n">
-        <v>32.3</v>
+        <v>28.5</v>
       </c>
       <c r="I55" s="1" t="n">
-        <v>28.4</v>
+        <v>28.8</v>
       </c>
       <c r="J55" s="1" t="n">
-        <v>26.8</v>
-[...1 lines deleted...]
-      <c r="K55" s="1"/>
+        <v>27.5</v>
+      </c>
+      <c r="K55" s="1" t="n">
+        <v>23.7</v>
+      </c>
+      <c r="L55" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="0" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B56" s="1" t="n">
-        <v>36.8</v>
+        <v>13.6</v>
       </c>
       <c r="C56" s="1" t="n">
-        <v>40.1</v>
+        <v>15.9</v>
       </c>
       <c r="D56" s="1" t="n">
-        <v>35.3</v>
+        <v>14.6</v>
       </c>
       <c r="E56" s="1" t="n">
-        <v>34.5</v>
+        <v>12.1</v>
       </c>
       <c r="F56" s="1" t="n">
-        <v>27.6</v>
+        <v>11.5</v>
       </c>
       <c r="G56" s="1" t="n">
-        <v>32.3</v>
+        <v>9.4</v>
       </c>
       <c r="H56" s="1" t="n">
-        <v>27.5</v>
+        <v>8.2</v>
       </c>
       <c r="I56" s="1" t="n">
-        <v>29.3</v>
+        <v>8.7</v>
       </c>
       <c r="J56" s="1" t="n">
-        <v>26.9</v>
-[...1 lines deleted...]
-      <c r="K56" s="1"/>
+        <v>7.5</v>
+      </c>
+      <c r="K56" s="1" t="n">
+        <v>8.4</v>
+      </c>
+      <c r="L56" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="0" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B57" s="1" t="n">
-        <v>13.6</v>
+        <v>38.9</v>
       </c>
       <c r="C57" s="1" t="n">
-        <v>15.9</v>
+        <v>40.8</v>
       </c>
       <c r="D57" s="1" t="n">
-        <v>14.6</v>
+        <v>42.5</v>
       </c>
       <c r="E57" s="1" t="n">
-        <v>12.1</v>
+        <v>32.9</v>
       </c>
       <c r="F57" s="1" t="n">
-        <v>11.3</v>
+        <v>35.5</v>
       </c>
       <c r="G57" s="1" t="n">
-        <v>9.2</v>
+        <v>38.2</v>
       </c>
       <c r="H57" s="1" t="n">
-        <v>8.2</v>
+        <v>36.9</v>
       </c>
       <c r="I57" s="1" t="n">
-        <v>8.4</v>
+        <v>33.9</v>
       </c>
       <c r="J57" s="1" t="n">
-        <v>7.6</v>
-[...1 lines deleted...]
-      <c r="K57" s="1"/>
+        <v>30.2</v>
+      </c>
+      <c r="K57" s="1" t="n">
+        <v>36.2</v>
+      </c>
+      <c r="L57" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B58" s="1" t="n">
-        <v>38.9</v>
+        <v>6.2</v>
       </c>
       <c r="C58" s="1" t="n">
-        <v>40.8</v>
+        <v>7.2</v>
       </c>
       <c r="D58" s="1" t="n">
-        <v>42.5</v>
+        <v>6.1</v>
       </c>
       <c r="E58" s="1" t="n">
-        <v>32.9</v>
+        <v>7.9</v>
       </c>
       <c r="F58" s="1" t="n">
-        <v>35</v>
+        <v>10.2</v>
       </c>
       <c r="G58" s="1" t="n">
-        <v>37.6</v>
+        <v>9.2</v>
       </c>
       <c r="H58" s="1" t="n">
-        <v>36.7</v>
+        <v>7.5</v>
       </c>
       <c r="I58" s="1" t="n">
-        <v>33.4</v>
+        <v>7.7</v>
       </c>
       <c r="J58" s="1" t="n">
-        <v>30.1</v>
-[...1 lines deleted...]
-      <c r="K58" s="1"/>
+        <v>6.4</v>
+      </c>
+      <c r="K58" s="1" t="n">
+        <v>8.5</v>
+      </c>
+      <c r="L58" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="0" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B59" s="1" t="n">
-        <v>6.2</v>
+        <v>6.5</v>
       </c>
       <c r="C59" s="1" t="n">
-        <v>7.2</v>
+        <v>3.9</v>
       </c>
       <c r="D59" s="1" t="n">
-        <v>6.1</v>
+        <v>6</v>
       </c>
       <c r="E59" s="1" t="n">
-        <v>7.9</v>
+        <v>5.5</v>
       </c>
       <c r="F59" s="1" t="n">
-        <v>10</v>
+        <v>3.8</v>
       </c>
       <c r="G59" s="1" t="n">
-        <v>8.8</v>
+        <v>4</v>
       </c>
       <c r="H59" s="1" t="n">
-        <v>7.5</v>
+        <v>3.9</v>
       </c>
       <c r="I59" s="1" t="n">
-        <v>7.1</v>
+        <v>4</v>
       </c>
       <c r="J59" s="1" t="n">
-        <v>6.4</v>
-[...1 lines deleted...]
-      <c r="K59" s="1"/>
+        <v>4</v>
+      </c>
+      <c r="K59" s="1" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="L59" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="0" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B60" s="1" t="n">
-        <v>6.5</v>
+        <v>10.3</v>
       </c>
       <c r="C60" s="1" t="n">
-        <v>3.9</v>
+        <v>12.1</v>
       </c>
       <c r="D60" s="1" t="n">
-        <v>6</v>
+        <v>10.5</v>
       </c>
       <c r="E60" s="1" t="n">
-        <v>5.5</v>
+        <v>8.7</v>
       </c>
       <c r="F60" s="1" t="n">
-        <v>3.6</v>
+        <v>8.9</v>
       </c>
       <c r="G60" s="1" t="n">
-        <v>3.8</v>
+        <v>4.9</v>
       </c>
       <c r="H60" s="1" t="n">
-        <v>3.6</v>
+        <v>8.9</v>
       </c>
       <c r="I60" s="1" t="n">
-        <v>3.9</v>
+        <v>10.3</v>
       </c>
       <c r="J60" s="1" t="n">
-        <v>4.1</v>
-[...1 lines deleted...]
-      <c r="K60" s="1"/>
+        <v>10</v>
+      </c>
+      <c r="K60" s="1" t="n">
+        <v>8.2</v>
+      </c>
+      <c r="L60" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="0" t="s">
-[...29 lines deleted...]
-      <c r="K61" s="1"/>
+      <c r="A61" s="0"/>
+      <c r="B61" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="0"/>
-      <c r="B62" s="1"/>
+      <c r="A62" s="0" t="s">
+        <v>16</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="0" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A64" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="0"/>
+      <c r="A65" s="0" t="s">
+        <v>36</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="0" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A67" s="0"/>
+      <c r="B67" s="1" t="n">
+        <v>2015</v>
+      </c>
+      <c r="C67" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="D67" s="1" t="n">
+        <v>2017</v>
+      </c>
+      <c r="E67" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="F67" s="1" t="n">
+        <v>2019</v>
+      </c>
+      <c r="G67" s="1" t="n">
+        <v>2020</v>
+      </c>
+      <c r="H67" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="I67" s="1" t="n">
+        <v>2022</v>
+      </c>
+      <c r="J67" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="K67" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="L67" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="0"/>
+      <c r="A68" s="0" t="s">
+        <v>38</v>
+      </c>
       <c r="B68" s="1" t="n">
-        <v>2015</v>
+        <v>0.4</v>
       </c>
       <c r="C68" s="1" t="n">
-        <v>2016</v>
+        <v>0.4</v>
       </c>
       <c r="D68" s="1" t="n">
-        <v>2017</v>
+        <v>0.5</v>
       </c>
       <c r="E68" s="1" t="n">
-        <v>2018</v>
+        <v>0.3</v>
       </c>
       <c r="F68" s="1" t="n">
-        <v>2019</v>
+        <v>0.4</v>
       </c>
       <c r="G68" s="1" t="n">
-        <v>2020</v>
+        <v>0.3</v>
       </c>
       <c r="H68" s="1" t="n">
-        <v>2021</v>
+        <v>0.2</v>
       </c>
       <c r="I68" s="1" t="n">
-        <v>2022</v>
+        <v>0.2</v>
       </c>
       <c r="J68" s="1" t="n">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="K68" s="1"/>
+        <v>0.4</v>
+      </c>
+      <c r="K68" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="L68" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="0" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="B69" s="1" t="n">
-        <v>0.4</v>
+        <v>62.6</v>
       </c>
       <c r="C69" s="1" t="n">
-        <v>0.5</v>
+        <v>65.1</v>
       </c>
       <c r="D69" s="1" t="n">
-        <v>0.5</v>
+        <v>64</v>
       </c>
       <c r="E69" s="1" t="n">
-        <v>0.5666666667</v>
+        <v>63.9</v>
       </c>
       <c r="F69" s="1" t="n">
-        <v>0.6166666667</v>
+        <v>66.1</v>
       </c>
       <c r="G69" s="1" t="n">
-        <v>0.6666666667</v>
+        <v>63.2</v>
       </c>
       <c r="H69" s="1" t="n">
-        <v>0.7166666667</v>
+        <v>55</v>
       </c>
       <c r="I69" s="1" t="n">
-        <v>0.7666666667</v>
+        <v>59.2</v>
       </c>
       <c r="J69" s="1" t="n">
-        <v>0.4</v>
-[...1 lines deleted...]
-      <c r="K69" s="1"/>
+        <v>56.5</v>
+      </c>
+      <c r="K69" s="1" t="n">
+        <v>59.6</v>
+      </c>
+      <c r="L69" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="0" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="B70" s="1" t="n">
-        <v>62.6</v>
+        <v>37.7</v>
       </c>
       <c r="C70" s="1" t="n">
-        <v>65.1</v>
+        <v>39.8</v>
       </c>
       <c r="D70" s="1" t="n">
-        <v>64</v>
+        <v>37.7</v>
       </c>
       <c r="E70" s="1" t="n">
-        <v>65.3</v>
+        <v>36.5</v>
       </c>
       <c r="F70" s="1" t="n">
-        <v>66</v>
+        <v>36.2</v>
       </c>
       <c r="G70" s="1" t="n">
-        <v>66.7</v>
+        <v>35.8</v>
       </c>
       <c r="H70" s="1" t="n">
-        <v>67.4</v>
+        <v>35.3</v>
       </c>
       <c r="I70" s="1" t="n">
-        <v>68.1</v>
+        <v>34.7</v>
       </c>
       <c r="J70" s="1" t="n">
-        <v>56.7</v>
-[...1 lines deleted...]
-      <c r="K70" s="1"/>
+        <v>31.5</v>
+      </c>
+      <c r="K70" s="1" t="n">
+        <v>33.9</v>
+      </c>
+      <c r="L70" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="0" t="s">
-[...29 lines deleted...]
-      <c r="K71" s="1"/>
+      <c r="A71" s="0"/>
+      <c r="B71" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="0"/>
-      <c r="B72" s="1"/>
+      <c r="A72" s="0" t="s">
+        <v>41</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="0" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A74" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="0"/>
+      <c r="A75" s="0" t="s">
+        <v>42</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="0" t="s">
-        <v>45</v>
+        <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A77" s="0"/>
+      <c r="B77" s="1" t="n">
+        <v>2015</v>
+      </c>
+      <c r="C77" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="D77" s="1" t="n">
+        <v>2017</v>
+      </c>
+      <c r="E77" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="F77" s="1" t="n">
+        <v>2019</v>
+      </c>
+      <c r="G77" s="1" t="n">
+        <v>2020</v>
+      </c>
+      <c r="H77" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="I77" s="1" t="n">
+        <v>2022</v>
+      </c>
+      <c r="J77" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="K77" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="L77" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="0"/>
+      <c r="A78" s="0" t="s">
+        <v>43</v>
+      </c>
       <c r="B78" s="1" t="n">
-        <v>2015</v>
+        <v>54.5</v>
       </c>
       <c r="C78" s="1" t="n">
-        <v>2016</v>
+        <v>57.4</v>
       </c>
       <c r="D78" s="1" t="n">
-        <v>2017</v>
+        <v>55.4</v>
       </c>
       <c r="E78" s="1" t="n">
-        <v>2018</v>
+        <v>53.5</v>
       </c>
       <c r="F78" s="1" t="n">
-        <v>2019</v>
+        <v>51.5</v>
       </c>
       <c r="G78" s="1" t="n">
-        <v>2020</v>
+        <v>52.4</v>
       </c>
       <c r="H78" s="1" t="n">
-        <v>2021</v>
+        <v>48.7</v>
       </c>
       <c r="I78" s="1" t="n">
-        <v>2022</v>
+        <v>52.6</v>
       </c>
       <c r="J78" s="1" t="n">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="K78" s="1"/>
+        <v>43.4</v>
+      </c>
+      <c r="K78" s="1" t="n">
+        <v>46.3</v>
+      </c>
+      <c r="L78" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="0" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="B79" s="1" t="n">
-        <v>54.5</v>
+        <v>17.2</v>
       </c>
       <c r="C79" s="1" t="n">
-        <v>57.4</v>
+        <v>18.3</v>
       </c>
       <c r="D79" s="1" t="n">
-        <v>55.4</v>
+        <v>15.8</v>
       </c>
       <c r="E79" s="1" t="n">
-        <v>53.5</v>
+        <v>12.9</v>
       </c>
       <c r="F79" s="1" t="n">
-        <v>51</v>
+        <v>11.8</v>
       </c>
       <c r="G79" s="1" t="n">
-        <v>52</v>
+        <v>12.8</v>
       </c>
       <c r="H79" s="1" t="n">
-        <v>47.3</v>
+        <v>14.7</v>
       </c>
       <c r="I79" s="1" t="n">
-        <v>51.3</v>
+        <v>11.7</v>
       </c>
       <c r="J79" s="1" t="n">
-        <v>43.1</v>
-[...1 lines deleted...]
-      <c r="K79" s="1"/>
+        <v>13.8</v>
+      </c>
+      <c r="K79" s="1" t="n">
+        <v>12</v>
+      </c>
+      <c r="L79" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="0" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="B80" s="1" t="n">
-        <v>17.2</v>
+        <v>4.8</v>
       </c>
       <c r="C80" s="1" t="n">
-        <v>18.3</v>
+        <v>3.2</v>
       </c>
       <c r="D80" s="1" t="n">
-        <v>15.8</v>
+        <v>3.4</v>
       </c>
       <c r="E80" s="1" t="n">
-        <v>12.9</v>
+        <v>2.1</v>
       </c>
       <c r="F80" s="1" t="n">
-        <v>11.6</v>
+        <v>3.9</v>
       </c>
       <c r="G80" s="1" t="n">
-        <v>12.6</v>
+        <v>2.6</v>
       </c>
       <c r="H80" s="1" t="n">
-        <v>14.1</v>
+        <v>2.9</v>
       </c>
       <c r="I80" s="1" t="n">
-        <v>11.4</v>
+        <v>2.7</v>
       </c>
       <c r="J80" s="1" t="n">
-        <v>13.3</v>
-[...1 lines deleted...]
-      <c r="K80" s="1"/>
+        <v>2.6</v>
+      </c>
+      <c r="K80" s="1" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="L80" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="0" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="B81" s="1" t="n">
-        <v>4.8</v>
+        <v>1.3</v>
       </c>
       <c r="C81" s="1" t="n">
-        <v>3.2</v>
+        <v>1.2</v>
       </c>
       <c r="D81" s="1" t="n">
-        <v>3.4</v>
+        <v>0.9</v>
       </c>
       <c r="E81" s="1" t="n">
-        <v>2.1</v>
+        <v>0.7</v>
       </c>
       <c r="F81" s="1" t="n">
-        <v>3.7</v>
+        <v>1.5</v>
       </c>
       <c r="G81" s="1" t="n">
-        <v>2.5</v>
+        <v>1.1</v>
       </c>
       <c r="H81" s="1" t="n">
-        <v>2.8</v>
+        <v>0.9</v>
       </c>
       <c r="I81" s="1" t="n">
-        <v>2.6</v>
+        <v>0.7</v>
       </c>
       <c r="J81" s="1" t="n">
-        <v>2.6</v>
-[...1 lines deleted...]
-      <c r="K81" s="1"/>
+        <v>0.8</v>
+      </c>
+      <c r="K81" s="1" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="L81" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="0" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B82" s="1" t="n">
-        <v>1.3</v>
+        <v>0.7</v>
       </c>
       <c r="C82" s="1" t="n">
-        <v>1.2</v>
+        <v>0.4</v>
       </c>
       <c r="D82" s="1" t="n">
-        <v>0.9</v>
+        <v>0.5</v>
       </c>
       <c r="E82" s="1" t="n">
         <v>0.7</v>
       </c>
       <c r="F82" s="1" t="n">
-        <v>1.5</v>
+        <v>0.6</v>
       </c>
       <c r="G82" s="1" t="n">
-        <v>1</v>
+        <v>0.6</v>
       </c>
       <c r="H82" s="1" t="n">
         <v>0.9</v>
       </c>
       <c r="I82" s="1" t="n">
         <v>0.7</v>
       </c>
       <c r="J82" s="1" t="n">
-        <v>0.9</v>
-[...1 lines deleted...]
-      <c r="K82" s="1"/>
+        <v>0.4</v>
+      </c>
+      <c r="K82" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="L82" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="0" t="s">
-[...29 lines deleted...]
-      <c r="K83" s="1"/>
+      <c r="A83" s="0"/>
+      <c r="B83" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="0"/>
-      <c r="B84" s="1"/>
+      <c r="A84" s="0" t="s">
+        <v>16</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="0" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="0" t="s">
-[...4 lines deleted...]
-      <c r="A87" s="0"/>
+      <c r="A86" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="B1" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>cic bfp</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>