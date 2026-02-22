--- v0 (2025-12-08)
+++ v1 (2026-02-22)
@@ -13,194 +13,189 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G01_CPO" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="38">
   <si>
     <t>Pauvreté infantile - Belgique - évaluation de la tendance</t>
   </si>
   <si>
     <t>pourcentage de la population âgé de moins de 18 ans</t>
   </si>
   <si>
     <t>observations</t>
   </si>
   <si>
-    <t>tendance et extrapolation (novembre 2024)</t>
+    <t>tendance et extrapolation (novembre 2025)</t>
   </si>
   <si>
     <t>objectif 2030</t>
   </si>
   <si>
+    <t>Note: rupture de série: 2019 - données jusqu'en 2018 pas comparables avec celles à partir de 2019. Ceci peut avoir un impact sur le résultat de l'évaluation, qui doit donc être appréhendé avec prudence.</t>
+  </si>
+  <si>
+    <t>Source: Statbel (2025),  Indicateurs-SILC-SDG 2004-2024, https://statbel.fgov.be/fr/themes/menages/pauvrete-et-conditions-de-vie/risque-de-pauvrete-ou-dexclusion-sociale (consulté le 06/10/2025); Statbel (2025).</t>
+  </si>
+  <si>
     <t>Pauvreté infantile - Belgique et comparaison internationale</t>
   </si>
   <si>
     <t>pourcentage de la population agé de moins de 18 ans</t>
   </si>
   <si>
     <t>Belgique</t>
   </si>
   <si>
     <t>UE27</t>
   </si>
   <si>
-    <t>Belgique (UE2020)</t>
-[...11 lines deleted...]
-    <t>Pauvreté infantile selon la région - Belgique </t>
+    <t>Note: rupture de série: EU 2020, BE 2019. L'intervalle de confiance à 95 % de la pauvreté infantile en 2024 est de 18.2% à 22.2% pour Belgique.</t>
+  </si>
+  <si>
+    <t>Source: Statbel (2025),  Indicateurs-SILC-SDG 2004-2024, https://statbel.fgov.be/fr/themes/menages/pauvrete-et-conditions-de-vie/risque-de-pauvrete-ou-dexclusion-sociale (consulté le 06/10/2025); Statbel (2025), Microfichiers SILC 2024: SILC_2024_CI, communication directe  01/10/2025; </t>
+  </si>
+  <si>
+    <t>Statbel; Eurostat (2025), Personnes en risque de pauvreté ou d'exclusion sociale, sdg_01_10, https://ec.europa.eu/eurostat, dernière mise à jour des données 02/10/2025 23:00 (consulté le 06/10/2025)</t>
+  </si>
+  <si>
+    <t>Pauvreté infantile selon la région - Belgique</t>
   </si>
   <si>
     <t>Région de Bruxelles-Capitale</t>
   </si>
   <si>
     <t>Région flamande</t>
   </si>
   <si>
     <t>Région wallonne</t>
   </si>
   <si>
-    <t>La marge d'incertitude de cet indicateur est indiquée dans le texte pour la dernière année. Rupture de série: 2019 </t>
-[...5 lines deleted...]
-    <t>Pauvreté infantile selon le sexe - Belgique </t>
+    <t>Note: Rupture de série: 2019. L'intervalle de confiance à 95 % de la pauvreté infantile en 2024 est de 35.5% à 48.5% pour Bruxelles, de 12% à 17% pour Flandre et de 18.7% à 25.9% pour la Wallonie.</t>
+  </si>
+  <si>
+    <t>Source: Statbel (2025), Micro fichiers SILC 2019-2024 (SILC_2019_CI - SILC_2024_CI).</t>
+  </si>
+  <si>
+    <t>Pauvreté infantile selon le sexe - Belgique</t>
   </si>
   <si>
     <t>femmes</t>
   </si>
   <si>
     <t>hommes</t>
   </si>
   <si>
-    <t>rupture de série: 2019</t>
-[...5 lines deleted...]
-    <t>Pauvreté infantile selon sous-indicateurs de 'risque de pauvreté ou d'exclusion sociale' - Belgique </t>
+    <t>Note: rupture de série: 2019</t>
+  </si>
+  <si>
+    <t>Source: Statbel; Eurostat (2025), Personnes en risque de pauvreté ou d'exclusion sociale par âge et sexe, ilc_peps01n, https://ec.europa.eu/eurostat, dernière mise à jour des données 02/10/2025 23:00 (consulté le 06/10/2025)</t>
+  </si>
+  <si>
+    <t>Pauvreté infantile selon sous-indicateurs de 'risque de pauvreté ou d'exclusion sociale' - Belgique</t>
   </si>
   <si>
     <t>risque de pauvreté</t>
   </si>
   <si>
     <t>très faible intensité de travail</t>
   </si>
   <si>
     <t>privation matérielle et sociale sévère</t>
   </si>
   <si>
-    <t>Statbel (2024), Indicateurs-SILC-SDG 2004-2023, https://Statbel.fgov.be/fr/themes/menages/pauvrete-et-conditions-de-vie/risque-de-pauvrete-ou-dexclusion-sociale#figures (consulté le 14/10/2024), Statbel (2024)</t>
+    <t>Noot: breuk in tijdreeks: EU 2020, BE 2019. Het 95%-betrouwbaarheidsinterval van kinderarmoede in 2024 bedraagt 18.2% tot 22.2% voor België.</t>
+  </si>
+  <si>
+    <t>Bron: Statbel (2025), SILC-SDG indicatoren 2004-2024, https://statbel.fgov.be/nl/themas/huishoudens/armoede-en-levensomstandigheden/risico-op-armoede-sociale-uitsluiting#figures (geraadpleegd op 06/10/2025); Statbel (2025), Micro databestanden SILC 2024: SILC_2024_CI, rechtstreekse mededeling 01/10/2025; </t>
+  </si>
+  <si>
+    <t>Statbel; Eurostat (2025), Persons at risk of poverty or social exclusion, sdg_01_10, https://ec.europa.eu/eurostat, laatste update van data 02/10/2025 23:00 (geraadpleegd op 06/10/2025)</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G01_CPO</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Pauvreté infantile (i02)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Définition: la part des personnes de moins de 18 ans présentant un risque de pauvreté ou d'exclusion sociale correspond au rapport entre les personnes de moins de 18 ans faisant partie d'au moins une de trois sous-populations et de la population de moins de 18 ans. Ces sous-populations sont les personnes présentant un risque de pauvreté, les personnes vivant dans un ménage à très faible intensité de travail et les personnes en situation de privation matérielle et sociale sévère (Statbel, 2023).
 L'indicateur risque de pauvreté ou d'exclusion sociale était déjà utilisé dans le cadre de la stratégie Europe 2020. Toutefois, deux des trois sous-indicateurs avaient alors une définition différente: la privation matérielle sévère est désormais remplacée par la privation matérielle et sociale sévère (avec une liste d'éléments actualisée) et le groupe des personnes prises en compte pour calculer l'indicateur de très faible intensité de travail a été légèrement adapté.
-L'évolution générale de la pauvreté infantile pour la Belgique et l'UE27 est commentée ci-dessous. L'indicateur convenu dans le cadre de la stratégie Europe 2020, dont les données sont disponibles depuis 2004, est alors désigné par "(EU 2020)". Pour l'indicateur convenu après la stratégie Europe 2020 dans le cadre du plan d'action du pilier européen des droits sociaux (European Commission, 2021) il n'y a pas de mention spécifique. Pour ceci les données sont disponibles à partir de 2015 au plus tôt et les données pour la Belgique sont également utilisées pour montrer entre autres l'évolution au niveau régional.
+L'indicateur convenu dans le cadre de la stratégie Europe 2020, dont les données sont disponibles depuis 2004, est alors désigné par "(EU 2020)". Pour l'indicateur convenu après la stratégie Europe 2020 dans le cadre du plan d'action du pilier européen des droits sociaux (European Commission, 2021) il n'y a pas de mention spécifique. Pour ceci les données sont disponibles à partir de 2015 au plus tôt et les données pour la Belgique sont également utilisées pour montrer entre autres l'évolution au niveau régional.
+Pour cet indicateur les ventilations suivantes sont disponibles : région, sexe et sous-indicateurs.
 Les données relatives à la part des personnes de moins de 18 ans présentant un risque de pauvreté ou d'exclusion sociale présentées ici, ci-dessous repris sous le nom de pauvreté infantile, sont basées sur l'enquête Statistics on Income and Living Conditions (EU-SILC) de l'Union européenne. Les données sur les revenus utilisées pour calculer la sous-population des personnes de moins de 18 ans exposées au risque de pauvreté se réfèrent toujours au revenu de tous les membres du ménage l'année précédant l'année d'enquête. C'est également le cas pour les données sur l'emploi utilisées pour calculer la sous-population des personnes vivant dans des ménages à très faible intensité de travail. Les données utilisées pour calculer les personnes de moins de 18 ans vivant dans une situation de privation matérielle sévère et de de privation matérielle et sociale sévère se réfèrent à l'ensemble du ménage au moment de l'enquête.
 Statistics Belgium organise en Belgique cette enquête harmonisée au niveau de l'UE et en met les résultats à disposition, notamment d'Eurostat. 2004 est la première année pour laquelle des données européennes harmonisées ont été collectées pour calculer l'indicateur. Les données utilisées ici proviennent d'Eurostat qui publie des résultats détaillés et comparables entre les États membres de l'UE. Comme ces données sont basées sur des enquêtes, il faut tenir compte d’une marge d’incertitude. Cette marge d'incertitude augmente à mesure que l'indicateur est calculé pour des sous-populations plus petites. Les intervalles de confiance (IC) correspondant à ces données sont disponibles sur demande auprès de Statistics Belgium.
 À partir de 2019, la méthodologie de l’enquête a été revue en profondeur pour une meilleure précision. Dès lors, les données récoltées jusqu’en 2018 ne sont pas comparables avec celles collectées à partir de 2019. En 2020, c’est la pandémie de Covid-19 qui a impacté la collecte des données. De ce fait, il est difficile de comparer les résultats de SILC 2020 avec ceux des années précédentes. (Statbel, 2021). En conséquence, ils ne sont pas utilisés pour calculer et évaluer la tendance à long terme. Il convient également de noter qu'en raison du recours généralisé au chômage temporaire pendant la pandémie de Covid-19, la catégorie "chômeurs" dans SILC 2021 comprend non seulement les chômeurs de longue durée, mais aussi les personnes qui ont été au chômage temporaire pendant plus de 6 mois et qui vivent généralement dans des conditions moins précaires (Statbel, 2022).
 Objectif: la pauvreté infantile doit diminuer de moitié d'ici 2030, soit passer de 24,1% en 2015 à 12,1% en 2030.
 Les objectifs de développement durable ou SDG adoptés par l'ONU en 2015 comprennent le sous-objectif 1.2: "D’ici à 2030, réduire de moitié au moins la proportion d’hommes, de femmes et d’enfants de tous âges souffrant d’une forme ou l’autre de pauvreté, telle que définie par chaque pays". Traduit dans le contexte belge cela signifie que, d'ici 2030, le nombre de personnes de moins de 18 ans exposées à un risque de pauvreté ou d’exclusion sociale doit diminuer de moitié.
 Le Sommet social européen de Porto du 7 mai 2021 a convenu de nouveaux objectifs sociaux pour 2030 entre le Conseil européen, la Commission européenne, le Parlement européen et les partenaires sociaux dans le cadre du plan d'action du pilier européen des droits sociaux (European Commission, 2021). Ces objectifs ont été approuvés par le Conseil européen (Conseil européen, 2021a, 2021b). Une réduction d'ici 2030, par rapport à 2019, du nombre de personnes présentant un risque de pauvreté ou d'exclusion sociale dans l'UE d'au moins 15 millions, dont 5 millions d'enfants, y a été proposée.
 Dans ce cadre, la Belgique s'est engagée à réduire le nombre d'enfants menacés de pauvreté ou d'exclusion sociale, ou en d'autres termes le nombre d'enfants en situation de pauvreté infantile, de 93.000 d'ici 2030, par rapport à l'année 2019 (Federal Public Service Social Security, 2023). En 2019, il y avait 554.000 enfants en situation de pauvreté infantile. La cible de la Belgique en matière de pauvreté infantile pour 2030 correspond donc à 461.000 personnes. L'objectif de réduction de 93.000 fait partie de l'objectif global de la Belgique visant à réduire de 279.000 le nombre de personnes exposées au risque de pauvreté ou d'exclusion sociale, sur la base des données SILC de 2019, pour atteindre 1,982 million de personnes d'ici 2030.
 L'objectif de réduction pour les enfants est adopté dans le Plan d'action national belge pour la garantie européenne pour l'enfance 2022-2030, suite à la recommandation sur la Garantie européenne pour l'enfance du 4 juin 2021 par le Conseil de l'Union européenne (SPP Intégration sociale, 2022).
-Évolution: la pauvreté infantile, en tenant compte de la nouvelle méthodologie utilisée à partir de 2019, a diminué de 24,1% en 2015 à 19% en 2023. En nombres absolus, il s'agit de 561.000 enfants en 2015 et de 460.000 enfants en 2023. En 2019 ce chiffre était de 554.000.
-[...7 lines deleted...]
-Le taux de risque de pauvreté des personnes de moins de 18 ans est passé de 15,9% en 2015 à 20,1% en 2018. Il est ensuite retombé à 13,2% en 2023. La part des personnes de moins de 18 ans vivant dans des ménages à très faible intensité de travail est passée de 13,7% en 2015 à 8,8% en 2023. La part de personnes de moins de 18 ans vivant dans une situation de privation matérielle et sociale sévère a diminué, est passée de 9,9% en 2015 à 7,6% en 2023.
 Indicateur ONU: l’indicateur choisi correspond à l'indicateur 1.2.2 - Proportion d’hommes, de femmes et d’enfants de tous âges vivant dans une situation de pauvreté sous toutes ses formes, telles que définies par chaque pays.
 Sources
-Générales
-[...16 lines deleted...]
-Statbel (2023), Définitions SILC, https://statbel.fgov.be/fr/themes/menages/pauvrete-et-conditions-de-vie/plus (consulté le 23/10/2023).
+Commission européenne (2010), Europe 2020, Une stratégie pour une croissance intelligente, durable et inclusive, http://ec.europa.eu/archives/commission_2010-2014/president/news/documents/pdf/20100303_1_fr.pdf (consulté le 15/12/2025).
+Commission européenne (2022), La Commission se félicite des objectifs des États membres pour une Europe plus sociale à l'horizon 2030, https://ec.europa.eu/commission/presscorner/detail/en/IP_22_3782 (consulté le 15/12/2025).
+Conseil européen (2021a), Conclusions – 24 et 25 juin 2021, EUCO 7/21, https://www.consilium.europa.eu/media/50830/2425-06-21-euco-conclusions-fr.pdf (consulté le 15/12/2025).
+Conseil européen (2021b), Sommet social de Porto, 7 mai 2021, https://www.consilium.europa.eu/fr/meetings/european-council/2021/05/07/social-summit/ (consulté le 15/12/2025).
+European Commission (2021), Factsheet: The European Pillar of Social Rights Action Plan, https://employment-social-affairs.ec.europa.eu/policies-and-activities/european-pillar-social-rights-building-fairer-and-more-inclusive-european-union/european-pillar-social-rights-action-plan_en (consulté le 15/12/2025).
+Federal Public Service Social Security (2019), 2019 "Slowly falling behind". Monitoring the social situation in Belgium and the progress towards the social objectives and the priorities of the National Reform Programme, Brussels, Federal Public Service Social Security, november 2019, https://socialsecurity.belgium.be/sites/default/files/content/docs/en/publications/silc/silc-analysis-social-situation-and-protection-belgium-2019-en.pdf (consulté le 15/12/2025).
+Federal Public Service Social Security (2020), The evolution of the sociale situation and social protection in Belgium 2020: Persistent Challenges, march 2021), https://socialsecurity.belgium.be/sites/default/files/content/docs/en/publications/silc/silc-analysis-social-situation-and-protection-belgium-2020-en.pdf (consulté le 15/12/2025).
+Federal Public Service Social Security (2023), Analysis of the evolution of the social situation and social protection in Belgium 2021, https://socialsecurity.belgium.be/sites/default/files/content/docs/en/publications/silc/silc-analysis-social-situation-and-protection-belgium-2021-en.pdf (consulté le 15/12/2025).
+SPP Intégration sociale (2022), Plan d'action national belge pour la Garantie européenne pour l'enfance, https://www.mi-is.be/fr/nouvelles/garantie-europeenne-pour-lenfance-le-plan-daction-national-de-la-belgique (consulté le 15/12/2025).
+Statbel (2021), SILC FAQ, https://statbel.fgov.be/fr/themes/menages/pauvrete-et-conditions-de-vie/faq, voir en particulier "Y a-t-il des ruptures de séries dans la chronologie de l'enquête SILC ?" (consulté le 15/12/2025).
+Statbel (2022), Risque de pauvreté ou d'exclusion sociale - Indicateurs-SILC 2019-2021, https://statbel.fgov.be/fr/themes/menages/pauvrete-et-conditions-de-vie/risque-de-pauvrete-ou-dexclusion-sociale#figures (consulté le 15/12/2025).
+Statbel (2023), Définitions SILC, https://statbel.fgov.be/fr/themes/menages/pauvrete-et-conditions-de-vie/plus (consulté le 15/12/2025).
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -258,51 +253,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:AG48"/>
+  <dimension ref="A1:AG60"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
         <v>2000</v>
       </c>
       <c r="C3" s="1" t="n">
@@ -443,60 +438,60 @@
       <c r="O4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="P4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="Q4" s="1" t="n">
         <v>24.1</v>
       </c>
       <c r="R4" s="1" t="n">
         <v>23.5</v>
       </c>
       <c r="S4" s="1" t="n">
         <v>24.2</v>
       </c>
       <c r="T4" s="1" t="n">
         <v>23.5</v>
       </c>
       <c r="U4" s="1" t="n">
         <v>23</v>
       </c>
       <c r="V4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="W4" s="1" t="n">
-        <v>20.5</v>
+        <v>20.9</v>
       </c>
       <c r="X4" s="1" t="n">
+        <v>19.5</v>
+      </c>
+      <c r="Y4" s="1" t="n">
         <v>19.6</v>
       </c>
-      <c r="Y4" s="1" t="n">
-[...3 lines deleted...]
-        <f>=NA()</f>
+      <c r="Z4" s="1" t="n">
+        <v>20.2</v>
       </c>
       <c r="AA4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AB4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AC4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AD4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AE4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AF4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AG4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
@@ -524,96 +519,96 @@
       <c r="I5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="J5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="K5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="L5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="M5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="N5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="O5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="P5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="Q5" s="1" t="n">
-        <v>24.9161893</v>
+        <v>24.66368369</v>
       </c>
       <c r="R5" s="1" t="n">
-        <v>24.21307158</v>
+        <v>24.07051717</v>
       </c>
       <c r="S5" s="1" t="n">
-        <v>23.52195985</v>
+        <v>23.48618579</v>
       </c>
       <c r="T5" s="1" t="n">
-        <v>22.82853337</v>
+        <v>22.89995185</v>
       </c>
       <c r="U5" s="1" t="n">
-        <v>22.12648147</v>
+        <v>22.30884555</v>
       </c>
       <c r="V5" s="1" t="n">
-        <v>21.41664301</v>
+        <v>21.71590095</v>
       </c>
       <c r="W5" s="1" t="n">
-        <v>20.70799896</v>
+        <v>21.13037086</v>
       </c>
       <c r="X5" s="1" t="n">
-        <v>20.01163871</v>
+        <v>20.56277626</v>
       </c>
       <c r="Y5" s="1" t="n">
-        <v>19.33531256</v>
+        <v>20.02031872</v>
       </c>
       <c r="Z5" s="1" t="n">
-        <v>18.74719083</v>
+        <v>19.49905668</v>
       </c>
       <c r="AA5" s="1" t="n">
-        <v>18.23398128</v>
+        <v>19.04213558</v>
       </c>
       <c r="AB5" s="1" t="n">
-        <v>17.78473703</v>
+        <v>18.64054293</v>
       </c>
       <c r="AC5" s="1" t="n">
-        <v>17.39037874</v>
+        <v>18.28673206</v>
       </c>
       <c r="AD5" s="1" t="n">
-        <v>17.04332634</v>
+        <v>17.97434632</v>
       </c>
       <c r="AE5" s="1" t="n">
-        <v>16.73721256</v>
+        <v>17.69800189</v>
       </c>
       <c r="AF5" s="1" t="n">
-        <v>16.46665844</v>
+        <v>17.45311568</v>
       </c>
       <c r="AG5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="1" t="n">
         <v>12.1</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>12.1</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>12.1</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>12.1</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>12.1</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>12.1</v>
       </c>
@@ -677,1025 +672,946 @@
       <c r="AA6" s="1" t="n">
         <v>12.1</v>
       </c>
       <c r="AB6" s="1" t="n">
         <v>12.1</v>
       </c>
       <c r="AC6" s="1" t="n">
         <v>12.1</v>
       </c>
       <c r="AD6" s="1" t="n">
         <v>12.1</v>
       </c>
       <c r="AE6" s="1" t="n">
         <v>12.1</v>
       </c>
       <c r="AF6" s="1" t="n">
         <v>12.1</v>
       </c>
       <c r="AG6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0"/>
       <c r="B7" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
-      <c r="A8" s="0"/>
+      <c r="A8" s="0" t="s">
+        <v>5</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
-      <c r="A10" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A10" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="0"/>
-[...60 lines deleted...]
-      <c r="V11" s="1"/>
+      <c r="A11" s="0" t="s">
+        <v>7</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="0" t="s">
-        <v>7</v>
-[...61 lines deleted...]
-      <c r="V12" s="1"/>
+        <v>8</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="0" t="s">
-[...62 lines deleted...]
-      <c r="V13" s="1"/>
+      <c r="A13" s="0"/>
+      <c r="B13" s="1" t="n">
+        <v>2015</v>
+      </c>
+      <c r="C13" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="D13" s="1" t="n">
+        <v>2017</v>
+      </c>
+      <c r="E13" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="F13" s="1" t="n">
+        <v>2019</v>
+      </c>
+      <c r="G13" s="1" t="n">
+        <v>2020</v>
+      </c>
+      <c r="H13" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="I13" s="1" t="n">
+        <v>2022</v>
+      </c>
+      <c r="J13" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="K13" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="L13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B14" s="1" t="n">
-        <v>22.7</v>
+        <v>24.1</v>
       </c>
       <c r="C14" s="1" t="n">
-        <v>23.7</v>
+        <v>23.5</v>
       </c>
       <c r="D14" s="1" t="n">
-        <v>21.4</v>
+        <v>24.2</v>
       </c>
       <c r="E14" s="1" t="n">
-        <v>21.6</v>
+        <v>23.5</v>
       </c>
       <c r="F14" s="1" t="n">
-        <v>21.3</v>
+        <v>23</v>
       </c>
       <c r="G14" s="1" t="n">
-        <v>20.5</v>
+        <v>21.9</v>
       </c>
       <c r="H14" s="1" t="n">
-        <v>23.2</v>
+        <v>20.9</v>
       </c>
       <c r="I14" s="1" t="n">
-        <v>23.3</v>
+        <v>19.5</v>
       </c>
       <c r="J14" s="1" t="n">
-        <v>22.8</v>
+        <v>19.6</v>
       </c>
       <c r="K14" s="1" t="n">
-        <v>21.9</v>
-[...31 lines deleted...]
-      <c r="V14" s="1"/>
+        <v>20.2</v>
+      </c>
+      <c r="L14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0" t="s">
         <v>10</v>
       </c>
-      <c r="B15" s="1" t="s">
-[...15 lines deleted...]
-        <f>=NA()</f>
+      <c r="B15" s="1" t="n">
+        <v>27.4</v>
+      </c>
+      <c r="C15" s="1" t="n">
+        <v>27.1</v>
+      </c>
+      <c r="D15" s="1" t="n">
+        <v>25.1</v>
+      </c>
+      <c r="E15" s="1" t="n">
+        <v>23.9</v>
+      </c>
+      <c r="F15" s="1" t="n">
+        <v>23.6</v>
+      </c>
+      <c r="G15" s="1" t="n">
+        <v>24</v>
       </c>
       <c r="H15" s="1" t="n">
-        <v>27.3</v>
+        <v>24.4</v>
       </c>
       <c r="I15" s="1" t="n">
-        <v>27.4</v>
+        <v>24.6</v>
       </c>
       <c r="J15" s="1" t="n">
-        <v>27.6</v>
+        <v>24.7</v>
       </c>
       <c r="K15" s="1" t="n">
-        <v>27.1</v>
-[...31 lines deleted...]
-      <c r="V15" s="1"/>
+        <v>24.2</v>
+      </c>
+      <c r="L15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0"/>
       <c r="B16" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="0"/>
+      <c r="A19" s="0" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A20" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="0" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="0"/>
-[...12 lines deleted...]
-      <c r="F22" s="1" t="n">
+      <c r="A22" s="0" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="0"/>
+      <c r="B23" s="1" t="n">
         <v>2019</v>
       </c>
-      <c r="G22" s="1" t="n">
+      <c r="C23" s="1" t="n">
         <v>2020</v>
       </c>
-      <c r="H22" s="1" t="n">
+      <c r="D23" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="I22" s="1" t="n">
+      <c r="E23" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="J22" s="1" t="n">
+      <c r="F23" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="K22" s="1"/>
-[...19 lines deleted...]
-      </c>
       <c r="G23" s="1" t="n">
-        <v>43</v>
-[...10 lines deleted...]
-      <c r="K23" s="1"/>
+        <v>2024</v>
+      </c>
+      <c r="H23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="0" t="s">
         <v>15</v>
       </c>
       <c r="B24" s="1" t="n">
-        <v>16.5</v>
+        <v>48.3</v>
       </c>
       <c r="C24" s="1" t="n">
-        <v>16.3</v>
+        <v>43.2</v>
       </c>
       <c r="D24" s="1" t="n">
-        <v>16.5</v>
+        <v>42</v>
       </c>
       <c r="E24" s="1" t="n">
-        <v>15</v>
+        <v>43.3</v>
       </c>
       <c r="F24" s="1" t="n">
-        <v>15.2</v>
+        <v>47.6</v>
       </c>
       <c r="G24" s="1" t="n">
-        <v>14.1</v>
-[...10 lines deleted...]
-      <c r="K24" s="1"/>
+        <v>42</v>
+      </c>
+      <c r="H24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="0" t="s">
         <v>16</v>
       </c>
       <c r="B25" s="1" t="n">
-        <v>28.7</v>
+        <v>15</v>
       </c>
       <c r="C25" s="1" t="n">
-        <v>27.8</v>
+        <v>14</v>
       </c>
       <c r="D25" s="1" t="n">
-        <v>28.2</v>
+        <v>11.9</v>
       </c>
       <c r="E25" s="1" t="n">
-        <v>28.9</v>
+        <v>10.5</v>
       </c>
       <c r="F25" s="1" t="n">
-        <v>27</v>
+        <v>10.8</v>
       </c>
       <c r="G25" s="1" t="n">
-        <v>27.9</v>
-[...4 lines deleted...]
-      <c r="I25" s="1" t="n">
+        <v>14.5</v>
+      </c>
+      <c r="H25" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="B26" s="1" t="n">
+        <v>26.9</v>
+      </c>
+      <c r="C26" s="1" t="n">
+        <v>27.5</v>
+      </c>
+      <c r="D26" s="1" t="n">
+        <v>28.8</v>
+      </c>
+      <c r="E26" s="1" t="n">
         <v>26.6</v>
       </c>
-      <c r="J25" s="1" t="n">
-[...6 lines deleted...]
-      <c r="B26" s="1"/>
+      <c r="F26" s="1" t="n">
+        <v>24.8</v>
+      </c>
+      <c r="G26" s="1" t="n">
+        <v>22.3</v>
+      </c>
+      <c r="H26" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A27" s="0"/>
+      <c r="B27" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="0"/>
+      <c r="A29" s="0" t="s">
+        <v>19</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A30" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="0" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="0"/>
-      <c r="B32" s="1" t="n">
+      <c r="A32" s="0" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="0"/>
+      <c r="B33" s="1" t="n">
         <v>2015</v>
       </c>
-      <c r="C32" s="1" t="n">
+      <c r="C33" s="1" t="n">
         <v>2016</v>
       </c>
-      <c r="D32" s="1" t="n">
+      <c r="D33" s="1" t="n">
         <v>2017</v>
       </c>
-      <c r="E32" s="1" t="n">
+      <c r="E33" s="1" t="n">
         <v>2018</v>
       </c>
-      <c r="F32" s="1" t="n">
+      <c r="F33" s="1" t="n">
         <v>2019</v>
       </c>
-      <c r="G32" s="1" t="n">
+      <c r="G33" s="1" t="n">
         <v>2020</v>
       </c>
-      <c r="H32" s="1" t="n">
+      <c r="H33" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="I32" s="1" t="n">
+      <c r="I33" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="J32" s="1" t="n">
+      <c r="J33" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="K32" s="1"/>
-[...32 lines deleted...]
-      <c r="K33" s="1"/>
+      <c r="K33" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="L33" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="0" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="B34" s="1" t="n">
+        <v>24.1</v>
+      </c>
+      <c r="C34" s="1" t="n">
+        <v>23.5</v>
+      </c>
+      <c r="D34" s="1" t="n">
+        <v>24.2</v>
+      </c>
+      <c r="E34" s="1" t="n">
+        <v>23.5</v>
+      </c>
+      <c r="F34" s="1" t="n">
+        <v>23</v>
+      </c>
+      <c r="G34" s="1" t="n">
+        <v>21.9</v>
+      </c>
+      <c r="H34" s="1" t="n">
+        <v>20.9</v>
+      </c>
+      <c r="I34" s="1" t="n">
+        <v>19.5</v>
+      </c>
+      <c r="J34" s="1" t="n">
+        <v>19.6</v>
+      </c>
+      <c r="K34" s="1" t="n">
+        <v>20.2</v>
+      </c>
+      <c r="L34" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="B35" s="1" t="n">
+        <v>27.4</v>
+      </c>
+      <c r="C35" s="1" t="n">
+        <v>27.1</v>
+      </c>
+      <c r="D35" s="1" t="n">
+        <v>25.1</v>
+      </c>
+      <c r="E35" s="1" t="n">
         <v>23.9</v>
       </c>
-      <c r="C34" s="1" t="n">
-[...27 lines deleted...]
-      <c r="B35" s="1"/>
+      <c r="F35" s="1" t="n">
+        <v>23.6</v>
+      </c>
+      <c r="G35" s="1" t="n">
+        <v>24</v>
+      </c>
+      <c r="H35" s="1" t="n">
+        <v>24.4</v>
+      </c>
+      <c r="I35" s="1" t="n">
+        <v>24.6</v>
+      </c>
+      <c r="J35" s="1" t="n">
+        <v>24.7</v>
+      </c>
+      <c r="K35" s="1" t="n">
+        <v>24.2</v>
+      </c>
+      <c r="L35" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A36" s="0"/>
+      <c r="B36" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="0" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="0"/>
+      <c r="A38" s="0" t="s">
+        <v>12</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="0" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A40" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="0"/>
-[...60 lines deleted...]
-      <c r="V41" s="1"/>
+      <c r="A41" s="0" t="s">
+        <v>20</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="0" t="s">
-        <v>25</v>
-[...61 lines deleted...]
-      <c r="V42" s="1"/>
+        <v>8</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="0" t="s">
-[...62 lines deleted...]
-      <c r="V43" s="1"/>
+      <c r="A43" s="0"/>
+      <c r="B43" s="1" t="n">
+        <v>2015</v>
+      </c>
+      <c r="C43" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="D43" s="1" t="n">
+        <v>2017</v>
+      </c>
+      <c r="E43" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="F43" s="1" t="n">
+        <v>2019</v>
+      </c>
+      <c r="G43" s="1" t="n">
+        <v>2020</v>
+      </c>
+      <c r="H43" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="I43" s="1" t="n">
+        <v>2022</v>
+      </c>
+      <c r="J43" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="K43" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="L43" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="0" t="s">
-        <v>27</v>
-[...61 lines deleted...]
-      <c r="V44" s="1"/>
+        <v>21</v>
+      </c>
+      <c r="B44" s="1" t="n">
+        <v>24.3</v>
+      </c>
+      <c r="C44" s="1" t="n">
+        <v>26.1</v>
+      </c>
+      <c r="D44" s="1" t="n">
+        <v>25.8</v>
+      </c>
+      <c r="E44" s="1" t="n">
+        <v>22.9</v>
+      </c>
+      <c r="F44" s="1" t="n">
+        <v>21.1</v>
+      </c>
+      <c r="G44" s="1" t="n">
+        <v>20.2</v>
+      </c>
+      <c r="H44" s="1" t="n">
+        <v>20.4</v>
+      </c>
+      <c r="I44" s="1" t="n">
+        <v>19.8</v>
+      </c>
+      <c r="J44" s="1" t="n">
+        <v>20.5</v>
+      </c>
+      <c r="K44" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="L44" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="0"/>
-      <c r="B45" s="1"/>
+      <c r="A45" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="B45" s="1" t="n">
+        <v>23.9</v>
+      </c>
+      <c r="C45" s="1" t="n">
+        <v>21.1</v>
+      </c>
+      <c r="D45" s="1" t="n">
+        <v>22.8</v>
+      </c>
+      <c r="E45" s="1" t="n">
+        <v>24.1</v>
+      </c>
+      <c r="F45" s="1" t="n">
+        <v>24.7</v>
+      </c>
+      <c r="G45" s="1" t="n">
+        <v>23.5</v>
+      </c>
+      <c r="H45" s="1" t="n">
+        <v>21.4</v>
+      </c>
+      <c r="I45" s="1" t="n">
+        <v>19.1</v>
+      </c>
+      <c r="J45" s="1" t="n">
+        <v>18.9</v>
+      </c>
+      <c r="K45" s="1" t="n">
+        <v>20.4</v>
+      </c>
+      <c r="L45" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A46" s="0"/>
+      <c r="B46" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="0" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="0" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="0"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="0" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="0" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="0"/>
+      <c r="B52" s="1" t="n">
+        <v>2004</v>
+      </c>
+      <c r="C52" s="1" t="n">
+        <v>2005</v>
+      </c>
+      <c r="D52" s="1" t="n">
+        <v>2006</v>
+      </c>
+      <c r="E52" s="1" t="n">
+        <v>2007</v>
+      </c>
+      <c r="F52" s="1" t="n">
+        <v>2008</v>
+      </c>
+      <c r="G52" s="1" t="n">
+        <v>2009</v>
+      </c>
+      <c r="H52" s="1" t="n">
+        <v>2010</v>
+      </c>
+      <c r="I52" s="1" t="n">
+        <v>2011</v>
+      </c>
+      <c r="J52" s="1" t="n">
+        <v>2012</v>
+      </c>
+      <c r="K52" s="1" t="n">
+        <v>2013</v>
+      </c>
+      <c r="L52" s="1" t="n">
+        <v>2014</v>
+      </c>
+      <c r="M52" s="1" t="n">
+        <v>2015</v>
+      </c>
+      <c r="N52" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="O52" s="1" t="n">
+        <v>2017</v>
+      </c>
+      <c r="P52" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="Q52" s="1" t="n">
+        <v>2019</v>
+      </c>
+      <c r="R52" s="1" t="n">
+        <v>2020</v>
+      </c>
+      <c r="S52" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="T52" s="1" t="n">
+        <v>2022</v>
+      </c>
+      <c r="U52" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="V52" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="W52" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="B53" s="1" t="n">
+        <v>15.9</v>
+      </c>
+      <c r="C53" s="1" t="n">
+        <v>17.8</v>
+      </c>
+      <c r="D53" s="1" t="n">
+        <v>15.2</v>
+      </c>
+      <c r="E53" s="1" t="n">
+        <v>17</v>
+      </c>
+      <c r="F53" s="1" t="n">
+        <v>17.1</v>
+      </c>
+      <c r="G53" s="1" t="n">
+        <v>16.6</v>
+      </c>
+      <c r="H53" s="1" t="n">
+        <v>18.3</v>
+      </c>
+      <c r="I53" s="1" t="n">
+        <v>18.7</v>
+      </c>
+      <c r="J53" s="1" t="n">
+        <v>17.3</v>
+      </c>
+      <c r="K53" s="1" t="n">
+        <v>17.2</v>
+      </c>
+      <c r="L53" s="1" t="n">
+        <v>18.8</v>
+      </c>
+      <c r="M53" s="1" t="n">
+        <v>18</v>
+      </c>
+      <c r="N53" s="1" t="n">
+        <v>17.6</v>
+      </c>
+      <c r="O53" s="1" t="n">
+        <v>18.4</v>
+      </c>
+      <c r="P53" s="1" t="n">
+        <v>20.1</v>
+      </c>
+      <c r="Q53" s="1" t="n">
+        <v>19</v>
+      </c>
+      <c r="R53" s="1" t="n">
+        <v>15.4</v>
+      </c>
+      <c r="S53" s="1" t="n">
+        <v>15.4</v>
+      </c>
+      <c r="T53" s="1" t="n">
+        <v>13.8</v>
+      </c>
+      <c r="U53" s="1" t="n">
+        <v>13.7</v>
+      </c>
+      <c r="V53" s="1" t="n">
+        <v>14.4</v>
+      </c>
+      <c r="W53" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="C54" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="D54" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="E54" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="F54" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="G54" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="H54" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="I54" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="J54" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="K54" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="L54" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="M54" s="1" t="n">
+        <v>13.7</v>
+      </c>
+      <c r="N54" s="1" t="n">
+        <v>13.2</v>
+      </c>
+      <c r="O54" s="1" t="n">
+        <v>13.2</v>
+      </c>
+      <c r="P54" s="1" t="n">
+        <v>12.2</v>
+      </c>
+      <c r="Q54" s="1" t="n">
+        <v>10.5</v>
+      </c>
+      <c r="R54" s="1" t="n">
+        <v>10.9</v>
+      </c>
+      <c r="S54" s="1" t="n">
+        <v>10.3</v>
+      </c>
+      <c r="T54" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="U54" s="1" t="n">
+        <v>9.1</v>
+      </c>
+      <c r="V54" s="1" t="n">
+        <v>9.1</v>
+      </c>
+      <c r="W54" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="0" t="s">
         <v>28</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A48" s="0"/>
+      <c r="B55" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="C55" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="D55" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="E55" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="F55" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="G55" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="H55" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="I55" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="J55" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="K55" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="L55" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="M55" s="1" t="n">
+        <v>9.9</v>
+      </c>
+      <c r="N55" s="1" t="n">
+        <v>11.1</v>
+      </c>
+      <c r="O55" s="1" t="n">
+        <v>9.7</v>
+      </c>
+      <c r="P55" s="1" t="n">
+        <v>9.2</v>
+      </c>
+      <c r="Q55" s="1" t="n">
+        <v>8.4</v>
+      </c>
+      <c r="R55" s="1" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="S55" s="1" t="n">
+        <v>8.6</v>
+      </c>
+      <c r="T55" s="1" t="n">
+        <v>7.5</v>
+      </c>
+      <c r="U55" s="1" t="n">
+        <v>7.7</v>
+      </c>
+      <c r="V55" s="1" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="W55" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="0"/>
+      <c r="B56" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="0" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="0" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B1" s="0" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>cic bfp</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>