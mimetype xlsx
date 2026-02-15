--- v0 (2025-10-09)
+++ v1 (2026-02-15)
@@ -13,117 +13,104 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G17_ODA" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="19" uniqueCount="17">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="19" uniqueCount="16">
   <si>
     <t>Official development assistance - Belgium - trend assessment</t>
   </si>
   <si>
     <t>percentage of gross national income</t>
   </si>
   <si>
     <t>observations</t>
   </si>
   <si>
-    <t>trend and extrapolation (November 2024)</t>
+    <t>trend and extrapolation (November 2025)</t>
   </si>
   <si>
     <t>objective 2030</t>
   </si>
   <si>
-    <t>2018: break in time series</t>
-[...2 lines deleted...]
-    <t>OECD; Eurostat (2024), Official development assistance as share of gross national income [sdg_17_10], https://ec.europa.eu/eurostat (updated 19/04/2024, consulted 31/10/2024); calculations FPB.</t>
+    <t>Note: 2018: break in time series</t>
+  </si>
+  <si>
+    <t>Source: Eurostat (2025), Official development assistance as share of gross national income, sdg_17_10, https://ec.europa.eu/eurostat, last update of data 15/05/2025 23:00 (consulted on 02/07/2025).</t>
   </si>
   <si>
     <t>Official development assistance - Belgium and international comparison</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>EU27</t>
   </si>
   <si>
-    <t>OECD; Eurostat (2024), Official development assistance as share of gross national income [sdg_17_10], https://ec.europa.eu/eurostat (updated 19/04/2024, consulted 31/10/2024).</t>
-[...1 lines deleted...]
-  <si>
     <t>Code</t>
   </si>
   <si>
     <t>G17_ODA</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Official development assistance (i81)</t>
+    <t>Official development assistance (i82)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Definition: official development assistance (ODA) consists of grants and loans at concessional financial terms provided by the official sector to developing countries and with economic development and welfare as the main objective. The ODA comprises both financial flows and the so-called technical assistance. Some contributions to international institutions are also counted as ODA. This indicator is expressed as a percentage of the gross national income (GNI). The statistics on development assistance are compiled according to the rules of the Development Assistance Committee (DAC) of the Organisation for Economic Cooperation and Development (OECD). In 2018, the calculation method changed from net disbursements to grant equivalents: so the value of concessional terms of loans is also taken into account. The data come from the OECD and from Eurostat.
 Goal: spend 0.7 per cent of the gross national income on official development assistance.
 The Sustainable Development Goals or SDGs adopted by the UN in 2015 include target 17.2: "Developed countries to implement fully their official development assistance commitments, including the commitment by many developed countries to achieve the target of 0.7 per cent of ODA/GNI to developing countries and 0.15 to 0.20 per cent of ODA/GNI to least developed countries; ODA providers are encouraged to consider setting a target to provide at least 0.20 per cent of ODA/GNI to least developed countries".
 In Belgium the quantitative target of 0.7 per cent is stated in the Act of 19 March 2013 on Belgian development cooperation (Belgian Official Gazette 12/04/2013, article 9).
-International comparison: from 2000 until 2014, Belgium performed better than the EU27 average; from 2015 until 2020, both were almost equal. In 2021 and 2022, Belgium was below the EU average. When EU countries are divided into three groups, Belgium, with 0.45%, is part of the group with average performance in 2022, and it lays behind the EU average of 0.58%. In that year, Luxemburg ranked first with 1% and Cyprus last with 0.05%. In 2022, not only Luxemburg but also Sweden and Germany met the 0.7% target.
 UN indicator: the selected indicator corresponds to 17.2.1 - Net official development assistance, total and to least developed countries, as a proportion of the Organization for Economic Cooperation and Development (OECD) Development Assistance Committee donors’ gross national income (GNI).
 Sources
-General
-[...8 lines deleted...]
-More information is available in French and Dutch.
+Belgian Official Gazette: https://www.ejustice.just.fgov.be/cgi/welcome.pl?language=fr .
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -371,172 +358,172 @@
       </c>
       <c r="Q4" s="1" t="n">
         <v>0.42</v>
       </c>
       <c r="R4" s="1" t="n">
         <v>0.5</v>
       </c>
       <c r="S4" s="1" t="n">
         <v>0.45</v>
       </c>
       <c r="T4" s="1" t="n">
         <v>0.43</v>
       </c>
       <c r="U4" s="1" t="n">
         <v>0.41</v>
       </c>
       <c r="V4" s="1" t="n">
         <v>0.48</v>
       </c>
       <c r="W4" s="1" t="n">
         <v>0.43</v>
       </c>
       <c r="X4" s="1" t="n">
         <v>0.45</v>
       </c>
-      <c r="Y4" s="1" t="s">
-        <f>=NA()</f>
+      <c r="Y4" s="1" t="n">
+        <v>0.44</v>
       </c>
       <c r="Z4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AA4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AB4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AC4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AD4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AE4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AF4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AG4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="n">
-        <v>0.3989278326</v>
+        <v>0.3989678387</v>
       </c>
       <c r="C5" s="1" t="n">
-        <v>0.4161104558</v>
+        <v>0.4161382422</v>
       </c>
       <c r="D5" s="1" t="n">
-        <v>0.4335877477</v>
+        <v>0.4336017384</v>
       </c>
       <c r="E5" s="1" t="n">
-        <v>0.4503430539</v>
+        <v>0.4503408408</v>
       </c>
       <c r="F5" s="1" t="n">
-        <v>0.4651745616</v>
+        <v>0.4651528098</v>
       </c>
       <c r="G5" s="1" t="n">
-        <v>0.4781327276</v>
+        <v>0.4780872022</v>
       </c>
       <c r="H5" s="1" t="n">
-        <v>0.4887049035</v>
+        <v>0.488630741</v>
       </c>
       <c r="I5" s="1" t="n">
-        <v>0.4968938136</v>
+        <v>0.4967860386</v>
       </c>
       <c r="J5" s="1" t="n">
-        <v>0.5028649222</v>
+        <v>0.5027192657</v>
       </c>
       <c r="K5" s="1" t="n">
-        <v>0.5060975013</v>
+        <v>0.5059118357</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>0.5058645916</v>
+        <v>0.5056407708</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>0.5019206124</v>
+        <v>0.5016662824</v>
       </c>
       <c r="N5" s="1" t="n">
-        <v>0.4952692018</v>
+        <v>0.4949990335</v>
       </c>
       <c r="O5" s="1" t="n">
-        <v>0.4872766746</v>
+        <v>0.4870137422</v>
       </c>
       <c r="P5" s="1" t="n">
-        <v>0.4789971898</v>
+        <v>0.4787747729</v>
       </c>
       <c r="Q5" s="1" t="n">
-        <v>0.4710453846</v>
+        <v>0.4709089491</v>
       </c>
       <c r="R5" s="1" t="n">
-        <v>0.4638084272</v>
+        <v>0.463817361</v>
       </c>
       <c r="S5" s="1" t="n">
-        <v>0.4571262165</v>
+        <v>0.4573548433</v>
       </c>
       <c r="T5" s="1" t="n">
-        <v>0.451187505</v>
+        <v>0.4517247364</v>
       </c>
       <c r="U5" s="1" t="n">
-        <v>0.4461028867</v>
+        <v>0.4470503591</v>
       </c>
       <c r="V5" s="1" t="n">
-        <v>0.4417684997</v>
+        <v>0.4432355937</v>
       </c>
       <c r="W5" s="1" t="n">
-        <v>0.4377179888</v>
+        <v>0.4398112267</v>
       </c>
       <c r="X5" s="1" t="n">
-        <v>0.4338630287</v>
+        <v>0.4366721117</v>
       </c>
       <c r="Y5" s="1" t="n">
-        <v>0.43042412</v>
+        <v>0.4336187449</v>
       </c>
       <c r="Z5" s="1" t="n">
-        <v>0.4273536342</v>
+        <v>0.43088993</v>
       </c>
       <c r="AA5" s="1" t="n">
-        <v>0.4246099104</v>
+        <v>0.4284494521</v>
       </c>
       <c r="AB5" s="1" t="n">
-        <v>0.4221564129</v>
+        <v>0.4262654622</v>
       </c>
       <c r="AC5" s="1" t="n">
-        <v>0.4199610244</v>
+        <v>0.4243098909</v>
       </c>
       <c r="AD5" s="1" t="n">
-        <v>0.4179954501</v>
+        <v>0.4225579511</v>
       </c>
       <c r="AE5" s="1" t="n">
-        <v>0.4162347129</v>
+        <v>0.4209877156</v>
       </c>
       <c r="AF5" s="1" t="n">
-        <v>0.4146567246</v>
+        <v>0.4195797552</v>
       </c>
       <c r="AG5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.7</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.7</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.7</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.7</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.7</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.7</v>
       </c>
@@ -693,51 +680,54 @@
       </c>
       <c r="Q13" s="1" t="n">
         <v>2015</v>
       </c>
       <c r="R13" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="S13" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="T13" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="U13" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="V13" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="W13" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="X13" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="Y13" s="1"/>
+      <c r="Y13" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="Z13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="C14" s="1" t="n">
         <v>0.37</v>
       </c>
       <c r="D14" s="1" t="n">
         <v>0.43</v>
       </c>
       <c r="E14" s="1" t="n">
         <v>0.6</v>
       </c>
       <c r="F14" s="1" t="n">
         <v>0.41</v>
       </c>
       <c r="G14" s="1" t="n">
         <v>0.53</v>
       </c>
       <c r="H14" s="1" t="n">
         <v>0.5</v>
@@ -768,51 +758,54 @@
       </c>
       <c r="Q14" s="1" t="n">
         <v>0.42</v>
       </c>
       <c r="R14" s="1" t="n">
         <v>0.5</v>
       </c>
       <c r="S14" s="1" t="n">
         <v>0.45</v>
       </c>
       <c r="T14" s="1" t="n">
         <v>0.43</v>
       </c>
       <c r="U14" s="1" t="n">
         <v>0.41</v>
       </c>
       <c r="V14" s="1" t="n">
         <v>0.48</v>
       </c>
       <c r="W14" s="1" t="n">
         <v>0.43</v>
       </c>
       <c r="X14" s="1" t="n">
         <v>0.45</v>
       </c>
-      <c r="Y14" s="1"/>
+      <c r="Y14" s="1" t="n">
+        <v>0.44</v>
+      </c>
+      <c r="Z14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B15" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="C15" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="D15" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="E15" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="F15" s="1" t="n">
         <v>0.35</v>
       </c>
       <c r="G15" s="1" t="n">
         <v>0.42</v>
       </c>
       <c r="H15" s="1" t="n">
         <v>0.41</v>
@@ -841,119 +834,122 @@
       <c r="P15" s="1" t="n">
         <v>0.38</v>
       </c>
       <c r="Q15" s="1" t="n">
         <v>0.42</v>
       </c>
       <c r="R15" s="1" t="n">
         <v>0.49</v>
       </c>
       <c r="S15" s="1" t="n">
         <v>0.47</v>
       </c>
       <c r="T15" s="1" t="n">
         <v>0.43</v>
       </c>
       <c r="U15" s="1" t="n">
         <v>0.41</v>
       </c>
       <c r="V15" s="1" t="n">
         <v>0.5</v>
       </c>
       <c r="W15" s="1" t="n">
         <v>0.49</v>
       </c>
       <c r="X15" s="1" t="n">
-        <v>0.58</v>
-[...1 lines deleted...]
-      <c r="Y15" s="1"/>
+        <v>0.59</v>
+      </c>
+      <c r="Y15" s="1" t="n">
+        <v>0.56</v>
+      </c>
+      <c r="Z15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0"/>
       <c r="B16" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="0" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1" s="0" t="s">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="B2" s="0" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="B3" s="0" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>cic bfp</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>