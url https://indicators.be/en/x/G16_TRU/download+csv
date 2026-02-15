--- v0 (2025-10-31)
+++ v1 (2026-02-15)
@@ -13,138 +13,125 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G16_TRU" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="30" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="23">
   <si>
     <t>Generalised trust - Belgium and international comparison</t>
   </si>
   <si>
     <t>score at least 6 on 0-10 scale</t>
   </si>
   <si>
     <t>percentage of population aged 15 and over</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
-    <t>The pandemic delayed data collection, which started in 2021.</t>
-[...2 lines deleted...]
-    <t>ESS (2024), Dataset European Social Survey, http://www.europeansocialsurvey.org/ (consulted on 15/10/2024); calculations FPB.</t>
+    <t>Source: Calculations FPB based on ESS (2025), Dataset European Social Survey, http://www.europeansocialsurvey.org/, last update of data 02/06/2025 (consulted on 01/10/2025)</t>
   </si>
   <si>
     <t>Generalised trust by sex - Belgium</t>
   </si>
   <si>
     <t>females</t>
   </si>
   <si>
     <t>males</t>
   </si>
   <si>
-    <t>ESS (2023), Dataset European Social Survey, http://www.europeansocialsurvey.org/ (consulted on 18/10/2023); calculations FPB.</t>
-[...1 lines deleted...]
-  <si>
     <t>Generalised trust by income - Belgium</t>
   </si>
   <si>
     <t>quintile 1</t>
   </si>
   <si>
     <t>quintile 2</t>
   </si>
   <si>
     <t>quintile 3</t>
   </si>
   <si>
     <t>quintile 4</t>
   </si>
   <si>
     <t>quintile 5</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G16_TRU</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Generalised trust (i76)</t>
+    <t>Generalised trust (i77)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
-    <t>Definition: generalised trust is measured by the proportion of participants to the European Social Survey (ESS) who gave a score of at least 6 out of 10 to the question "Would you say that most people can generally be trusted, or that you can never be too careful in your contacts with people?" Respondents can give an answer on a scale from 0 ("you can never be too careful") to 10 ("most people are trustworthy"). This question was systematically asked in the ten biennial ESS surveys. Due to the Covid-19 pandemic, the survey for 2020 was postponed to 2021. The indicator is calculated by the FPB on the basis of data from the ESS. Since these data are based on surveys, a margin of uncertainty must be taken into account. The confidence intervals for these data are available on request.
+    <t>Definition: generalised trust is measured by the proportion of participants to the European Social Survey (ESS) who gave a score of at least 6 out of 10 to the question "Would you say that most people can generally be trusted, or that you can never be too careful in your contacts with people?" Respondents can give an answer on a scale from 0 ("you can never be too careful") to 10 ("most people are trustworthy"). This question was systematically asked in the eleven biennial ESS surveys. Due to the Covid-19 pandemic, the survey for 2020 was postponed to 2021. The indicator is calculated by the FPB based on data from the ESS. Since these data are based on surveys, a margin of uncertainty must be considered. The confidence intervals for these data are available on request.
+The following breakdowns are available for this indicator: region and income.
 Goal: generalised trust must not decrease.
 The Sustainable Development Goals or SDGs adopted by the UN in 2015 include goal 16: “Promote peaceful and inclusive societies for sustainable development, provide access to justice for all and build effective, accountable and inclusive institutions at all levels.”
-International comparison: in Belgium generalised trust (51.5% in 2021) is clearly lower than in the Netherlands (72.4% in 2021), higher than in France (31.4% in 2021) and than in Germany (34.76%). The level of the indicator in the different countries also remains relatively stable but increasing over the whole period except for a sharp fall between 2018 and 2021 in Germany. Given the subjective nature of this indicator, comparisons between countries should be interpreted with caution.
 UN indicator: the selected indicator does not correspond to any monitoring indicator for the SDGs, but is related to goal 16. Trust is a fundamental element of social capital, important for peaceful societies (Ortiz-Ospina and Roser, 2018).
 Sources
-General
-[...6 lines deleted...]
-More information is available in French and Dutch.
+Ortiz-Ospina E. and Roser M. (2018), Trust, https://ourworldindata.org/trust (consulted on 03/10/2025).
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -202,51 +189,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:L33"/>
+  <dimension ref="A1:M32"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
@@ -259,563 +246,600 @@
       </c>
       <c r="D4" s="1" t="n">
         <v>2006</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>2008</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>2010</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>2012</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>2014</v>
       </c>
       <c r="I4" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="J4" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="K4" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="L4" s="1"/>
+      <c r="L4" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="M4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="n">
         <v>37.69454</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>37.65091</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>40.52798</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>43.62893</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>40.97446</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>45.49459</v>
       </c>
       <c r="H5" s="1" t="n">
         <v>39.50421</v>
       </c>
       <c r="I5" s="1" t="n">
         <v>46.79506</v>
       </c>
       <c r="J5" s="1" t="n">
         <v>43.92</v>
       </c>
       <c r="K5" s="1" t="n">
         <v>51.51609</v>
       </c>
-      <c r="L5" s="1"/>
+      <c r="L5" s="1" t="n">
+        <v>50.95291</v>
+      </c>
+      <c r="M5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="1" t="n">
         <v>33.10616</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>37.01785</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>37.36474</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>38.79153</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>34.5553</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>40.52859</v>
       </c>
       <c r="H6" s="1" t="n">
         <v>39.35105</v>
       </c>
       <c r="I6" s="1" t="n">
         <v>46.04266</v>
       </c>
       <c r="J6" s="1" t="n">
         <v>47.77</v>
       </c>
       <c r="K6" s="1" t="n">
         <v>34.76273</v>
       </c>
-      <c r="L6" s="1"/>
+      <c r="L6" s="1" t="n">
+        <v>40.90843</v>
+      </c>
+      <c r="M6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="1" t="n">
         <v>26.05112</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>28.70775</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>28.23621</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>27.41063</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>25.37125</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>28.66748</v>
       </c>
       <c r="H7" s="1" t="n">
         <v>30.00724</v>
       </c>
       <c r="I7" s="1" t="n">
         <v>29.08166</v>
       </c>
       <c r="J7" s="1" t="n">
         <v>29.78</v>
       </c>
       <c r="K7" s="1" t="n">
         <v>31.4397</v>
       </c>
-      <c r="L7" s="1"/>
+      <c r="L7" s="1" t="n">
+        <v>29.59696</v>
+      </c>
+      <c r="M7" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="1" t="n">
         <v>58.32137</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>63.55275</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>62.4959</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>64.51126</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>66.86188</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>66.07132</v>
       </c>
       <c r="H8" s="1" t="n">
         <v>63.00057</v>
       </c>
       <c r="I8" s="1" t="n">
         <v>67.17895</v>
       </c>
       <c r="J8" s="1" t="n">
         <v>65.58</v>
       </c>
       <c r="K8" s="1" t="n">
         <v>72.39144</v>
       </c>
-      <c r="L8" s="1"/>
+      <c r="L8" s="1" t="n">
+        <v>69.43694</v>
+      </c>
+      <c r="M8" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="0"/>
       <c r="B9" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="0" t="s">
         <v>7</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="0" t="s">
+      <c r="A11" s="0"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="0" t="s">
         <v>8</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A12" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0" t="s">
-        <v>9</v>
+        <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A15" s="0"/>
+      <c r="B15" s="1" t="n">
+        <v>2002</v>
+      </c>
+      <c r="C15" s="1" t="n">
+        <v>2004</v>
+      </c>
+      <c r="D15" s="1" t="n">
+        <v>2006</v>
+      </c>
+      <c r="E15" s="1" t="n">
+        <v>2008</v>
+      </c>
+      <c r="F15" s="1" t="n">
+        <v>2010</v>
+      </c>
+      <c r="G15" s="1" t="n">
+        <v>2012</v>
+      </c>
+      <c r="H15" s="1" t="n">
+        <v>2014</v>
+      </c>
+      <c r="I15" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="J15" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="K15" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="L15" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="M15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="0"/>
+      <c r="A16" s="0" t="s">
+        <v>9</v>
+      </c>
       <c r="B16" s="1" t="n">
-        <v>2002</v>
+        <v>36.96554</v>
       </c>
       <c r="C16" s="1" t="n">
-        <v>2004</v>
+        <v>34.58374</v>
       </c>
       <c r="D16" s="1" t="n">
-        <v>2006</v>
+        <v>39.07059</v>
       </c>
       <c r="E16" s="1" t="n">
-        <v>2008</v>
+        <v>40.78602</v>
       </c>
       <c r="F16" s="1" t="n">
-        <v>2010</v>
+        <v>37.80221</v>
       </c>
       <c r="G16" s="1" t="n">
-        <v>2012</v>
+        <v>42.12207</v>
       </c>
       <c r="H16" s="1" t="n">
-        <v>2014</v>
+        <v>37.00431</v>
       </c>
       <c r="I16" s="1" t="n">
-        <v>2016</v>
+        <v>45.49777</v>
       </c>
       <c r="J16" s="1" t="n">
-        <v>2018</v>
+        <v>42.54</v>
       </c>
       <c r="K16" s="1" t="n">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="L16" s="1"/>
+        <v>51.41862</v>
+      </c>
+      <c r="L16" s="1" t="n">
+        <v>50.92726</v>
+      </c>
+      <c r="M16" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="1" t="n">
-        <v>36.96554</v>
+        <v>38.88777</v>
       </c>
       <c r="C17" s="1" t="n">
-        <v>34.58374</v>
+        <v>40.91056</v>
       </c>
       <c r="D17" s="1" t="n">
-        <v>39.07059</v>
+        <v>42.0763</v>
       </c>
       <c r="E17" s="1" t="n">
-        <v>40.78602</v>
+        <v>46.63893</v>
       </c>
       <c r="F17" s="1" t="n">
-        <v>37.80221</v>
+        <v>44.3294</v>
       </c>
       <c r="G17" s="1" t="n">
-        <v>42.12207</v>
+        <v>49.08348</v>
       </c>
       <c r="H17" s="1" t="n">
-        <v>37.00431</v>
+        <v>42.21196</v>
       </c>
       <c r="I17" s="1" t="n">
-        <v>45.49777</v>
+        <v>48.1593</v>
       </c>
       <c r="J17" s="1" t="n">
-        <v>42.54</v>
+        <v>45.35</v>
       </c>
       <c r="K17" s="1" t="n">
-        <v>51.41862</v>
-[...1 lines deleted...]
-      <c r="L17" s="1"/>
+        <v>51.61716</v>
+      </c>
+      <c r="L17" s="1" t="n">
+        <v>50.97954</v>
+      </c>
+      <c r="M17" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="0" t="s">
+      <c r="A18" s="0"/>
+      <c r="B18" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="0" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="0"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="0" t="s">
         <v>11</v>
       </c>
-      <c r="B18" s="1" t="n">
-[...41 lines deleted...]
-      <c r="A21" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="0" t="s">
-        <v>13</v>
+        <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0" t="s">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A24" s="0"/>
+      <c r="B24" s="1" t="n">
+        <v>2010</v>
+      </c>
+      <c r="C24" s="1" t="n">
+        <v>2012</v>
+      </c>
+      <c r="D24" s="1" t="n">
+        <v>2014</v>
+      </c>
+      <c r="E24" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="F24" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="G24" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="H24" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="I24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="0"/>
+      <c r="A25" s="0" t="s">
+        <v>12</v>
+      </c>
       <c r="B25" s="1" t="n">
-        <v>2010</v>
+        <v>38.54973</v>
       </c>
       <c r="C25" s="1" t="n">
-        <v>2012</v>
+        <v>38.06671</v>
       </c>
       <c r="D25" s="1" t="n">
-        <v>2014</v>
+        <v>27.02149</v>
       </c>
       <c r="E25" s="1" t="n">
-        <v>2016</v>
+        <v>37.88673</v>
       </c>
       <c r="F25" s="1" t="n">
-        <v>2018</v>
+        <v>42.22</v>
       </c>
       <c r="G25" s="1" t="n">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="H25" s="1"/>
+        <v>38.92031</v>
+      </c>
+      <c r="H25" s="1" t="n">
+        <v>40.35249</v>
+      </c>
+      <c r="I25" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B26" s="1" t="n">
-        <v>38.54973</v>
+        <v>33.99997</v>
       </c>
       <c r="C26" s="1" t="n">
-        <v>38.06671</v>
+        <v>37.05253</v>
       </c>
       <c r="D26" s="1" t="n">
-        <v>27.02149</v>
+        <v>31.32667</v>
       </c>
       <c r="E26" s="1" t="n">
-        <v>37.88673</v>
+        <v>43.67763</v>
       </c>
       <c r="F26" s="1" t="n">
-        <v>42.22</v>
+        <v>38.07</v>
       </c>
       <c r="G26" s="1" t="n">
-        <v>38.92031</v>
-[...1 lines deleted...]
-      <c r="H26" s="1"/>
+        <v>45.60812</v>
+      </c>
+      <c r="H26" s="1" t="n">
+        <v>46.40353</v>
+      </c>
+      <c r="I26" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B27" s="1" t="n">
-        <v>33.99997</v>
+        <v>38.82949</v>
       </c>
       <c r="C27" s="1" t="n">
-        <v>37.05253</v>
+        <v>43.26322</v>
       </c>
       <c r="D27" s="1" t="n">
-        <v>31.32667</v>
+        <v>35.67323</v>
       </c>
       <c r="E27" s="1" t="n">
-        <v>43.67763</v>
+        <v>41.78144</v>
       </c>
       <c r="F27" s="1" t="n">
-        <v>38.07</v>
+        <v>41.23</v>
       </c>
       <c r="G27" s="1" t="n">
-        <v>45.60812</v>
-[...1 lines deleted...]
-      <c r="H27" s="1"/>
+        <v>48.05734</v>
+      </c>
+      <c r="H27" s="1" t="n">
+        <v>50.57568</v>
+      </c>
+      <c r="I27" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B28" s="1" t="n">
-        <v>38.82949</v>
+        <v>44.51416</v>
       </c>
       <c r="C28" s="1" t="n">
-        <v>43.26322</v>
+        <v>53.29562</v>
       </c>
       <c r="D28" s="1" t="n">
-        <v>35.67323</v>
+        <v>46.81547</v>
       </c>
       <c r="E28" s="1" t="n">
-        <v>41.78144</v>
+        <v>53.35009</v>
       </c>
       <c r="F28" s="1" t="n">
-        <v>41.23</v>
+        <v>47.01</v>
       </c>
       <c r="G28" s="1" t="n">
-        <v>48.05734</v>
-[...1 lines deleted...]
-      <c r="H28" s="1"/>
+        <v>57.2094</v>
+      </c>
+      <c r="H28" s="1" t="n">
+        <v>57.99677</v>
+      </c>
+      <c r="I28" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B29" s="1" t="n">
-        <v>44.51416</v>
+        <v>55.77756</v>
       </c>
       <c r="C29" s="1" t="n">
-        <v>53.29562</v>
+        <v>58.42042</v>
       </c>
       <c r="D29" s="1" t="n">
-        <v>46.81547</v>
+        <v>55.50765</v>
       </c>
       <c r="E29" s="1" t="n">
-        <v>53.35009</v>
+        <v>58.24738</v>
       </c>
       <c r="F29" s="1" t="n">
-        <v>47.01</v>
+        <v>57.46</v>
       </c>
       <c r="G29" s="1" t="n">
-        <v>57.2094</v>
-[...1 lines deleted...]
-      <c r="H29" s="1"/>
+        <v>62.16291</v>
+      </c>
+      <c r="H29" s="1" t="n">
+        <v>63.22201</v>
+      </c>
+      <c r="I29" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="0" t="s">
-[...20 lines deleted...]
-      <c r="H30" s="1"/>
+      <c r="A30" s="0"/>
+      <c r="B30" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="0"/>
-      <c r="B31" s="1"/>
+      <c r="A31" s="0" t="s">
+        <v>7</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="0" t="s">
-[...4 lines deleted...]
-      <c r="A33" s="0"/>
+      <c r="A32" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="B1" s="0" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>cic bfp</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>