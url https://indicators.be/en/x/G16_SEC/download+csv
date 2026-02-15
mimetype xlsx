--- v0 (2025-10-27)
+++ v1 (2026-02-15)
@@ -13,136 +13,123 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G16_SEC" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="30" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="23">
   <si>
     <t>Security feeling in public spaces - Belgium and international comparison</t>
   </si>
   <si>
     <t>'very safe' and 'safe'</t>
   </si>
   <si>
     <t>percentage of population aged 15 and over</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
-    <t>The pandemic delayed data collection, which started in 2021.</t>
-[...2 lines deleted...]
-    <t>ESS (2024), Dataset European Social Survey, http://www.europeansocialsurvey.org/ (consulted on 15/10/2024); calculations FPB.</t>
+    <t>Source:  Calculations FPB based on ESS (2025), Dataset European Social Survey, http://www.europeansocialsurvey.org/, last update of data 02/06/2025 (consulted on 01/10/2025)</t>
   </si>
   <si>
     <t>Security feeling in public spaces by sex - Belgium</t>
   </si>
   <si>
     <t>females</t>
   </si>
   <si>
     <t>males</t>
   </si>
   <si>
-    <t>ESS (2023), Dataset European Social Survey, http://www.europeansocialsurvey.org/ (consulted on 18/10/2023); calculations FPB.</t>
-[...1 lines deleted...]
-  <si>
     <t>Security feeling in public spaces by income - Belgium</t>
   </si>
   <si>
     <t>quintile 1</t>
   </si>
   <si>
     <t>quintile 2</t>
   </si>
   <si>
     <t>quintile 3</t>
   </si>
   <si>
     <t>quintile 4</t>
   </si>
   <si>
     <t>quintile 5</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G16_SEC</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Security feeling in public spaces (i78)</t>
+    <t>Security feeling in public spaces (i79)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
-    <t>Definition: the security feeling in public spaces is the share of respondents of the European Social Survey (ESS) that answered "very safe" or "safe" to the following question: “How safe do you – or would you - feel walking alone in this area after dark?”. This question was covered in each of the ten biannual ESS surveys. Due to the Covid-19 pandemic, the survey for 2020 was postponed to 2021. The FPB calculates the indicator using the ESS data. Since these data are based on a survey, a margin of uncertainty has to be taken into account. The confidence intervals for these data are available on request.
+    <t>Definition: the security feeling in public spaces is the share of respondents of the European Social Survey (ESS) that answered "very safe" or "safe" to the following question: “How safe do you – or would you - feel walking alone in this area after dark?”. This question was covered in each of the eleven biannual ESS surveys. Due to the Covid-19 pandemic, the survey for 2020 was postponed to 2021. The FPB calculates the indicator using the ESS data. Since these data are based on a survey, a margin of uncertainty has to be taken into account. The confidence intervals for these data are available on request.
+The following breakdowns are available for this indicator: region and income.
 Goal: the security feeling of the population in public spaces must increase.
 The Sustainable Development Goals or SDGs adopted by the UN in 2015 include target 16.1: “Significantly reduce all forms of violence and related death rates everywhere”.
-International comparison: in 2021 in Belgium, more people declare that they feel safe or very safe when they walk alone in their area after dark (84.0%) than in Germany (63.9%) and France (75.5%). In the Netherlands (87.6%) more people declare that they feel (very) safe than in Belgium. Given the subjective nature of this indicator, comparisons between countries should be interpreted with caution.
-[...7 lines deleted...]
-</t>
+UN indicator: the selected indicator corresponds to indicator 16.1.4 - Proportion of population that feel safe walking alone around the area they live.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
@@ -199,51 +186,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:L33"/>
+  <dimension ref="A1:M32"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
@@ -256,563 +243,600 @@
       </c>
       <c r="D4" s="1" t="n">
         <v>2006</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>2008</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>2010</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>2012</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>2014</v>
       </c>
       <c r="I4" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="J4" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="K4" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="L4" s="1"/>
+      <c r="L4" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="M4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="n">
         <v>76.23</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>76.52</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>78.77</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>80.37</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>80.95</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>80.66</v>
       </c>
       <c r="H5" s="1" t="n">
         <v>78.69</v>
       </c>
       <c r="I5" s="1" t="n">
         <v>81.35</v>
       </c>
       <c r="J5" s="1" t="n">
         <v>81.76</v>
       </c>
       <c r="K5" s="1" t="n">
         <v>84.02</v>
       </c>
-      <c r="L5" s="1"/>
+      <c r="L5" s="1" t="n">
+        <v>78.1</v>
+      </c>
+      <c r="M5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="1" t="n">
         <v>73.67</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>73.44</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>76.12</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>76.93</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>76.79</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>77.08</v>
       </c>
       <c r="H6" s="1" t="n">
         <v>76.88</v>
       </c>
       <c r="I6" s="1" t="n">
         <v>72.74</v>
       </c>
       <c r="J6" s="1" t="n">
         <v>74.38</v>
       </c>
       <c r="K6" s="1" t="n">
         <v>63.95</v>
       </c>
-      <c r="L6" s="1"/>
+      <c r="L6" s="1" t="n">
+        <v>74.8</v>
+      </c>
+      <c r="M6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="1" t="n">
         <v>68.48</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>72.79</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>73.06</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>74.75</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>73.13</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>73.11</v>
       </c>
       <c r="H7" s="1" t="n">
         <v>72.29</v>
       </c>
       <c r="I7" s="1" t="n">
         <v>74.94</v>
       </c>
       <c r="J7" s="1" t="n">
         <v>75.73</v>
       </c>
       <c r="K7" s="1" t="n">
         <v>75.49</v>
       </c>
-      <c r="L7" s="1"/>
+      <c r="L7" s="1" t="n">
+        <v>73.47</v>
+      </c>
+      <c r="M7" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="1" t="n">
         <v>81.5</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>83.01</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>82.82</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>81.89</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>84.23</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>86.21</v>
       </c>
       <c r="H8" s="1" t="n">
         <v>84.67</v>
       </c>
       <c r="I8" s="1" t="n">
         <v>84.97</v>
       </c>
       <c r="J8" s="1" t="n">
         <v>86.23</v>
       </c>
       <c r="K8" s="1" t="n">
         <v>87.58</v>
       </c>
-      <c r="L8" s="1"/>
+      <c r="L8" s="1" t="n">
+        <v>87.62</v>
+      </c>
+      <c r="M8" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="0"/>
       <c r="B9" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="0" t="s">
         <v>7</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="0" t="s">
+      <c r="A11" s="0"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="0" t="s">
         <v>8</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A12" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0" t="s">
-        <v>9</v>
+        <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A15" s="0"/>
+      <c r="B15" s="1" t="n">
+        <v>2002</v>
+      </c>
+      <c r="C15" s="1" t="n">
+        <v>2004</v>
+      </c>
+      <c r="D15" s="1" t="n">
+        <v>2006</v>
+      </c>
+      <c r="E15" s="1" t="n">
+        <v>2008</v>
+      </c>
+      <c r="F15" s="1" t="n">
+        <v>2010</v>
+      </c>
+      <c r="G15" s="1" t="n">
+        <v>2012</v>
+      </c>
+      <c r="H15" s="1" t="n">
+        <v>2014</v>
+      </c>
+      <c r="I15" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="J15" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="K15" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="L15" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="M15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="0"/>
+      <c r="A16" s="0" t="s">
+        <v>9</v>
+      </c>
       <c r="B16" s="1" t="n">
-        <v>2002</v>
+        <v>68.72</v>
       </c>
       <c r="C16" s="1" t="n">
-        <v>2004</v>
+        <v>67.18</v>
       </c>
       <c r="D16" s="1" t="n">
-        <v>2006</v>
+        <v>69.32</v>
       </c>
       <c r="E16" s="1" t="n">
-        <v>2008</v>
+        <v>72.32</v>
       </c>
       <c r="F16" s="1" t="n">
-        <v>2010</v>
+        <v>72.46</v>
       </c>
       <c r="G16" s="1" t="n">
-        <v>2012</v>
+        <v>72.71</v>
       </c>
       <c r="H16" s="1" t="n">
-        <v>2014</v>
+        <v>69.55</v>
       </c>
       <c r="I16" s="1" t="n">
-        <v>2016</v>
+        <v>71.03</v>
       </c>
       <c r="J16" s="1" t="n">
-        <v>2018</v>
+        <v>73.91</v>
       </c>
       <c r="K16" s="1" t="n">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="L16" s="1"/>
+        <v>76.84</v>
+      </c>
+      <c r="L16" s="1" t="n">
+        <v>67.52</v>
+      </c>
+      <c r="M16" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="1" t="n">
-        <v>68.72</v>
+        <v>84.47</v>
       </c>
       <c r="C17" s="1" t="n">
-        <v>67.18</v>
+        <v>86.44</v>
       </c>
       <c r="D17" s="1" t="n">
-        <v>69.32</v>
+        <v>88.8</v>
       </c>
       <c r="E17" s="1" t="n">
-        <v>72.32</v>
+        <v>88.88</v>
       </c>
       <c r="F17" s="1" t="n">
-        <v>72.46</v>
+        <v>89.93</v>
       </c>
       <c r="G17" s="1" t="n">
-        <v>72.71</v>
+        <v>89.11</v>
       </c>
       <c r="H17" s="1" t="n">
-        <v>69.55</v>
+        <v>88.59</v>
       </c>
       <c r="I17" s="1" t="n">
-        <v>71.03</v>
+        <v>92.19</v>
       </c>
       <c r="J17" s="1" t="n">
-        <v>73.91</v>
+        <v>89.92</v>
       </c>
       <c r="K17" s="1" t="n">
-        <v>76.84</v>
-[...1 lines deleted...]
-      <c r="L17" s="1"/>
+        <v>91.47</v>
+      </c>
+      <c r="L17" s="1" t="n">
+        <v>89.08</v>
+      </c>
+      <c r="M17" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="0" t="s">
+      <c r="A18" s="0"/>
+      <c r="B18" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="0" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="0"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="0" t="s">
         <v>11</v>
       </c>
-      <c r="B18" s="1" t="n">
-[...41 lines deleted...]
-      <c r="A21" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="0" t="s">
-        <v>13</v>
+        <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0" t="s">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A24" s="0"/>
+      <c r="B24" s="1" t="n">
+        <v>2010</v>
+      </c>
+      <c r="C24" s="1" t="n">
+        <v>2012</v>
+      </c>
+      <c r="D24" s="1" t="n">
+        <v>2014</v>
+      </c>
+      <c r="E24" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="F24" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="G24" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="H24" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="I24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="0"/>
+      <c r="A25" s="0" t="s">
+        <v>12</v>
+      </c>
       <c r="B25" s="1" t="n">
-        <v>2010</v>
+        <v>65.86</v>
       </c>
       <c r="C25" s="1" t="n">
-        <v>2012</v>
+        <v>64.6</v>
       </c>
       <c r="D25" s="1" t="n">
-        <v>2014</v>
+        <v>75.16</v>
       </c>
       <c r="E25" s="1" t="n">
-        <v>2016</v>
+        <v>73.59</v>
       </c>
       <c r="F25" s="1" t="n">
-        <v>2018</v>
+        <v>70.68</v>
       </c>
       <c r="G25" s="1" t="n">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="H25" s="1"/>
+        <v>61.95</v>
+      </c>
+      <c r="H25" s="1" t="n">
+        <v>71.89</v>
+      </c>
+      <c r="I25" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B26" s="1" t="n">
-        <v>65.86</v>
+        <v>76.98</v>
       </c>
       <c r="C26" s="1" t="n">
-        <v>64.6</v>
+        <v>75.89</v>
       </c>
       <c r="D26" s="1" t="n">
-        <v>75.16</v>
+        <v>76.54</v>
       </c>
       <c r="E26" s="1" t="n">
-        <v>73.59</v>
+        <v>77.67</v>
       </c>
       <c r="F26" s="1" t="n">
-        <v>70.68</v>
+        <v>80.48</v>
       </c>
       <c r="G26" s="1" t="n">
-        <v>61.95</v>
-[...1 lines deleted...]
-      <c r="H26" s="1"/>
+        <v>80.66</v>
+      </c>
+      <c r="H26" s="1" t="n">
+        <v>71.06</v>
+      </c>
+      <c r="I26" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B27" s="1" t="n">
-        <v>76.98</v>
+        <v>82.22</v>
       </c>
       <c r="C27" s="1" t="n">
-        <v>75.89</v>
+        <v>82.84</v>
       </c>
       <c r="D27" s="1" t="n">
-        <v>76.54</v>
+        <v>77.63</v>
       </c>
       <c r="E27" s="1" t="n">
-        <v>77.67</v>
+        <v>78.29</v>
       </c>
       <c r="F27" s="1" t="n">
-        <v>80.48</v>
+        <v>78.66</v>
       </c>
       <c r="G27" s="1" t="n">
-        <v>80.66</v>
-[...1 lines deleted...]
-      <c r="H27" s="1"/>
+        <v>89.06</v>
+      </c>
+      <c r="H27" s="1" t="n">
+        <v>79.29</v>
+      </c>
+      <c r="I27" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B28" s="1" t="n">
-        <v>82.22</v>
+        <v>84.83</v>
       </c>
       <c r="C28" s="1" t="n">
-        <v>82.84</v>
+        <v>86.85</v>
       </c>
       <c r="D28" s="1" t="n">
-        <v>77.63</v>
+        <v>83.01</v>
       </c>
       <c r="E28" s="1" t="n">
-        <v>78.29</v>
+        <v>87.65</v>
       </c>
       <c r="F28" s="1" t="n">
-        <v>78.66</v>
+        <v>85.52</v>
       </c>
       <c r="G28" s="1" t="n">
-        <v>89.06</v>
-[...1 lines deleted...]
-      <c r="H28" s="1"/>
+        <v>87.03</v>
+      </c>
+      <c r="H28" s="1" t="n">
+        <v>82.7</v>
+      </c>
+      <c r="I28" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B29" s="1" t="n">
-        <v>84.83</v>
+        <v>89.52</v>
       </c>
       <c r="C29" s="1" t="n">
-        <v>86.85</v>
+        <v>89.53</v>
       </c>
       <c r="D29" s="1" t="n">
-        <v>83.01</v>
+        <v>85.26</v>
       </c>
       <c r="E29" s="1" t="n">
-        <v>87.65</v>
+        <v>90.25</v>
       </c>
       <c r="F29" s="1" t="n">
-        <v>85.52</v>
+        <v>92.28</v>
       </c>
       <c r="G29" s="1" t="n">
+        <v>90.07</v>
+      </c>
+      <c r="H29" s="1" t="n">
         <v>87.03</v>
       </c>
-      <c r="H29" s="1"/>
+      <c r="I29" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="0" t="s">
-[...20 lines deleted...]
-      <c r="H30" s="1"/>
+      <c r="A30" s="0"/>
+      <c r="B30" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="0"/>
-      <c r="B31" s="1"/>
+      <c r="A31" s="0" t="s">
+        <v>7</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="0" t="s">
-[...4 lines deleted...]
-      <c r="A33" s="0"/>
+      <c r="A32" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="B1" s="0" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>cic bfp</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>