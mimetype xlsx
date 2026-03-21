--- v0 (2025-11-21)
+++ v1 (2026-03-21)
@@ -13,136 +13,123 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G16_INS" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="30" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="23">
   <si>
     <t>Trust in institutions - Belgium and international comparison</t>
   </si>
   <si>
     <t>score at least 6 on 0-10 scale</t>
   </si>
   <si>
     <t>percentage of population aged 15 and over</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
-    <t>The pandemic delayed data collection, which started in 2021.</t>
-[...2 lines deleted...]
-    <t>ESS (2024), Dataset European Social Survey, http://www.europeansocialsurvey.org/ (consulted on 15/10/2024); calculations FPB.</t>
+    <t>Source: Calculations FPB based on ESS (2025), Dataset European Social Survey, http://www.europeansocialsurvey.org/, last update of data 02/06/2025 (consulted on 01/10/2025)</t>
   </si>
   <si>
     <t>Trust in institutions by sex - Belgium</t>
   </si>
   <si>
     <t>females</t>
   </si>
   <si>
     <t>males</t>
   </si>
   <si>
-    <t>ESS (2023), Dataset European Social Survey, http://www.europeansocialsurvey.org/ (consulted on 18/10/2023); calculations FPB.</t>
-[...1 lines deleted...]
-  <si>
     <t>Trust in institutions by income - Belgium</t>
   </si>
   <si>
     <t>quintile 1</t>
   </si>
   <si>
     <t>quintile 2</t>
   </si>
   <si>
     <t>quintile 3</t>
   </si>
   <si>
     <t>quintile 4</t>
   </si>
   <si>
     <t>quintile 5</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G16_INS</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Trust in institutions (i80)</t>
+    <t>Trust in institutions (i81)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
-    <t>Definition: trust in institutions is the average share of respondents of the European Social Survey (ESS) that gives a score of at least 6 out of 10 on each of the following four questions: “Could you assess your personal trust in each of the following institutions: the Belgian parliament, the judicial system, the politicians and the political parties”. For each institution, the interviewees can answer on a scale of zero (absolutely no confidence) to ten (complete confidence). This question was covered in nine biannual ESS surveys. Due to the Covid-19 pandemic, the survey for 2020 was postponed to 2021. The FPB calculates the indicator using the ESS data. Since these data are based on a survey, a margin of uncertainty must be taken into account. The confidence intervals for these data are available on request.
+    <t>Definition: trust in institutions is the average share of respondents of the European Social Survey (ESS) that gives a score of at least 6 out of 10 on each of the following four questions: “Could you assess your personal trust in each of the following institutions: the Belgian parliament, the judicial system, the politicians and the political parties”. For each institution, the interviewees can answer on a scale of zero (absolutely no confidence) to ten (complete confidence). This question was covered in the eleven biannual ESS surveys. Due to the Covid-19 pandemic, the survey for 2020 was postponed to 2021. The FPB calculates the indicator using the ESS data. Since these data are based on a survey, a margin of uncertainty must be taken into account. The confidence intervals for these data are available on request.
+The following breakdowns are available for this indicator: region and income.
 Goal: trust in institutions must increase.
 The Sustainable Development Goals or SDGs adopted by the UN in 2015 include target 16.6: “Develop effective, accountable and transparent institutions at all levels”.
-International comparison: in 2021 the indicator in Belgium (36.5%) is at the same level as in Germany (34.7%) but significantly higher than in France (29.2%) and considerably lower than in the Netherlands (60.3%). In all countries, this share is higher in 2021 than in 2002. The subjective nature of this indicator is such that the comparison between countries should be treated with caution.
-[...7 lines deleted...]
-</t>
+UN indicator: the selected indicator is related to indicator 16.6.2 - Proportion of population satisfied with their last experience of public services. Satisfaction with services is different from trust in institutions, but both are relevant for the target on which they report.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
@@ -199,51 +186,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:K33"/>
+  <dimension ref="A1:L32"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
@@ -253,542 +240,579 @@
       </c>
       <c r="C4" s="1" t="n">
         <v>2006</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>2008</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>2010</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>2012</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>2014</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="I4" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="J4" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="K4" s="1"/>
+      <c r="K4" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="L4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="n">
         <v>33.8425</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>35.885</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>31.0175</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>29.9825</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>36.8475</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>35.3975</v>
       </c>
       <c r="H5" s="1" t="n">
         <v>36.255</v>
       </c>
       <c r="I5" s="1" t="n">
         <v>36.975</v>
       </c>
       <c r="J5" s="1" t="n">
         <v>36.4875</v>
       </c>
-      <c r="K5" s="1"/>
+      <c r="K5" s="1" t="n">
+        <v>35.8275</v>
+      </c>
+      <c r="L5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="1" t="n">
         <v>26.16</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>27.8275</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>28.9</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>26.84</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>34.13</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>35.4675</v>
       </c>
       <c r="H6" s="1" t="n">
         <v>39.56</v>
       </c>
       <c r="I6" s="1" t="n">
         <v>37.2325</v>
       </c>
       <c r="J6" s="1" t="n">
         <v>34.66</v>
       </c>
-      <c r="K6" s="1"/>
+      <c r="K6" s="1" t="n">
+        <v>37.7825</v>
+      </c>
+      <c r="L6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="1" t="n">
         <v>22.5275</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>22.175</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>25.03</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>21.9025</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>25.1175</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>22.0025</v>
       </c>
       <c r="H7" s="1" t="n">
         <v>22.1525</v>
       </c>
       <c r="I7" s="1" t="n">
         <v>25.32</v>
       </c>
       <c r="J7" s="1" t="n">
         <v>29.19</v>
       </c>
-      <c r="K7" s="1"/>
+      <c r="K7" s="1" t="n">
+        <v>27.325</v>
+      </c>
+      <c r="L7" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="1" t="n">
         <v>44.295</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>52.3225</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>56.8125</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>56.2675</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>54.705</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>50.5125</v>
       </c>
       <c r="H8" s="1" t="n">
         <v>57.1525</v>
       </c>
       <c r="I8" s="1" t="n">
         <v>61.995</v>
       </c>
       <c r="J8" s="1" t="n">
         <v>60.245</v>
       </c>
-      <c r="K8" s="1"/>
+      <c r="K8" s="1" t="n">
+        <v>54.98</v>
+      </c>
+      <c r="L8" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="0"/>
       <c r="B9" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="0" t="s">
         <v>7</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="0" t="s">
+      <c r="A11" s="0"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="0" t="s">
         <v>8</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A12" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0" t="s">
-        <v>9</v>
+        <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A15" s="0"/>
+      <c r="B15" s="1" t="n">
+        <v>2004</v>
+      </c>
+      <c r="C15" s="1" t="n">
+        <v>2006</v>
+      </c>
+      <c r="D15" s="1" t="n">
+        <v>2008</v>
+      </c>
+      <c r="E15" s="1" t="n">
+        <v>2010</v>
+      </c>
+      <c r="F15" s="1" t="n">
+        <v>2012</v>
+      </c>
+      <c r="G15" s="1" t="n">
+        <v>2014</v>
+      </c>
+      <c r="H15" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="I15" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="J15" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="K15" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="L15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="0"/>
+      <c r="A16" s="0" t="s">
+        <v>9</v>
+      </c>
       <c r="B16" s="1" t="n">
-        <v>2004</v>
+        <v>30.585</v>
       </c>
       <c r="C16" s="1" t="n">
-        <v>2006</v>
+        <v>34.975</v>
       </c>
       <c r="D16" s="1" t="n">
-        <v>2008</v>
+        <v>28.7725</v>
       </c>
       <c r="E16" s="1" t="n">
-        <v>2010</v>
+        <v>27.645</v>
       </c>
       <c r="F16" s="1" t="n">
-        <v>2012</v>
+        <v>35.0275</v>
       </c>
       <c r="G16" s="1" t="n">
-        <v>2014</v>
+        <v>33.8225</v>
       </c>
       <c r="H16" s="1" t="n">
-        <v>2016</v>
+        <v>34.895</v>
       </c>
       <c r="I16" s="1" t="n">
-        <v>2018</v>
+        <v>36.055</v>
       </c>
       <c r="J16" s="1" t="n">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="K16" s="1"/>
+        <v>35.76</v>
+      </c>
+      <c r="K16" s="1" t="n">
+        <v>35.815</v>
+      </c>
+      <c r="L16" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="1" t="n">
-        <v>30.585</v>
+        <v>37.3025</v>
       </c>
       <c r="C17" s="1" t="n">
-        <v>34.975</v>
+        <v>36.845</v>
       </c>
       <c r="D17" s="1" t="n">
-        <v>28.7725</v>
+        <v>33.395</v>
       </c>
       <c r="E17" s="1" t="n">
-        <v>27.645</v>
+        <v>32.4575</v>
       </c>
       <c r="F17" s="1" t="n">
-        <v>35.0275</v>
+        <v>38.7875</v>
       </c>
       <c r="G17" s="1" t="n">
-        <v>33.8225</v>
+        <v>37.1025</v>
       </c>
       <c r="H17" s="1" t="n">
-        <v>34.895</v>
+        <v>37.685</v>
       </c>
       <c r="I17" s="1" t="n">
-        <v>36.055</v>
+        <v>37.93</v>
       </c>
       <c r="J17" s="1" t="n">
-        <v>35.76</v>
-[...1 lines deleted...]
-      <c r="K17" s="1"/>
+        <v>37.2425</v>
+      </c>
+      <c r="K17" s="1" t="n">
+        <v>35.84</v>
+      </c>
+      <c r="L17" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="0" t="s">
+      <c r="A18" s="0"/>
+      <c r="B18" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="0" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="0"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="0" t="s">
         <v>11</v>
       </c>
-      <c r="B18" s="1" t="n">
-[...38 lines deleted...]
-      <c r="A21" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="0" t="s">
-        <v>13</v>
+        <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0" t="s">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A24" s="0"/>
+      <c r="B24" s="1" t="n">
+        <v>2010</v>
+      </c>
+      <c r="C24" s="1" t="n">
+        <v>2012</v>
+      </c>
+      <c r="D24" s="1" t="n">
+        <v>2014</v>
+      </c>
+      <c r="E24" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="F24" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="G24" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="H24" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="I24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="0"/>
+      <c r="A25" s="0" t="s">
+        <v>12</v>
+      </c>
       <c r="B25" s="1" t="n">
-        <v>2010</v>
+        <v>23.05</v>
       </c>
       <c r="C25" s="1" t="n">
-        <v>2012</v>
+        <v>28.9175</v>
       </c>
       <c r="D25" s="1" t="n">
-        <v>2014</v>
+        <v>30.64</v>
       </c>
       <c r="E25" s="1" t="n">
-        <v>2016</v>
+        <v>28.6575</v>
       </c>
       <c r="F25" s="1" t="n">
-        <v>2018</v>
+        <v>31.525</v>
       </c>
       <c r="G25" s="1" t="n">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="H25" s="1"/>
+        <v>21.22</v>
+      </c>
+      <c r="H25" s="1" t="n">
+        <v>30.91</v>
+      </c>
+      <c r="I25" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B26" s="1" t="n">
-        <v>23.05</v>
+        <v>22.325</v>
       </c>
       <c r="C26" s="1" t="n">
-        <v>28.9175</v>
+        <v>31.34</v>
       </c>
       <c r="D26" s="1" t="n">
-        <v>30.64</v>
+        <v>32.69</v>
       </c>
       <c r="E26" s="1" t="n">
-        <v>28.6575</v>
+        <v>32.3275</v>
       </c>
       <c r="F26" s="1" t="n">
-        <v>31.525</v>
+        <v>30.3275</v>
       </c>
       <c r="G26" s="1" t="n">
-        <v>21.22</v>
-[...1 lines deleted...]
-      <c r="H26" s="1"/>
+        <v>35.1325</v>
+      </c>
+      <c r="H26" s="1" t="n">
+        <v>32.1475</v>
+      </c>
+      <c r="I26" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B27" s="1" t="n">
-        <v>22.325</v>
+        <v>30.3925</v>
       </c>
       <c r="C27" s="1" t="n">
-        <v>31.34</v>
+        <v>36.26</v>
       </c>
       <c r="D27" s="1" t="n">
-        <v>32.69</v>
+        <v>31.5325</v>
       </c>
       <c r="E27" s="1" t="n">
-        <v>32.3275</v>
+        <v>34.8875</v>
       </c>
       <c r="F27" s="1" t="n">
-        <v>30.3275</v>
+        <v>32.6</v>
       </c>
       <c r="G27" s="1" t="n">
-        <v>35.1325</v>
-[...1 lines deleted...]
-      <c r="H27" s="1"/>
+        <v>38.735</v>
+      </c>
+      <c r="H27" s="1" t="n">
+        <v>31.275</v>
+      </c>
+      <c r="I27" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B28" s="1" t="n">
-        <v>30.3925</v>
+        <v>34.4</v>
       </c>
       <c r="C28" s="1" t="n">
-        <v>36.26</v>
+        <v>41.86</v>
       </c>
       <c r="D28" s="1" t="n">
-        <v>31.5325</v>
+        <v>33.815</v>
       </c>
       <c r="E28" s="1" t="n">
-        <v>34.8875</v>
+        <v>38.645</v>
       </c>
       <c r="F28" s="1" t="n">
-        <v>32.6</v>
+        <v>40.915</v>
       </c>
       <c r="G28" s="1" t="n">
-        <v>38.735</v>
-[...1 lines deleted...]
-      <c r="H28" s="1"/>
+        <v>37.6625</v>
+      </c>
+      <c r="H28" s="1" t="n">
+        <v>38.615</v>
+      </c>
+      <c r="I28" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B29" s="1" t="n">
-        <v>34.4</v>
+        <v>37.68</v>
       </c>
       <c r="C29" s="1" t="n">
-        <v>41.86</v>
+        <v>45.73</v>
       </c>
       <c r="D29" s="1" t="n">
-        <v>33.815</v>
+        <v>42.605</v>
       </c>
       <c r="E29" s="1" t="n">
-        <v>38.645</v>
+        <v>42.5575</v>
       </c>
       <c r="F29" s="1" t="n">
-        <v>40.915</v>
+        <v>48.5575</v>
       </c>
       <c r="G29" s="1" t="n">
-        <v>37.6625</v>
-[...1 lines deleted...]
-      <c r="H29" s="1"/>
+        <v>39.4375</v>
+      </c>
+      <c r="H29" s="1" t="n">
+        <v>39.30570575</v>
+      </c>
+      <c r="I29" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="0" t="s">
-[...20 lines deleted...]
-      <c r="H30" s="1"/>
+      <c r="A30" s="0"/>
+      <c r="B30" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="0"/>
-      <c r="B31" s="1"/>
+      <c r="A31" s="0" t="s">
+        <v>7</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="0" t="s">
-[...4 lines deleted...]
-      <c r="A33" s="0"/>
+      <c r="A32" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="B1" s="0" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>cic bfp</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>