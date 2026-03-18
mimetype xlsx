--- v0 (2025-10-18)
+++ v1 (2026-03-18)
@@ -13,139 +13,127 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G16_FAM" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="30" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="23">
   <si>
     <t>Meeting with friends and family - Belgium and international comparison</t>
   </si>
   <si>
     <t>at least once a week</t>
   </si>
   <si>
     <t>percentage of population aged 15 and over</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
-    <t>The pandemic delayed data collection, which started in 2021.</t>
-[...5 lines deleted...]
-    <t>Meeting with friends and family by seks - Belgium</t>
+    <t>Source: Calculations FPB based on ESS (2025), Dataset European Social Survey, http://www.europeansocialsurvey.org/, last update of data 02/06/2025 (consulted on 01/10/2025)</t>
+  </si>
+  <si>
+    <t>Meeting with friends and family by sex - Belgium</t>
   </si>
   <si>
     <t>females</t>
   </si>
   <si>
     <t>males</t>
   </si>
   <si>
-    <t>ESS (2023), Dataset European Social Survey, http://www.europeansocialsurvey.org/ (consulted on 18/10/2023); calculations FPB.</t>
-[...1 lines deleted...]
-  <si>
     <t>Meeting with friends and family by income - Belgium</t>
   </si>
   <si>
     <t>quintile 1</t>
   </si>
   <si>
     <t>quintile 2</t>
   </si>
   <si>
     <t>quintile 3</t>
   </si>
   <si>
     <t>quintile 4</t>
   </si>
   <si>
     <t>quintile 5</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G16_FAM</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Meeting with friends and family (i75)</t>
+    <t>Meeting with friends and family (i76)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
-    <t>Definition: social contacts are defined by the result of the European Social Survey (ESS) and more particularly by the answer "at least once a week" to the question of how often "you meet friends, family or colleagues" for social reasons (i.e. neither for work nor for pure obligation, but because the survey respondents choose to meet friends, family or colleagues; this corresponds to the original European questionnaire in English and the questionnaire in Dutch. In the French-speaking questionnaire it is only mentioned "outside work"). This question was systematically asked in the ten biennial SSE surveys. Due to the Covid-19 pandemic, the survey for 2020 was postponed to 2021. The indicator is calculated by the FPB on the basis of data from ESS. Since these data are collected from surveys, a margin of uncertainty must be considered. The confidence intervals for these data are available on request.
+    <t>Definition: social contacts are defined by the result of the European Social Survey (ESS) and more particularly by the answer "at least once a week" to the question of how often "you meet friends, family or colleagues" for social reasons (i.e. neither for work nor for pure obligation, but because the survey respondents choose to meet friends, family or colleagues; this corresponds to the original European questionnaire in English and the questionnaire in Dutch. In the French-speaking questionnaire it is only mentioned "outside work"). This question was systematically asked in the eleven biennial SSE surveys. Due to the Covid-19 pandemic, the survey for 2020 was postponed to 2021. The indicator is calculated by the FPB on the basis of data from ESS. Since these data are collected from surveys, a margin of uncertainty must be considered. The confidence intervals for these data are available on request.
+The following breakdowns are available for this indicator: region and income.
 Objective: The proportion of people reporting social contacts at least once a week cannot decrease.
 The sustainable development goals or SDSs adopted by the United Nations in 2015 include the following objective: "Promote peaceful and inclusive societies for sustainable development, provide access to justice for all and build effective, accountable and inclusive institutions at all levels" (objective 16). Social support, or having family and friends, is an important contribution to peaceful and open societies.
 The Federal Long-Term Strategic Vision for Sustainable Development includes as a first challenge “A society that promotes social cohesion” (Belgian Official Gazette, 08/10/2013). To contribute to this social cohesion, it is considered that there is an implicit objective that the proportion of respondents reporting having social contacts at least once a week, as a measure of social capital, cannot decrease.
-International comparison: compared to neighbouring countries, in 2021 more people in Belgium (68.3%) report having social contacts at least once a week than in Germany (47.9%), but less than in the Netherlands (73.2%). In France (67.8% in 2021) an equivalent number of people report having social contacts at least once a week. These proportions are broadly the same over the ten editions of the SSE. Given the subjective nature of this indicator, comparisons between countries should be interpreted with caution.
 UN indicator: the selected indicator does not correspond to any monitoring indicator for the SDGs but is related to objective 16. Social support, or having family and friends, is an important contribution to peaceful and open societies.
 Sources
-General
-[...6 lines deleted...]
-More information is available in French and Dutch.</t>
+Belgian Official Gazette: http://www.ejustice.just.fgov.be/cgi/welcome.pl; research on http://www.ejustice.just.fgov.be/doc/rech_f.htm.
+</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
@@ -202,51 +190,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:L33"/>
+  <dimension ref="A1:M32"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
@@ -259,563 +247,600 @@
       </c>
       <c r="D4" s="1" t="n">
         <v>2006</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>2008</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>2010</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>2012</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>2014</v>
       </c>
       <c r="I4" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="J4" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="K4" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="L4" s="1"/>
+      <c r="L4" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="M4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="n">
         <v>67.73</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>71.14</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>68.89</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>69.01</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>70.74</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>65.15</v>
       </c>
       <c r="H5" s="1" t="n">
         <v>68.01</v>
       </c>
       <c r="I5" s="1" t="n">
         <v>67.79</v>
       </c>
       <c r="J5" s="1" t="n">
         <v>68.19</v>
       </c>
       <c r="K5" s="1" t="n">
         <v>68.31</v>
       </c>
-      <c r="L5" s="1"/>
+      <c r="L5" s="1" t="n">
+        <v>66.63</v>
+      </c>
+      <c r="M5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="1" t="n">
         <v>59.94</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>52.51</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>56.12</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>56.26</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>60.19</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>58.02</v>
       </c>
       <c r="H6" s="1" t="n">
         <v>55.39</v>
       </c>
       <c r="I6" s="1" t="n">
         <v>59.54</v>
       </c>
       <c r="J6" s="1" t="n">
         <v>59.45</v>
       </c>
       <c r="K6" s="1" t="n">
         <v>47.92</v>
       </c>
-      <c r="L6" s="1"/>
+      <c r="L6" s="1" t="n">
+        <v>58.48</v>
+      </c>
+      <c r="M6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="1" t="n">
         <v>66.64</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>67</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>66.19</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>67.78</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>65.27</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>67.23</v>
       </c>
       <c r="H7" s="1" t="n">
         <v>65.17</v>
       </c>
       <c r="I7" s="1" t="n">
         <v>69.76</v>
       </c>
       <c r="J7" s="1" t="n">
         <v>67.73</v>
       </c>
       <c r="K7" s="1" t="n">
         <v>67.82</v>
       </c>
-      <c r="L7" s="1"/>
+      <c r="L7" s="1" t="n">
+        <v>71.75</v>
+      </c>
+      <c r="M7" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="1" t="n">
         <v>71.85</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>73.55</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>77.88</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>76.87</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>75.22</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>76.73</v>
       </c>
       <c r="H8" s="1" t="n">
         <v>73.91</v>
       </c>
       <c r="I8" s="1" t="n">
         <v>79.02</v>
       </c>
       <c r="J8" s="1" t="n">
         <v>74.91</v>
       </c>
       <c r="K8" s="1" t="n">
         <v>73.23</v>
       </c>
-      <c r="L8" s="1"/>
+      <c r="L8" s="1" t="n">
+        <v>75.17</v>
+      </c>
+      <c r="M8" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="0"/>
       <c r="B9" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="0" t="s">
         <v>7</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="0" t="s">
+      <c r="A11" s="0"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="0" t="s">
         <v>8</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A12" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0" t="s">
-        <v>9</v>
+        <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A15" s="0"/>
+      <c r="B15" s="1" t="n">
+        <v>2002</v>
+      </c>
+      <c r="C15" s="1" t="n">
+        <v>2004</v>
+      </c>
+      <c r="D15" s="1" t="n">
+        <v>2006</v>
+      </c>
+      <c r="E15" s="1" t="n">
+        <v>2008</v>
+      </c>
+      <c r="F15" s="1" t="n">
+        <v>2010</v>
+      </c>
+      <c r="G15" s="1" t="n">
+        <v>2012</v>
+      </c>
+      <c r="H15" s="1" t="n">
+        <v>2014</v>
+      </c>
+      <c r="I15" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="J15" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="K15" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="L15" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="M15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="0"/>
+      <c r="A16" s="0" t="s">
+        <v>9</v>
+      </c>
       <c r="B16" s="1" t="n">
-        <v>2002</v>
+        <v>67.8</v>
       </c>
       <c r="C16" s="1" t="n">
-        <v>2004</v>
+        <v>71.32</v>
       </c>
       <c r="D16" s="1" t="n">
-        <v>2006</v>
+        <v>69.44</v>
       </c>
       <c r="E16" s="1" t="n">
-        <v>2008</v>
+        <v>67.42</v>
       </c>
       <c r="F16" s="1" t="n">
-        <v>2010</v>
+        <v>70.22</v>
       </c>
       <c r="G16" s="1" t="n">
-        <v>2012</v>
+        <v>66.32</v>
       </c>
       <c r="H16" s="1" t="n">
-        <v>2014</v>
+        <v>67.83</v>
       </c>
       <c r="I16" s="1" t="n">
-        <v>2016</v>
+        <v>68.96</v>
       </c>
       <c r="J16" s="1" t="n">
-        <v>2018</v>
+        <v>68.46</v>
       </c>
       <c r="K16" s="1" t="n">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="L16" s="1"/>
+        <v>68.9</v>
+      </c>
+      <c r="L16" s="1" t="n">
+        <v>66.55</v>
+      </c>
+      <c r="M16" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="1" t="n">
-        <v>67.8</v>
+        <v>67.55</v>
       </c>
       <c r="C17" s="1" t="n">
-        <v>71.32</v>
+        <v>70.94</v>
       </c>
       <c r="D17" s="1" t="n">
-        <v>69.44</v>
+        <v>68.3</v>
       </c>
       <c r="E17" s="1" t="n">
-        <v>67.42</v>
+        <v>70.7</v>
       </c>
       <c r="F17" s="1" t="n">
-        <v>70.22</v>
+        <v>71.3</v>
       </c>
       <c r="G17" s="1" t="n">
-        <v>66.32</v>
+        <v>63.89</v>
       </c>
       <c r="H17" s="1" t="n">
-        <v>67.83</v>
+        <v>68.2</v>
       </c>
       <c r="I17" s="1" t="n">
-        <v>68.96</v>
+        <v>66.56</v>
       </c>
       <c r="J17" s="1" t="n">
-        <v>68.46</v>
+        <v>67.91</v>
       </c>
       <c r="K17" s="1" t="n">
-        <v>68.9</v>
-[...1 lines deleted...]
-      <c r="L17" s="1"/>
+        <v>67.71</v>
+      </c>
+      <c r="L17" s="1" t="n">
+        <v>66.71</v>
+      </c>
+      <c r="M17" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="0" t="s">
+      <c r="A18" s="0"/>
+      <c r="B18" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="0" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="0"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="0" t="s">
         <v>11</v>
       </c>
-      <c r="B18" s="1" t="n">
-[...41 lines deleted...]
-      <c r="A21" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="0" t="s">
-        <v>13</v>
+        <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0" t="s">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A24" s="0"/>
+      <c r="B24" s="1" t="n">
+        <v>2010</v>
+      </c>
+      <c r="C24" s="1" t="n">
+        <v>2012</v>
+      </c>
+      <c r="D24" s="1" t="n">
+        <v>2014</v>
+      </c>
+      <c r="E24" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="F24" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="G24" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="H24" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="I24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="0"/>
+      <c r="A25" s="0" t="s">
+        <v>12</v>
+      </c>
       <c r="B25" s="1" t="n">
-        <v>2010</v>
+        <v>65.15</v>
       </c>
       <c r="C25" s="1" t="n">
-        <v>2012</v>
+        <v>66.17</v>
       </c>
       <c r="D25" s="1" t="n">
-        <v>2014</v>
+        <v>66.79</v>
       </c>
       <c r="E25" s="1" t="n">
-        <v>2016</v>
+        <v>64.87</v>
       </c>
       <c r="F25" s="1" t="n">
-        <v>2018</v>
+        <v>68.35</v>
       </c>
       <c r="G25" s="1" t="n">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="H25" s="1"/>
+        <v>62.95</v>
+      </c>
+      <c r="H25" s="1" t="n">
+        <v>59.85</v>
+      </c>
+      <c r="I25" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B26" s="1" t="n">
-        <v>65.15</v>
+        <v>71.19</v>
       </c>
       <c r="C26" s="1" t="n">
-        <v>66.17</v>
+        <v>63.96</v>
       </c>
       <c r="D26" s="1" t="n">
-        <v>66.79</v>
+        <v>64.86</v>
       </c>
       <c r="E26" s="1" t="n">
-        <v>64.87</v>
+        <v>62.23</v>
       </c>
       <c r="F26" s="1" t="n">
-        <v>68.35</v>
+        <v>66.75</v>
       </c>
       <c r="G26" s="1" t="n">
-        <v>62.95</v>
-[...1 lines deleted...]
-      <c r="H26" s="1"/>
+        <v>70.58</v>
+      </c>
+      <c r="H26" s="1" t="n">
+        <v>60.54</v>
+      </c>
+      <c r="I26" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B27" s="1" t="n">
-        <v>71.19</v>
+        <v>67.86</v>
       </c>
       <c r="C27" s="1" t="n">
-        <v>63.96</v>
+        <v>63.56</v>
       </c>
       <c r="D27" s="1" t="n">
-        <v>64.86</v>
+        <v>65.81</v>
       </c>
       <c r="E27" s="1" t="n">
-        <v>62.23</v>
+        <v>62.37</v>
       </c>
       <c r="F27" s="1" t="n">
-        <v>66.75</v>
+        <v>63.61</v>
       </c>
       <c r="G27" s="1" t="n">
-        <v>70.58</v>
-[...1 lines deleted...]
-      <c r="H27" s="1"/>
+        <v>64.87</v>
+      </c>
+      <c r="H27" s="1" t="n">
+        <v>59.59</v>
+      </c>
+      <c r="I27" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B28" s="1" t="n">
-        <v>67.86</v>
+        <v>69.96</v>
       </c>
       <c r="C28" s="1" t="n">
-        <v>63.56</v>
+        <v>67.72</v>
       </c>
       <c r="D28" s="1" t="n">
-        <v>65.81</v>
+        <v>67.14</v>
       </c>
       <c r="E28" s="1" t="n">
-        <v>62.37</v>
+        <v>73.16</v>
       </c>
       <c r="F28" s="1" t="n">
-        <v>63.61</v>
+        <v>70.02</v>
       </c>
       <c r="G28" s="1" t="n">
-        <v>64.87</v>
-[...1 lines deleted...]
-      <c r="H28" s="1"/>
+        <v>68</v>
+      </c>
+      <c r="H28" s="1" t="n">
+        <v>74.27</v>
+      </c>
+      <c r="I28" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B29" s="1" t="n">
-        <v>69.96</v>
+        <v>74.46</v>
       </c>
       <c r="C29" s="1" t="n">
-        <v>67.72</v>
+        <v>64.45</v>
       </c>
       <c r="D29" s="1" t="n">
-        <v>67.14</v>
+        <v>65.96</v>
       </c>
       <c r="E29" s="1" t="n">
-        <v>73.16</v>
+        <v>77.53</v>
       </c>
       <c r="F29" s="1" t="n">
-        <v>70.02</v>
+        <v>72.6</v>
       </c>
       <c r="G29" s="1" t="n">
-        <v>68</v>
-[...1 lines deleted...]
-      <c r="H29" s="1"/>
+        <v>72.76</v>
+      </c>
+      <c r="H29" s="1" t="n">
+        <v>73.34</v>
+      </c>
+      <c r="I29" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="0" t="s">
-[...20 lines deleted...]
-      <c r="H30" s="1"/>
+      <c r="A30" s="0"/>
+      <c r="B30" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="0"/>
-      <c r="B31" s="1"/>
+      <c r="A31" s="0" t="s">
+        <v>7</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="0" t="s">
-[...4 lines deleted...]
-      <c r="A33" s="0"/>
+      <c r="A32" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="B1" s="0" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>cic bfp</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>