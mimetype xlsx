--- v0 (2025-10-03)
+++ v1 (2026-02-23)
@@ -27,80 +27,72 @@
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G16_CPI" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
   <si>
     <t>Corruption perceptions index - Belgium and international comparison</t>
   </si>
   <si>
     <t>score 0-100</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>EU27</t>
   </si>
   <si>
-    <t>Transparency international; Eurostat (2024), Corruption Perceptions Index [sdg_16_50], https://ec.europa.eu/eurostat (consulted on 03/09/2024).</t>
+    <t>Source: Eurostat (2025), Corruption Perceptions Index , sdg_16_50, https://ec.europa.eu/eurostat, last update of data 25/04/2025 23:00 (consulted on 30/06/2025).</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G16_CPI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Corruption perceptions index (i79)</t>
+    <t>Corruption perceptions index (i80)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Definition: the corruption perceptions index measures to what extent a country’s public sector is perceived as corrupt on a scale of 0 (very corrupt) to 100 (corruption-free). It is a composite indicator based on questionnaires on and assessments of corruption by 13 different experts of which an average is calculated. The data come from Transparency International and are published by Eurostat.
 Goal: the corruption perceptions index must increase, which means that corruption decreases.
 The Sustainable Development Goals or SDGs adopted by the UN in 2015 include target 16.5: “Substantially reduce corruption and bribery in all its forms”.
-International comparison: the relation with the EU for this indicator over the 2012-2023 period is retained. The corruption perceptions index is higher in Belgium (ranked 16th out of 180 countries) than in the EU over the whole period. Yet over time, the difference narrowed, from 12 to nine points on a scale up to 100, due both to a decrease in the score for Belgium and a slight increase in the score for the EU. When Member States are divided into three groups, Belgium is part of the group that performs best in 2023. In that year, Denmark ranked first with 90 and Hungary last with 42.
-[...7 lines deleted...]
-</t>
+UN indicator: the selected indicator does not correspond to any monitoring indicator for the SDGs but is related to target 16.5. The Transparency International indicator is an indicator used to monitor the evolution of corruption on a global scale.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
@@ -157,51 +149,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:N8"/>
+  <dimension ref="A1:O8"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
         <v>2012</v>
       </c>
       <c r="C3" s="1" t="n">
@@ -215,135 +207,144 @@
       </c>
       <c r="F3" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="H3" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="I3" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="J3" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="K3" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="L3" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="M3" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="N3" s="1"/>
+      <c r="N3" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="O3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="1" t="n">
         <v>75</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>75</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>76</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>77</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>77</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>75</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>75</v>
       </c>
       <c r="I4" s="1" t="n">
         <v>75</v>
       </c>
       <c r="J4" s="1" t="n">
         <v>76</v>
       </c>
       <c r="K4" s="1" t="n">
         <v>73</v>
       </c>
       <c r="L4" s="1" t="n">
         <v>73</v>
       </c>
       <c r="M4" s="1" t="n">
         <v>73</v>
       </c>
-      <c r="N4" s="1"/>
+      <c r="N4" s="1" t="n">
+        <v>69</v>
+      </c>
+      <c r="O4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="n">
         <v>63</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>63</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>64</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>65</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>64</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>64</v>
       </c>
       <c r="H5" s="1" t="n">
         <v>64</v>
       </c>
       <c r="I5" s="1" t="n">
         <v>64</v>
       </c>
       <c r="J5" s="1" t="n">
         <v>64</v>
       </c>
       <c r="K5" s="1" t="n">
         <v>64</v>
       </c>
       <c r="L5" s="1" t="n">
         <v>64</v>
       </c>
       <c r="M5" s="1" t="n">
         <v>64</v>
       </c>
-      <c r="N5" s="1"/>
+      <c r="N5" s="1" t="n">
+        <v>62</v>
+      </c>
+      <c r="O5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0"/>
       <c r="B6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>