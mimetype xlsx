--- v0 (2025-10-31)
+++ v1 (2026-03-24)
@@ -24,99 +24,92 @@
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G15_FSC" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="14">
   <si>
     <t>Forests with FSC or PEFC label - Belgium</t>
   </si>
   <si>
     <t>percentage of forest area</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
-    <t>PEFC (2024), Direct communication 3/9/2024; FSC (2024), Direct communication 3/9/2024 and Statbel (2024), Utilisation du sol par commune et région, la Belqique (1834-2022), https://statbel.fgov.be/ (consulted on 16/9/2024)</t>
+    <t>Source: PEFC (2025), Direct communication 11/9/2025; FSC (2025), Direct communication 11/9/2025 and Statbel (2025), Utilisation du sol par commune et région, la Belqique (1834-2024), https://statbel.fgov.be/ (consulted on 19/9/2025)</t>
   </si>
   <si>
     <t>Forests with FSC or PEFC label by region - Belgium</t>
   </si>
   <si>
     <t>Brussels-Capital Region</t>
   </si>
   <si>
     <t>Flemish Region</t>
   </si>
   <si>
     <t>Walloon Region</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G15_FSC</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Forests with FSC or PEFC label (i72)</t>
+    <t>Forests with FSC or PEFC label (i73)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Definition: this indicator shows the proportion of forest area with an FSC label (Forest Stewardship Council) or a PEFC label (Programme for the Endorsement of Forest Certification Schemes) in the total forest area of the Belgian territory. These forest certifications and their evaluation are based on defined principles and criteria and compliance is verified by independent certifications organisms, which guarantees the compliance with this standard. The forest area includes all types of forests as well as the other wooded areas. This indicator is calculated by the FPB on the basis of data from the Forest Stewardship Council, the Programme for the Endorsement of Forest Certification Schemes and Statistics Belgium.
+The following breakdown is available for this indicator: region.
 Goal: the forest area with FSC or PEFC label must increase.
 The Sustainable Development Goals or SDGs adopted by the UN in 2015 include target 15.2: “By 2020, promote the implementation of sustainable management of all types of forests, halt deforestation, restore degraded forests and substantially increase afforestation and reforestation globally”.
 The Conference of the Parties of the UN Convention on Biological Diversity of December 2022 has adopted new goals, among which "Ensure that areas under agriculture, aquaculture, fisheries and forestry are managed sustainably " (target 10, CBD, 2022).
 The Federal Long-Term Strategic Vision for Sustainable Development contains objective 37: “The goods and services provided by ecosystems will be restored, valorised and used prudently and sustainably, contributing directly to the maintenance of biodiversity (Belgian Official Gazette, 08/10/2013).
 The National Biodiversity Strategy 2020 also states as operational objective 4f.1: “Promote the conservation of forest biodiversity through independent credible forest certification systems that provide a guarantee for sustainable forest management” (National Focal Point to the Convention on Biological Diversity, 2013).
-International comparison: no comparison can be made, since there are insufficient data available on the Eurostat website.
 UN indicator: the selected indicator corresponds to indicator 15.2.1 - Progress towards sustainable forest management.
 Sources
-General
-[...5 lines deleted...]
-Belgian Official Gazette: http://www.ejustice.just.fgov.be/cgi/welcome.pl; research on http://www.ejustice.just.fgov.be/doc/rech_f.htm (consulted on 24/09/2020).
+Belgian Official Gazette: http://www.ejustice.just.fgov.be/cgi/welcome.pl; research on http://www.ejustice.just.fgov.be/doc/rech_f.htm.
 CBD (2022), Kunming-Montreal Global biodiversity framework, CBD/COP/15/L.25.
-Point focal national belge pour la Convention sur la Diversité biologique (2013), Biodiversité 2020 – Actualisation de la Stratégie nationale de la Belgique, Institut royal des Sciences naturelles de Belgique, Bruxelles, http://www.biodiv.be/implementation/docs/stratactplan/biodiversity-strategy-2020 (consulté le 24/09/2020).
-More information is available in French and Dutch.
+Point focal national belge pour la Convention sur la Diversité biologique (2013), Biodiversité 2020 – Actualisation de la Stratégie nationale de la Belgique, Institut royal des Sciences naturelles de Belgique, Bruxelles, https://www.cbd.int/doc/world/be/be-nbsap-v2-fr.pdf (consulté le 19/09/2025).
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -174,51 +167,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:N16"/>
+  <dimension ref="A1:O16"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
         <v>2012</v>
       </c>
       <c r="C3" s="1" t="n">
@@ -232,93 +225,99 @@
       </c>
       <c r="F3" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="H3" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="I3" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="J3" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="K3" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="L3" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="M3" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="N3" s="1"/>
+      <c r="N3" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="O3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="1" t="n">
         <v>51.7973419</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>52.4415203</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>51.44030475</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>52.92580749</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>53.19526226</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>53.46417906</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>54.0847729</v>
       </c>
       <c r="I4" s="1" t="n">
         <v>54.79026919</v>
       </c>
       <c r="J4" s="1" t="n">
         <v>56.79830247</v>
       </c>
       <c r="K4" s="1" t="n">
         <v>53.65770772</v>
       </c>
       <c r="L4" s="1" t="n">
         <v>52.43819916</v>
       </c>
       <c r="M4" s="1" t="n">
         <v>54.56677752</v>
       </c>
-      <c r="N4" s="1"/>
+      <c r="N4" s="1" t="n">
+        <v>53.31938773</v>
+      </c>
+      <c r="O4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0"/>
       <c r="B5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="0"/>
@@ -336,177 +335,189 @@
       </c>
       <c r="F10" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="G10" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="H10" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="I10" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="J10" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="K10" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="L10" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="M10" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="N10" s="1"/>
+      <c r="N10" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="O10" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B11" s="1" t="n">
         <v>89.82133189</v>
       </c>
       <c r="C11" s="1" t="n">
         <v>89.82133189</v>
       </c>
       <c r="D11" s="1" t="n">
         <v>89.86998917</v>
       </c>
       <c r="E11" s="1" t="n">
         <v>89.96746204</v>
       </c>
       <c r="F11" s="1" t="n">
         <v>89.96746204</v>
       </c>
       <c r="G11" s="1" t="n">
         <v>90.01627781</v>
       </c>
       <c r="H11" s="1" t="n">
         <v>90.01627781</v>
       </c>
       <c r="I11" s="1" t="n">
         <v>90.01627781</v>
       </c>
       <c r="J11" s="1" t="n">
         <v>90.11406844</v>
       </c>
       <c r="K11" s="1" t="n">
         <v>90.11406844</v>
       </c>
       <c r="L11" s="1" t="n">
         <v>90.11406844</v>
       </c>
       <c r="M11" s="1" t="n">
         <v>88.7017925</v>
       </c>
-      <c r="N11" s="1"/>
+      <c r="N11" s="1" t="n">
+        <v>90.11406844</v>
+      </c>
+      <c r="O11" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="1" t="n">
         <v>17.20855951</v>
       </c>
       <c r="C12" s="1" t="n">
         <v>18.69082117</v>
       </c>
       <c r="D12" s="1" t="n">
         <v>19.94791426</v>
       </c>
       <c r="E12" s="1" t="n">
         <v>19.96321627</v>
       </c>
       <c r="F12" s="1" t="n">
         <v>19.98408689</v>
       </c>
       <c r="G12" s="1" t="n">
         <v>20.66735518</v>
       </c>
       <c r="H12" s="1" t="n">
         <v>22.5815303</v>
       </c>
       <c r="I12" s="1" t="n">
         <v>25.18859039</v>
       </c>
       <c r="J12" s="1" t="n">
         <v>25.41695331</v>
       </c>
       <c r="K12" s="1" t="n">
         <v>25.44202494</v>
       </c>
       <c r="L12" s="1" t="n">
         <v>25.47711346</v>
       </c>
       <c r="M12" s="1" t="n">
         <v>27.16434062</v>
       </c>
-      <c r="N12" s="1"/>
+      <c r="N12" s="1" t="n">
+        <v>28.27115668</v>
+      </c>
+      <c r="O12" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="1" t="n">
         <v>59.22128168</v>
       </c>
       <c r="C13" s="1" t="n">
         <v>59.68766661</v>
       </c>
       <c r="D13" s="1" t="n">
         <v>58.18298201</v>
       </c>
       <c r="E13" s="1" t="n">
         <v>59.99200115</v>
       </c>
       <c r="F13" s="1" t="n">
         <v>60.30781472</v>
       </c>
       <c r="G13" s="1" t="n">
         <v>60.48246113</v>
       </c>
       <c r="H13" s="1" t="n">
         <v>60.83628175</v>
       </c>
       <c r="I13" s="1" t="n">
         <v>61.1440739</v>
       </c>
       <c r="J13" s="1" t="n">
         <v>63.49702929</v>
       </c>
       <c r="K13" s="1" t="n">
         <v>59.65185964</v>
       </c>
       <c r="L13" s="1" t="n">
         <v>58.17404761</v>
       </c>
       <c r="M13" s="1" t="n">
         <v>60.14184506</v>
       </c>
-      <c r="N13" s="1"/>
+      <c r="N13" s="1" t="n">
+        <v>58.60887193</v>
+      </c>
+      <c r="O13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0"/>
       <c r="B14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>