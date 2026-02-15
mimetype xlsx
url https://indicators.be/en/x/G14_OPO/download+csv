--- v0 (2025-10-16)
+++ v1 (2026-02-15)
@@ -13,106 +13,101 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G14_OPO" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="14">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="15">
   <si>
     <t>Oil pollution - Belgium - trend assessment</t>
   </si>
   <si>
     <t>number per 100 flight hours</t>
   </si>
   <si>
     <t>observations</t>
   </si>
   <si>
     <t>trend and extrapolation (November 2024)</t>
   </si>
   <si>
-    <t>objective </t>
-[...2 lines deleted...]
-    <t>MUMM (2024), Direct communication 30/08/2024, data collected Scientific Service Management Unit of the Mathematical Model of the North Sea, https://odnature.naturalsciences.be/mumm/en/.</t>
+    <t>objective</t>
+  </si>
+  <si>
+    <t>Source: MUMM (2024), Direct communication 30/08/2024, data collected Scientific Service Management Unit of the Mathematical Model of the North Sea, https://odnature.naturalsciences.be/mumm/en/.</t>
   </si>
   <si>
     <t>Oil pollution - Belgium</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
+    <t>Source: MUMM (2025), Direct communication 20/08/2025, data collected by the Scientific Service Management Unit of the Mathematical Model of the North Sea, https://odnature.naturalsciences.be/mumm/en/.</t>
+  </si>
+  <si>
     <t>Code</t>
   </si>
   <si>
     <t>G14_OPO</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Oil pollution (i68)</t>
+    <t>Oil pollution (i69)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Definition: the annual number of observations of operational oil pollution made by aircraft per 100 flight hours in Belgian and surrounding waters is the ratio of the number of illegal operational discharges by vessels at sea and along the coasts of the Belgian North Sea region to the number of flight hours of the control aircraft. The data come from the Management Unit of the Mathematical Model of the North Sea.
 Goal: the number of operational oil pollution incidents must be reduced to zero.
 The Sustainable Development Goals or SDGs adopted by the UN in 2015 include target 14.1: “By 2025, prevent and significantly reduce marine pollution of all kinds, in particular from land-based activities, including marine debris and nutrient pollution”.
 Annex I to the International Convention for the Prevention of Pollution from Ships, adopted by the International Maritime Organization, on the prevention of pollution by oil, states that the North Sea has been a 'special area' since 1999. Special areas are sea areas in which, for technical reasons relating to their oceanographical and ecological condition and to their sea traffic, the adoption of special mandatory methods for the prevention of sea pollution is required (IMO, 2019). Therefore, there should be no longer any deliberate oil discharges.
-International comparison: no comparison can be made, since there are insufficient data available on the Eurostat website.
 UN indicator: the selected indicator does not correspond to any monitoring indicator for the SDGs but is related to target 14.1 since oil pollution is a form of marine pollution.
 Sources
-General
-[...6 lines deleted...]
-More information is available in French and Dutch.
+IMO (2019), Special areas under MARPOL, https://www.imo.org/en/ourwork/environment/pages/special-areas-marpol.aspx consulted on 22/08/2025).
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -170,51 +165,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:AI16"/>
+  <dimension ref="A1:AJ16"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
         <v>2000</v>
       </c>
       <c r="C3" s="1" t="n">
@@ -363,52 +358,52 @@
       </c>
       <c r="R4" s="1" t="n">
         <v>1.248266297</v>
       </c>
       <c r="S4" s="1" t="n">
         <v>1.071907101</v>
       </c>
       <c r="T4" s="1" t="n">
         <v>3.100775194</v>
       </c>
       <c r="U4" s="1" t="n">
         <v>0.5786032518</v>
       </c>
       <c r="V4" s="1" t="n">
         <v>1.556420233</v>
       </c>
       <c r="W4" s="1" t="n">
         <v>0</v>
       </c>
       <c r="X4" s="1" t="n">
         <v>1</v>
       </c>
       <c r="Y4" s="1" t="n">
         <v>1.94</v>
       </c>
-      <c r="Z4" s="1" t="s">
-        <f>=NA()</f>
+      <c r="Z4" s="1" t="n">
+        <v>0</v>
       </c>
       <c r="AA4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AB4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AC4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AD4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AE4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AF4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AG4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
@@ -707,51 +702,54 @@
       </c>
       <c r="AA12" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="AB12" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="AC12" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="AD12" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="AE12" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="AF12" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="AG12" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="AH12" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="AI12" s="1"/>
+      <c r="AI12" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="AJ12" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="1" t="n">
         <v>22.00647249</v>
       </c>
       <c r="C13" s="1" t="n">
         <v>29.84514313</v>
       </c>
       <c r="D13" s="1" t="n">
         <v>22.44224422</v>
       </c>
       <c r="E13" s="1" t="n">
         <v>29.60874163</v>
       </c>
       <c r="F13" s="1" t="n">
         <v>17.7589852</v>
       </c>
       <c r="G13" s="1" t="n">
         <v>15.93625498</v>
       </c>
       <c r="H13" s="1" t="n">
         <v>20.41447572</v>
@@ -812,112 +810,115 @@
       </c>
       <c r="AA13" s="1" t="n">
         <v>1.248266297</v>
       </c>
       <c r="AB13" s="1" t="n">
         <v>1.071907101</v>
       </c>
       <c r="AC13" s="1" t="n">
         <v>3.100775194</v>
       </c>
       <c r="AD13" s="1" t="n">
         <v>0.5786032518</v>
       </c>
       <c r="AE13" s="1" t="n">
         <v>1.556420233</v>
       </c>
       <c r="AF13" s="1" t="n">
         <v>0</v>
       </c>
       <c r="AG13" s="1" t="n">
         <v>1</v>
       </c>
       <c r="AH13" s="1" t="n">
         <v>1.94</v>
       </c>
-      <c r="AI13" s="1"/>
+      <c r="AI13" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AJ13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0"/>
       <c r="B14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B1" s="0" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>cic bfp</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>