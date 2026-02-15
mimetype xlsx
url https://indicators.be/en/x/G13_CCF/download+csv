--- v0 (2025-11-03)
+++ v1 (2026-02-15)
@@ -13,113 +13,109 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G13_CCF" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="17" uniqueCount="15">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="17" uniqueCount="16">
   <si>
     <t>Contribution to international climate finance - Belgium</t>
   </si>
   <si>
     <t>million euros</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
-    <t>National Climate Commission (2024), Report on financial and technology support provided to developing country, https://www.cnc-nkc.be/en/reports (corrected version consulted on 10/03/2025).</t>
+    <t>Source: Calculations FPB based on National Climate Commission (2025), Report on financial and technology support provided to developing country, https://www.cnc-nkc.be/en/reports (consulted on 9/10/2025).</t>
   </si>
   <si>
     <t>Contribution to international climate finance by region - Belgium</t>
   </si>
   <si>
     <t>Brussels-Capital Region</t>
   </si>
   <si>
     <t>Flemish Region</t>
   </si>
   <si>
     <t>Walloon Region</t>
   </si>
   <si>
     <t>Federal State</t>
   </si>
   <si>
+    <t>Source: Calculations FPB based on  National Climate Commission (2025), Report on financial and technology support provided to developing country, https://www.cnc-nkc.be/en/reports (consulted on 9/10/2025).</t>
+  </si>
+  <si>
     <t>Code</t>
   </si>
   <si>
     <t>G13_CCF</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Contribution to international climate finance (i67)</t>
+    <t>Contribution to international climate finance (i68)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Definition: this indicator measures Belgium's public contribution to the green climate fund, as decided in the negotiations under the United Nations Framework Convention on Climate Change (UNFCCC). This type of financing aims to support developing countries in their fight against climate change and its effects. This indicator only includes Belgium’s public contributions from the federal and regional budgets. The data come from the National Climate Commission, that publishes the data on its own website and on the EIONET website of the European Environment Agency (EIONET, Greenhouse gas Monitoring Mechanism Regulation, Art. 16 - Financial and technology support provided to developing countries).
+The following breakdown is available for this indicator: region.
 Goal: the Belgian contribution to the green climate fund must increase year after year until 2020 and not decline thereafter.
 The Sustainable Development Goals or SDGs adopted by the UN in 2015 include target 13.a: "Implement the commitment undertaken by developed country Parties to the UNFCCC to a goal of mobilizing jointly USD100 billion annually by 2020 from all sources to address the needs of developing countries in the context of meaningful mitigation actions and transparency on implementation and fully operationalize the Green Climate Fund through its capitalization as soon as possible".
 At the 15th Conference of the Parties in Copenhagen in 2009, industrialised countries pledged to jointly provide 100 billion US dollars per year as from 2020 to help developing countries fight climate change and its effects. The industrialised countries also made commitments to gradually increase their contribution between 2010 and 2020.
 The target breakdown among countries was not negotiated. There is thus no recognised criterion for assigning a goal to Belgium. Nevertheless, in the Belgian political agreement on burden sharing of 4 December 2015, Belgium pledged itself to an annual financing of 50 million euros until 2020 (National Climate Commission, 2015). The financing is shared among the federal state (25 million) and the regions (14.5, 8.25 and 2.25 million euros respectively for the Flemish, Walloon and Brussels-Capital Regions).
 The aim is to contribute equitably to the joint annual raising of 100 billion US dollars by 2020. To contribute to this commitment, developed countries must increase, year by year, their financing to reach 100 billion by 2020 since this annual flow has not yet been achieved (UNFCCC, 2013 and 2018). The aim is therefore to increase the Belgian contribution year by year until 2020 to provide a fair Belgian contribution to the common objective of 100 billion US dollars.
-International comparison: this indicator is not relevant for international comparison because country contributions are recorded very differently. The contribution of Belgium is mainly composed of donations, while, for many others, it mainly consists of loans.
 UN Indicator: the selected indicator corresponds to indicator 13.a.1 - Mobilised amount of US dollars per year starting in 2020 accountable towards the $100 billion commitment.
 Sources
-General
-[...6 lines deleted...]
-UNFCCC (2013), Long term climate finance, Decision 3/CP.19, www.unfccc.int
+National Climate Commission (2015), Accord politique sur le Burden-Sharing intra-belge, https://www.cnc-nkc.be/fr/cadre-legal/accords-de-cooperation-protocole-etc (consulted on 10/12/2025).
+UNFCCC (2013), Long term climate finance, Decision 3/CP.19, www.unfccc.int.
 UNFCCC (2018), Report of the Conference of the Parties on its twenty-fourth session, held in Katowice from 2 to 15December (Document FCCC/CP/2018/10/Add.1, decision 3/CP.24), www.unfccc.int.
-More information is available in French and Dutch.
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -177,51 +173,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:M17"/>
+  <dimension ref="A1:N17"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
         <v>2013</v>
       </c>
       <c r="C3" s="1" t="n">
@@ -232,321 +228,342 @@
       </c>
       <c r="E3" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="H3" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="I3" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="J3" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="K3" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="L3" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="M3" s="1"/>
+      <c r="M3" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="N3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="1" t="n">
         <v>63.220259</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>95.4017535</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>46.82464365</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>100.9154815</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>104.9243832</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>80.683</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>99.71411602</v>
       </c>
       <c r="I4" s="1" t="n">
         <v>108.346872</v>
       </c>
       <c r="J4" s="1" t="n">
         <v>124.899436</v>
       </c>
       <c r="K4" s="1" t="n">
         <v>153.994775</v>
       </c>
       <c r="L4" s="1" t="n">
         <v>247.9693175</v>
       </c>
-      <c r="M4" s="1"/>
+      <c r="M4" s="1" t="n">
+        <v>287.114946</v>
+      </c>
+      <c r="N4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0"/>
       <c r="B5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="0"/>
       <c r="B10" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="C10" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="D10" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="E10" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="F10" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="G10" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="H10" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="I10" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="J10" s="1"/>
+      <c r="J10" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="K10" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B11" s="1" t="n">
         <v>5.367</v>
       </c>
       <c r="C11" s="1" t="n">
         <v>1.056</v>
       </c>
       <c r="D11" s="1" t="n">
         <v>1.667</v>
       </c>
       <c r="E11" s="1" t="n">
         <v>1.156</v>
       </c>
       <c r="F11" s="1" t="n">
         <v>2.080622</v>
       </c>
       <c r="G11" s="1" t="n">
         <v>2.753294</v>
       </c>
       <c r="H11" s="1" t="n">
         <v>2.75</v>
       </c>
       <c r="I11" s="1" t="n">
         <v>3.00000025</v>
       </c>
-      <c r="J11" s="1"/>
+      <c r="J11" s="1" t="n">
+        <v>3.000001</v>
+      </c>
+      <c r="K11" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="1" t="n">
         <v>18.952</v>
       </c>
       <c r="C12" s="1" t="n">
         <v>5.691</v>
       </c>
       <c r="D12" s="1" t="n">
         <v>5.964</v>
       </c>
       <c r="E12" s="1" t="n">
         <v>15.48</v>
       </c>
       <c r="F12" s="1" t="n">
         <v>26.599334</v>
       </c>
       <c r="G12" s="1" t="n">
         <v>12.74977</v>
       </c>
       <c r="H12" s="1" t="n">
         <v>5.849142</v>
       </c>
       <c r="I12" s="1" t="n">
         <v>12.509029</v>
       </c>
-      <c r="J12" s="1"/>
+      <c r="J12" s="1" t="n">
+        <v>19.44303</v>
+      </c>
+      <c r="K12" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="1" t="n">
         <v>9.294</v>
       </c>
       <c r="C13" s="1" t="n">
         <v>9.399</v>
       </c>
       <c r="D13" s="1" t="n">
         <v>8.841</v>
       </c>
       <c r="E13" s="1" t="n">
         <v>9.545</v>
       </c>
       <c r="F13" s="1" t="n">
         <v>9.503835</v>
       </c>
       <c r="G13" s="1" t="n">
         <v>9.547731</v>
       </c>
       <c r="H13" s="1" t="n">
         <v>14.502928</v>
       </c>
       <c r="I13" s="1" t="n">
         <v>16.4249632</v>
       </c>
-      <c r="J13" s="1"/>
+      <c r="J13" s="1" t="n">
+        <v>13.8579</v>
+      </c>
+      <c r="K13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="1" t="n">
         <v>67.302</v>
       </c>
       <c r="C14" s="1" t="n">
         <v>88.778</v>
       </c>
       <c r="D14" s="1" t="n">
         <v>64.21</v>
       </c>
       <c r="E14" s="1" t="n">
         <v>73.533</v>
       </c>
       <c r="F14" s="1" t="n">
         <v>70.163082</v>
       </c>
       <c r="G14" s="1" t="n">
         <v>99.848641</v>
       </c>
       <c r="H14" s="1" t="n">
         <v>130.892705</v>
       </c>
       <c r="I14" s="1" t="n">
         <v>216.0353251</v>
       </c>
-      <c r="J14" s="1"/>
+      <c r="J14" s="1" t="n">
+        <v>250.814015</v>
+      </c>
+      <c r="K14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0"/>
       <c r="B15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0" t="s">
-        <v>3</v>
+        <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B1" s="0" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>cic bfp</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>