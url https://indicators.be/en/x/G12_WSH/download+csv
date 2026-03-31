--- v0 (2025-10-16)
+++ v1 (2026-03-31)
@@ -27,80 +27,72 @@
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G12_WSH" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
   <si>
     <t>Hazardous waste - Belgium and international comparison</t>
   </si>
   <si>
     <t>kilograms per capita</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>EU27</t>
   </si>
   <si>
-    <t>Eurostat (2022), Hazardous waste, env_wasgen, https://ec.europa.eu/eurostat (consulted on 26/10/2022).</t>
+    <t>Source: Statbel; Eurostat (2025), Hazardous waste, env_wasgen, https://ec.europa.eu/eurostat, last update of data 09/07/2025 23:00 (consulted on 19/09/2025).</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G12_WSH</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Hazardous waste (i60)</t>
+    <t>Hazardous waste (i61)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
-    <t>Definition: hazardous waste is waste that presents risks to health and/or the environment: flammable, explosive, irritating, toxic products... This waste is legally defined by type and industry. The quantity of hazardous waste is the quantity produced by all economic activities (NACE) and by households. The indicator is expressed in kilogrammes per capita. The data come from Eurostat.
+    <t>Definition: hazardous waste is waste that presents risks to health and/or the environment: flammable, explosive, irritating, toxic products... This waste is legally defined by type and industry. The quantity of hazardous waste is the quantity produced by all economic activities (NACE) and by households. The indicator is expressed in kilogrammes per capita. Statistics Belgium organises this data collection in Belgium and makes the results available, in particular to Eurostat. The data used here come from Eurostat, which publishes detailed and comparable results between EU Member States.
 Goal: the quantity of hazardous waste must be reduced.
 The Sustainable Development Goals adopted by the UN (SDGs) include target 12.4: "By 2020, achieve the environmentally sound management of chemicals and all wastes throughout their life cycle, in accordance with agreed international frameworks, and significantly reduce their release to air, water and soil in order to minimize their adverse impacts on human health and the environment".
-International comparison: the amount of municipal waste produced per capita decreases in Belgium, while it is stable in the EU27. Nevertheless, the amount produced in Belgium is above the European average throughout the 2004-2020 period. When Member States are divided into three groups, Belgium is part of the group with the poorest performance in 2020. In that year, Cyprus ranked first with 34 kg/inhabitant and Bulgaria last with 2,012 kg/inhabitant.
-[...7 lines deleted...]
-</t>
+UN indicator: the selected indicator corresponds to indicator 12.4.2 - Hazardous waste generated per capita and proportion of hazardous waste treated, by type of treatment.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
@@ -157,166 +149,175 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:K8"/>
+  <dimension ref="A1:L8"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
         <v>2004</v>
       </c>
       <c r="C3" s="1" t="n">
         <v>2006</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>2008</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>2010</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>2012</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>2014</v>
       </c>
       <c r="H3" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="I3" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="J3" s="1" t="n">
         <v>2020</v>
       </c>
-      <c r="K3" s="1"/>
+      <c r="K3" s="1" t="n">
+        <v>2022</v>
+      </c>
+      <c r="L3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="1" t="n">
         <v>499</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>383</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>553</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>438</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>251</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>264</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>336</v>
       </c>
       <c r="I4" s="1" t="n">
         <v>343</v>
       </c>
       <c r="J4" s="1" t="n">
         <v>342</v>
       </c>
-      <c r="K4" s="1"/>
+      <c r="K4" s="1" t="n">
+        <v>189</v>
+      </c>
+      <c r="L4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="n">
         <v>186</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>213</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>200</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>206</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>203</v>
       </c>
       <c r="G5" s="1" t="n">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="H5" s="1" t="n">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="I5" s="1" t="n">
-        <v>228</v>
+        <v>284</v>
       </c>
       <c r="J5" s="1" t="n">
-        <v>214</v>
-[...1 lines deleted...]
-      <c r="K5" s="1"/>
+        <v>251</v>
+      </c>
+      <c r="K5" s="1" t="n">
+        <v>266</v>
+      </c>
+      <c r="L5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0"/>
       <c r="B6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>