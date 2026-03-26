--- v0 (2025-10-08)
+++ v1 (2026-03-26)
@@ -21,86 +21,78 @@
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G12_CMU" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
   <si>
     <t>Circular material use - Belgium and international comparison</t>
   </si>
   <si>
     <t>percentage of overall material use</t>
   </si>
   <si>
-    <t>Belgium </t>
+    <t>Belgium</t>
   </si>
   <si>
     <t>EU27</t>
   </si>
   <si>
-    <t>Statbel; Eurostat (2024), Circular material use rate [cei_srm030], https://ec.europa.eu/eurostat (consulted on 26/8/2024).</t>
+    <t>Source: Statbel; Eurostat (2025), Circular material use rate [cei_srm030], https://ec.europa.eu/eurostat, last update of data 13/11/2024 23:00 (consulted on 01/07/2025).</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G12_CMU</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Circular material use (i63)</t>
+    <t>Circular material use (i64)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Definition: the share of material recycled and fed back into the economy in overall material use. The rate of circular material use, also known as circularity rate is defined as the ratio of the circular use of materials to the overall material use. The circular use of materials is approximated by the amount of waste recycled in domestic recovery plants (see indicator waste recycling), minus imported waste destined for recovery and plus exported waste destined for recovery abroad. The overall material use is measured by summing up the aggregate domestic material consumption and the circular use of materials. The data come from Eurostat.
 Goal: circular material use must increase.
 The Sustainable Development Goals or SDGs adopted by the UN in 2015 include target 12.5: “By 2030, substantially reduce waste generation through prevention, reduction, recycling and reuse”.
-International comparison: the circular material use in Belgium is above the European average and increased from 13,6% in 2010 to 22,2% in 2022, while it was stable in the EU27 (about 11,2%). In 2022, only the Netherlands perform better than Belgium. In that year, the Netherlands ranked first with 27,5% and Finland last with 0,6%.
-[...7 lines deleted...]
-</t>
+UN indicator: the selected indicator is linked to indicator 12.5.1 - National recycling rate, tons of material recycled.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
@@ -157,51 +149,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:O8"/>
+  <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
         <v>2010</v>
       </c>
       <c r="C3" s="1" t="n">
@@ -218,141 +210,150 @@
       </c>
       <c r="G3" s="1" t="n">
         <v>2015</v>
       </c>
       <c r="H3" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="I3" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="J3" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="K3" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="L3" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="M3" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="N3" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="O3" s="1"/>
+      <c r="O3" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="P3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="1" t="n">
-        <v>13.6</v>
+        <v>13.5</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>14.4</v>
       </c>
       <c r="D4" s="1" t="n">
-        <v>17.4</v>
+        <v>17.3</v>
       </c>
       <c r="E4" s="1" t="n">
-        <v>17.4</v>
+        <v>17.3</v>
       </c>
       <c r="F4" s="1" t="n">
+        <v>17.9</v>
+      </c>
+      <c r="G4" s="1" t="n">
         <v>18</v>
       </c>
-      <c r="G4" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="H4" s="1" t="n">
-        <v>18.2</v>
+        <v>18</v>
       </c>
       <c r="I4" s="1" t="n">
-        <v>19.1</v>
+        <v>19</v>
       </c>
       <c r="J4" s="1" t="n">
-        <v>20.8</v>
+        <v>20.6</v>
       </c>
       <c r="K4" s="1" t="n">
-        <v>20.7</v>
+        <v>20.5</v>
       </c>
       <c r="L4" s="1" t="n">
-        <v>23</v>
+        <v>22.9</v>
       </c>
       <c r="M4" s="1" t="n">
-        <v>23.7</v>
+        <v>21.4</v>
       </c>
       <c r="N4" s="1" t="n">
-        <v>22.2</v>
-[...1 lines deleted...]
-      <c r="O4" s="1"/>
+        <v>18.3</v>
+      </c>
+      <c r="O4" s="1" t="n">
+        <v>19.7</v>
+      </c>
+      <c r="P4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="n">
         <v>10.7</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>10.2</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>11</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>11.2</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>11.1</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>11.2</v>
       </c>
       <c r="H5" s="1" t="n">
         <v>11.4</v>
       </c>
       <c r="I5" s="1" t="n">
         <v>11.5</v>
       </c>
       <c r="J5" s="1" t="n">
         <v>11.6</v>
       </c>
       <c r="K5" s="1" t="n">
-        <v>11.3</v>
+        <v>11.2</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>11.6</v>
+        <v>11.2</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>11.4</v>
+        <v>11.1</v>
       </c>
       <c r="N5" s="1" t="n">
         <v>11.5</v>
       </c>
-      <c r="O5" s="1"/>
+      <c r="O5" s="1" t="n">
+        <v>11.8</v>
+      </c>
+      <c r="P5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0"/>
       <c r="B6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>