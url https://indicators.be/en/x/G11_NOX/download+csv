--- v0 (2025-10-16)
+++ v1 (2026-02-15)
@@ -24,136 +24,129 @@
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G11_NOX" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="31" uniqueCount="27">
   <si>
     <t>Nitrogen oxide emissions - Belgium - trend assessment</t>
   </si>
   <si>
     <t>thousand tonnes NO2</t>
   </si>
   <si>
     <t>observations</t>
   </si>
   <si>
-    <t>trend and extrapolation (November 2024)</t>
+    <t>trend and extrapolation (November 2025)</t>
   </si>
   <si>
     <t>objective 2030</t>
   </si>
   <si>
-    <t>IRCEL/CELINE (2024), Belgian submission to the convention LRTAP - March 15, 2024, http://cdr.eionet.europa.eu/be/un/clrtap (consulted on 30/09/2024); FPB calculations.</t>
+    <t>Source: IRCEL/CELINE (2025), Belgian submission to the convention LRTAP - March 15, 2025, http://cdr.eionet.europa.eu/be/un/clrtap (consulted on 19/09/2025); FPB calculations.</t>
   </si>
   <si>
     <t>Nitrogen oxide emissions - Belgium</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
-    <t>IRCEL/CELINE (2024), Belgian submission to the convention LRTAP - March 15, 2024, http://cdr.eionet.europa.eu/be/un/clrtap (consulted on 30/09/2024).</t>
+    <t>Source: IRCEL/CELINE (2025), Belgian submission to the convention LRTAP - February 15, 2025, http://cdr.eionet.europa.eu/be/un/clrtap (consulted on 19/09/2025).</t>
   </si>
   <si>
     <t>Nitrogen oxide emissions - EU27</t>
   </si>
   <si>
     <t>million tonnes NO2</t>
   </si>
   <si>
     <t>EU27</t>
   </si>
   <si>
-    <t>EEA (2024), Air pollutant emissions data viewer (LRTAP Convention), https://www.eea.europa.eu/data-and-maps/dashboards/air-pollutant-emissions-data-viewer-4 (consulted on 30/09/2024).</t>
+    <t>Source: EEA (2025), Air pollutant emissions data viewer (LRTAP Convention), https://www.eea.europa.eu/data-and-maps/dashboards/air-pollutant-emissions-data-viewer-4 (consulted on 19/09/2025).</t>
   </si>
   <si>
     <t>Nitrogen oxide emissions - Belgium and international comparison</t>
   </si>
   <si>
     <t>kilograms NO2 per capita</t>
   </si>
   <si>
-    <t>IRCEL/CELINE (2024), Belgian submission to the convention LRTAP - March 15, 2024, http://cdr.eionet.europa.eu/be/un/clrtap, EEA (2024), Air pollutant emissions data viewer (LRTAP Convention), https://www.eea.europa.eu/data-and-maps/dashboards/air-pollutant-emissions-data-viewer-4 and on Eurostat (2024), Population change - Demographic balance and crude rates at national level, Population on 1 January [demo_gind], https://ec.europa.eu/eurostat (consulted on 30/09/2024); calculations FPB.</t>
+    <t>Source: IRCEL/CELINE (2025), Belgian submission to the convention LRTAP - March 15, 2025, http://cdr.eionet.europa.eu/be/un/clrtap, EEA (2025), Air pollutant emissions data viewer (LRTAP Convention), https://www.eea.europa.eu/data-and-maps/dashboards/air-pollutant-emissions-data-viewer-4 and on Eurostat (2025), Population change - Demographic balance and crude rates at national level, Population on 1 January [demo_gind], https://ec.europa.eu/eurostat (consulted on 19/09/2025); calculations FPB.</t>
   </si>
   <si>
     <t>Nitrogen oxide emissions by region - Belgium</t>
   </si>
   <si>
     <t>Brussels-Capital Region</t>
   </si>
   <si>
     <t>Flemish Region</t>
   </si>
   <si>
     <t>Walloon Region</t>
   </si>
   <si>
-    <t>Bruxelles environnement (2024), https://environnement.brussels/citoyen/outils-et-donnees/etat-des-lieux-de-lenvironnement/emissions-de-polluants (consulted on 8/10/2024); Vlaamse Milieumaatschappij (2024), https://www.vmm.be/data/internationale-rapporteringen (consulted on 30/09/2024); Service public de Wallonie (2024), https://awac.be/inventaires-demission/methodologies/ (consulted on 8/10/2024); Eurostat (2024), Population change - Demographic balance and crude rates at national level, Population on 1 January [demo_gind], https://ec.europa.eu/eurostat (consulted on 30/09/2024); calculations FPB.</t>
+    <t>Source: Bruxelles environnement (2025), https://environnement.brussels/citoyen/outils-et-donnees/etat-des-lieux-de-lenvironnement/emissions-de-polluants (consulted on 19/09/2025); Vlaamse Milieumaatschappij (2025), https://www.vmm.be/data/internationale-rapporteringen (consulted on 19/09/2025); Service public de Wallonie (2025), https://awac.be/inventaires-demission/methodologies/ (consulted on 19/09/2025); Eurostat (2025), Population change - Demographic balance and crude rates at national level, Population on 1 January [demo_gind], https://ec.europa.eu/eurostat (consulted on 19/09/2025); calculations FPB.</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G11_NOX</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Nitrogen oxide emissions (i57)</t>
+    <t>Nitrogen oxide emissions (i58)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Definition: Nitrogen oxide emissions (NOx) measure the total NOx emissions on Belgian territory, expressed in kilotonnes of nitrogen dioxide (kt NO2). NOx is emitted mainly during the combustion of fossil fuels in engines, boilers and industrial processes. Data are compiled by the Interregional Environment Agency and are available on the website of the European Environment Agency.
 To make a comparison between Belgium and the EU27, emissions are calculated in kilograms of emissions per capita.
+The following breakdown is available for this indicator: region.
 Goal: Nitrogen oxide emissions must decrease by 59% between 2005 and 2030.
 The Sustainable Development Goals or SDGs adopted by the UN in 2015 include target 11.6: “By 2030, reduce the adverse per capita environmental impact of cities, including by paying special attention to air quality and municipal and other waste management.”
 Following the revision of the Gothenburg Protocol in 2012 (UNECE, 2012), Directive (EU) 2016/2284 sets emission reduction targets for some atmospheric pollutants (Official Journal of the European Union, 17/12/2016). From 2020 onwards, Belgium's NOx emissions must be 41% lower than in 2005. From 2030 onwards, they must be 59% lower. Emissions related to agriculture (livestock manure and agricultural soil management, i.e. 12% of the total in 2022) are not covered by this Directive.
-International comparison: between 1990 and 2022, the decrease in nitrogen oxide emissions in Belgium (-69%) is close to that observed in the EU27 (-64%). With regard to average emissions per capita in 2022, NOx emissions amounted to 11,3 kg/capita in Belgium, slightly below the European average of 12.1 kg/capita. When Member States are divided into three groups, Belgium is part of the group with average performance and is below the European average in 2022. In that year, Malta ranked first with 9.4 kg/capita and Greece last with 22,3 kg/capita.
 UN indicator: the selected indicator does not correspond to any monitoring indicator for the SDGs but is related to target 11.6., which requests to pay “special attention to air quality”.
 Sources
-General
-[...7 lines deleted...]
-More information is available in French and Dutch.
+Official Journal of the European Union: https://eur-lex.europa.eu/oj/direct-access.html?locale=nen
+UNECE (2012), 1999 Protocol to Abate Acidification, Eutrophication and Ground -level Ozone to the Convention on Longrange Transboundary Air Pollution, as amended on 4 May 2012, http://www.unece.org/env/lrtap/multi_h1.html (consulted on 10/12/2025).
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -211,51 +204,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:AI40"/>
+  <dimension ref="A1:AJ40"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
         <v>2000</v>
       </c>
       <c r="C3" s="1" t="n">
@@ -333,240 +326,240 @@
       <c r="AA3" s="1" t="n">
         <v>2025</v>
       </c>
       <c r="AB3" s="1" t="n">
         <v>2026</v>
       </c>
       <c r="AC3" s="1" t="n">
         <v>2027</v>
       </c>
       <c r="AD3" s="1" t="n">
         <v>2028</v>
       </c>
       <c r="AE3" s="1" t="n">
         <v>2029</v>
       </c>
       <c r="AF3" s="1" t="n">
         <v>2030</v>
       </c>
       <c r="AG3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="1" t="n">
-        <v>362.1862097</v>
+        <v>362.9693424</v>
       </c>
       <c r="C4" s="1" t="n">
-        <v>350.6904064</v>
+        <v>351.264005</v>
       </c>
       <c r="D4" s="1" t="n">
-        <v>340.6371843</v>
+        <v>341.1257411</v>
       </c>
       <c r="E4" s="1" t="n">
-        <v>337.2955758</v>
+        <v>338.1721728</v>
       </c>
       <c r="F4" s="1" t="n">
-        <v>348.3873247</v>
+        <v>348.8714664</v>
       </c>
       <c r="G4" s="1" t="n">
-        <v>331.8175531</v>
+        <v>332.0531264</v>
       </c>
       <c r="H4" s="1" t="n">
-        <v>318.387327</v>
+        <v>318.5688703</v>
       </c>
       <c r="I4" s="1" t="n">
-        <v>308.8713567</v>
+        <v>308.4232721</v>
       </c>
       <c r="J4" s="1" t="n">
-        <v>282.9581874</v>
+        <v>282.643126</v>
       </c>
       <c r="K4" s="1" t="n">
-        <v>252.3265858</v>
+        <v>251.9459882</v>
       </c>
       <c r="L4" s="1" t="n">
-        <v>253.28868</v>
+        <v>253.3118157</v>
       </c>
       <c r="M4" s="1" t="n">
-        <v>235.3919274</v>
+        <v>234.9859114</v>
       </c>
       <c r="N4" s="1" t="n">
-        <v>223.5883144</v>
+        <v>222.8021026</v>
       </c>
       <c r="O4" s="1" t="n">
-        <v>213.8628047</v>
+        <v>212.9643746</v>
       </c>
       <c r="P4" s="1" t="n">
-        <v>203.3153166</v>
+        <v>202.4469523</v>
       </c>
       <c r="Q4" s="1" t="n">
-        <v>203.832708</v>
+        <v>203.0144716</v>
       </c>
       <c r="R4" s="1" t="n">
-        <v>192.0414886</v>
+        <v>191.1893055</v>
       </c>
       <c r="S4" s="1" t="n">
-        <v>180.6265613</v>
+        <v>180.0885984</v>
       </c>
       <c r="T4" s="1" t="n">
-        <v>173.2109531</v>
+        <v>173.1185826</v>
       </c>
       <c r="U4" s="1" t="n">
-        <v>161.4049989</v>
+        <v>161.272274</v>
       </c>
       <c r="V4" s="1" t="n">
-        <v>141.8235883</v>
+        <v>142.0387504</v>
       </c>
       <c r="W4" s="1" t="n">
-        <v>143.9367889</v>
+        <v>144.2077116</v>
       </c>
       <c r="X4" s="1" t="n">
-        <v>132.400055</v>
-[...2 lines deleted...]
-        <f>=NA()</f>
+        <v>131.606602</v>
+      </c>
+      <c r="Y4" s="1" t="n">
+        <v>123.2556877</v>
       </c>
       <c r="Z4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AA4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AB4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AC4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AD4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AE4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AF4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AG4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="n">
-        <v>373.2068895</v>
+        <v>374.097382</v>
       </c>
       <c r="C5" s="1" t="n">
-        <v>362.1922824</v>
+        <v>362.9259906</v>
       </c>
       <c r="D5" s="1" t="n">
-        <v>351.3974086</v>
+        <v>351.9818954</v>
       </c>
       <c r="E5" s="1" t="n">
-        <v>340.6100114</v>
+        <v>341.0503045</v>
       </c>
       <c r="F5" s="1" t="n">
-        <v>329.5416864</v>
+        <v>329.8400359</v>
       </c>
       <c r="G5" s="1" t="n">
-        <v>317.9139201</v>
+        <v>318.0747925</v>
       </c>
       <c r="H5" s="1" t="n">
-        <v>305.6670453</v>
+        <v>305.6988868</v>
       </c>
       <c r="I5" s="1" t="n">
-        <v>292.8917499</v>
+        <v>292.8071865</v>
       </c>
       <c r="J5" s="1" t="n">
-        <v>279.7961472</v>
+        <v>279.6124591</v>
       </c>
       <c r="K5" s="1" t="n">
-        <v>266.7102607</v>
+        <v>266.4449643</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>253.9435914</v>
+        <v>253.6126087</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>241.6182308</v>
+        <v>241.2346056</v>
       </c>
       <c r="N5" s="1" t="n">
-        <v>229.8270838</v>
+        <v>229.4044192</v>
       </c>
       <c r="O5" s="1" t="n">
-        <v>218.5861044</v>
+        <v>218.1380064</v>
       </c>
       <c r="P5" s="1" t="n">
-        <v>207.8475856</v>
+        <v>207.3840955</v>
       </c>
       <c r="Q5" s="1" t="n">
-        <v>197.526281</v>
+        <v>197.0502621</v>
       </c>
       <c r="R5" s="1" t="n">
-        <v>187.5093334</v>
+        <v>187.0140875</v>
       </c>
       <c r="S5" s="1" t="n">
-        <v>177.7608479</v>
+        <v>177.2291428</v>
       </c>
       <c r="T5" s="1" t="n">
-        <v>168.2927469</v>
+        <v>167.6961631</v>
       </c>
       <c r="U5" s="1" t="n">
-        <v>159.1406197</v>
+        <v>158.4424196</v>
       </c>
       <c r="V5" s="1" t="n">
-        <v>150.375972</v>
+        <v>149.5379902</v>
       </c>
       <c r="W5" s="1" t="n">
-        <v>142.0739199</v>
+        <v>141.0625111</v>
       </c>
       <c r="X5" s="1" t="n">
-        <v>134.2119689</v>
+        <v>133.0076123</v>
       </c>
       <c r="Y5" s="1" t="n">
-        <v>127.5277646</v>
+        <v>125.3911212</v>
       </c>
       <c r="Z5" s="1" t="n">
-        <v>121.8115871</v>
+        <v>118.9288121</v>
       </c>
       <c r="AA5" s="1" t="n">
-        <v>116.897622</v>
+        <v>113.4124786</v>
       </c>
       <c r="AB5" s="1" t="n">
-        <v>112.6534631</v>
+        <v>108.6780586</v>
       </c>
       <c r="AC5" s="1" t="n">
-        <v>108.9724022</v>
+        <v>104.5949559</v>
       </c>
       <c r="AD5" s="1" t="n">
-        <v>105.7677015</v>
+        <v>101.0582278</v>
       </c>
       <c r="AE5" s="1" t="n">
-        <v>102.9682914</v>
+        <v>97.98280305</v>
       </c>
       <c r="AF5" s="1" t="n">
-        <v>100.5155065</v>
+        <v>95.29915359</v>
       </c>
       <c r="AG5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="1" t="n">
         <v>134.8014776</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>134.8014776</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>134.8014776</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>134.8014776</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>134.8014776</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>134.8014776</v>
       </c>
@@ -748,156 +741,162 @@
       </c>
       <c r="AA12" s="1" t="n">
         <v>2015</v>
       </c>
       <c r="AB12" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="AC12" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="AD12" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="AE12" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="AF12" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="AG12" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="AH12" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="AI12" s="1"/>
+      <c r="AI12" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="AJ12" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="1" t="n">
-        <v>427.4444554</v>
+        <v>429.2201751</v>
       </c>
       <c r="C13" s="1" t="n">
-        <v>426.3545227</v>
+        <v>427.8128654</v>
       </c>
       <c r="D13" s="1" t="n">
-        <v>427.4223876</v>
+        <v>428.766574</v>
       </c>
       <c r="E13" s="1" t="n">
-        <v>422.7545905</v>
+        <v>423.1777419</v>
       </c>
       <c r="F13" s="1" t="n">
-        <v>420.5219521</v>
+        <v>421.0964694</v>
       </c>
       <c r="G13" s="1" t="n">
-        <v>414.6582369</v>
+        <v>414.9774439</v>
       </c>
       <c r="H13" s="1" t="n">
-        <v>400.3984084</v>
+        <v>400.3102318</v>
       </c>
       <c r="I13" s="1" t="n">
-        <v>385.8779754</v>
+        <v>385.5865007</v>
       </c>
       <c r="J13" s="1" t="n">
-        <v>387.6167807</v>
+        <v>387.2826066</v>
       </c>
       <c r="K13" s="1" t="n">
-        <v>361.6219488</v>
+        <v>361.1943452</v>
       </c>
       <c r="L13" s="1" t="n">
-        <v>362.1862097</v>
+        <v>362.9693424</v>
       </c>
       <c r="M13" s="1" t="n">
-        <v>350.6904064</v>
+        <v>351.264005</v>
       </c>
       <c r="N13" s="1" t="n">
-        <v>340.6371843</v>
+        <v>341.1257411</v>
       </c>
       <c r="O13" s="1" t="n">
-        <v>337.2955758</v>
+        <v>338.1721728</v>
       </c>
       <c r="P13" s="1" t="n">
-        <v>348.3873247</v>
+        <v>348.8714664</v>
       </c>
       <c r="Q13" s="1" t="n">
-        <v>331.8175531</v>
+        <v>332.0531264</v>
       </c>
       <c r="R13" s="1" t="n">
-        <v>318.387327</v>
+        <v>318.5688703</v>
       </c>
       <c r="S13" s="1" t="n">
-        <v>308.8713567</v>
+        <v>308.4232721</v>
       </c>
       <c r="T13" s="1" t="n">
-        <v>282.9581874</v>
+        <v>282.643126</v>
       </c>
       <c r="U13" s="1" t="n">
-        <v>252.3265858</v>
+        <v>251.9459882</v>
       </c>
       <c r="V13" s="1" t="n">
-        <v>253.28868</v>
+        <v>253.3118157</v>
       </c>
       <c r="W13" s="1" t="n">
-        <v>235.3919274</v>
+        <v>234.9859114</v>
       </c>
       <c r="X13" s="1" t="n">
-        <v>223.5883144</v>
+        <v>222.8021026</v>
       </c>
       <c r="Y13" s="1" t="n">
-        <v>213.8628047</v>
+        <v>212.9643746</v>
       </c>
       <c r="Z13" s="1" t="n">
-        <v>203.3153166</v>
+        <v>202.4469523</v>
       </c>
       <c r="AA13" s="1" t="n">
-        <v>203.832708</v>
+        <v>203.0144716</v>
       </c>
       <c r="AB13" s="1" t="n">
-        <v>192.0414886</v>
+        <v>191.1893055</v>
       </c>
       <c r="AC13" s="1" t="n">
-        <v>180.6265613</v>
+        <v>180.0885984</v>
       </c>
       <c r="AD13" s="1" t="n">
-        <v>173.2109531</v>
+        <v>173.1185826</v>
       </c>
       <c r="AE13" s="1" t="n">
-        <v>161.4049989</v>
+        <v>161.272274</v>
       </c>
       <c r="AF13" s="1" t="n">
-        <v>141.8235883</v>
+        <v>142.0387504</v>
       </c>
       <c r="AG13" s="1" t="n">
-        <v>143.9367889</v>
+        <v>144.2077116</v>
       </c>
       <c r="AH13" s="1" t="n">
-        <v>132.400055</v>
-[...1 lines deleted...]
-      <c r="AI13" s="1"/>
+        <v>131.606602</v>
+      </c>
+      <c r="AI13" s="1" t="n">
+        <v>123.2556877</v>
+      </c>
+      <c r="AJ13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0"/>
       <c r="B14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="0"/>
@@ -978,156 +977,162 @@
       </c>
       <c r="AA19" s="1" t="n">
         <v>2015</v>
       </c>
       <c r="AB19" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="AC19" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="AD19" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="AE19" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="AF19" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="AG19" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="AH19" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="AI19" s="1"/>
+      <c r="AI19" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="AJ19" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B20" s="1" t="n">
-        <v>15.10166517</v>
+        <v>15.08754645</v>
       </c>
       <c r="C20" s="1" t="n">
-        <v>14.80665648</v>
+        <v>14.8464763</v>
       </c>
       <c r="D20" s="1" t="n">
-        <v>14.44338873</v>
+        <v>14.41555001</v>
       </c>
       <c r="E20" s="1" t="n">
-        <v>13.81242954</v>
+        <v>13.84905304</v>
       </c>
       <c r="F20" s="1" t="n">
-        <v>13.34908555</v>
+        <v>13.31561669</v>
       </c>
       <c r="G20" s="1" t="n">
-        <v>13.0592309</v>
+        <v>13.11630719</v>
       </c>
       <c r="H20" s="1" t="n">
-        <v>12.95757707</v>
+        <v>12.92663537</v>
       </c>
       <c r="I20" s="1" t="n">
-        <v>12.53714645</v>
+        <v>12.5966418</v>
       </c>
       <c r="J20" s="1" t="n">
-        <v>12.24181564</v>
+        <v>12.22063682</v>
       </c>
       <c r="K20" s="1" t="n">
-        <v>11.8769209</v>
+        <v>11.92062333</v>
       </c>
       <c r="L20" s="1" t="n">
-        <v>11.5069259</v>
+        <v>11.46008806</v>
       </c>
       <c r="M20" s="1" t="n">
-        <v>11.33625416</v>
+        <v>11.38876597</v>
       </c>
       <c r="N20" s="1" t="n">
-        <v>11.12714185</v>
+        <v>11.08060437</v>
       </c>
       <c r="O20" s="1" t="n">
-        <v>11.01875603</v>
+        <v>11.07164352</v>
       </c>
       <c r="P20" s="1" t="n">
-        <v>10.88504032</v>
+        <v>10.82847236</v>
       </c>
       <c r="Q20" s="1" t="n">
-        <v>10.70992191</v>
+        <v>10.76969453</v>
       </c>
       <c r="R20" s="1" t="n">
-        <v>10.51051017</v>
+        <v>10.46412312</v>
       </c>
       <c r="S20" s="1" t="n">
-        <v>10.18662381</v>
+        <v>10.2315066</v>
       </c>
       <c r="T20" s="1" t="n">
-        <v>9.552267335</v>
+        <v>9.506306086</v>
       </c>
       <c r="U20" s="1" t="n">
-        <v>8.796114516</v>
+        <v>8.836786752</v>
       </c>
       <c r="V20" s="1" t="n">
-        <v>8.607283959</v>
+        <v>8.586685027</v>
       </c>
       <c r="W20" s="1" t="n">
-        <v>8.320265449</v>
+        <v>8.345203252</v>
       </c>
       <c r="X20" s="1" t="n">
-        <v>7.979830157</v>
+        <v>7.954923014</v>
       </c>
       <c r="Y20" s="1" t="n">
-        <v>7.647296824</v>
+        <v>7.687784005</v>
       </c>
       <c r="Z20" s="1" t="n">
-        <v>7.356445133</v>
+        <v>7.337461348</v>
       </c>
       <c r="AA20" s="1" t="n">
-        <v>7.229438814</v>
+        <v>7.27607455</v>
       </c>
       <c r="AB20" s="1" t="n">
-        <v>6.989178568</v>
+        <v>6.978172441</v>
       </c>
       <c r="AC20" s="1" t="n">
-        <v>6.825502769</v>
+        <v>6.898112141</v>
       </c>
       <c r="AD20" s="1" t="n">
-        <v>6.607265087</v>
+        <v>6.59722404</v>
       </c>
       <c r="AE20" s="1" t="n">
-        <v>6.219908501</v>
+        <v>6.276791053</v>
       </c>
       <c r="AF20" s="1" t="n">
-        <v>5.554054828</v>
+        <v>5.542362336</v>
       </c>
       <c r="AG20" s="1" t="n">
-        <v>5.596110845</v>
+        <v>5.660245878</v>
       </c>
       <c r="AH20" s="1" t="n">
-        <v>5.394736433</v>
-[...1 lines deleted...]
-      <c r="AI20" s="1"/>
+        <v>5.335409104</v>
+      </c>
+      <c r="AI20" s="1" t="n">
+        <v>5.051738512</v>
+      </c>
+      <c r="AJ20" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="0"/>
       <c r="B21" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0"/>
@@ -1208,261 +1213,270 @@
       </c>
       <c r="AA26" s="1" t="n">
         <v>2015</v>
       </c>
       <c r="AB26" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="AC26" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="AD26" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="AE26" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="AF26" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="AG26" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="AH26" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="AI26" s="1"/>
+      <c r="AI26" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="AJ26" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0" t="s">
         <v>7</v>
       </c>
       <c r="B27" s="1" t="n">
-        <v>42.88433854</v>
+        <v>43.06249167</v>
       </c>
       <c r="C27" s="1" t="n">
-        <v>42.61633458</v>
+        <v>42.76210347</v>
       </c>
       <c r="D27" s="1" t="n">
-        <v>42.55009106</v>
+        <v>42.68390542</v>
       </c>
       <c r="E27" s="1" t="n">
-        <v>41.92132863</v>
+        <v>41.9632893</v>
       </c>
       <c r="F27" s="1" t="n">
-        <v>41.57161487</v>
+        <v>41.62841004</v>
       </c>
       <c r="G27" s="1" t="n">
-        <v>40.90618212</v>
+        <v>40.93767201</v>
       </c>
       <c r="H27" s="1" t="n">
-        <v>39.42234111</v>
+        <v>39.41365944</v>
       </c>
       <c r="I27" s="1" t="n">
-        <v>37.90086335</v>
+        <v>37.87223475</v>
       </c>
       <c r="J27" s="1" t="n">
-        <v>37.99044171</v>
+        <v>37.9576892</v>
       </c>
       <c r="K27" s="1" t="n">
-        <v>35.36154238</v>
+        <v>35.31972875</v>
       </c>
       <c r="L27" s="1" t="n">
-        <v>35.33093132</v>
+        <v>35.4073252</v>
       </c>
       <c r="M27" s="1" t="n">
-        <v>34.09206435</v>
+        <v>34.14782624</v>
       </c>
       <c r="N27" s="1" t="n">
-        <v>32.96663816</v>
+        <v>33.01392036</v>
       </c>
       <c r="O27" s="1" t="n">
-        <v>32.50686703</v>
+        <v>32.59134909</v>
       </c>
       <c r="P27" s="1" t="n">
-        <v>33.43083626</v>
+        <v>33.47729393</v>
       </c>
       <c r="Q27" s="1" t="n">
-        <v>31.66615911</v>
+        <v>31.68864043</v>
       </c>
       <c r="R27" s="1" t="n">
-        <v>30.18473594</v>
+        <v>30.20194717</v>
       </c>
       <c r="S27" s="1" t="n">
-        <v>29.06833025</v>
+        <v>29.02616036</v>
       </c>
       <c r="T27" s="1" t="n">
-        <v>26.42006543</v>
+        <v>26.39064786</v>
       </c>
       <c r="U27" s="1" t="n">
-        <v>23.37116189</v>
+        <v>23.33590993</v>
       </c>
       <c r="V27" s="1" t="n">
-        <v>23.24690751</v>
+        <v>23.24903091</v>
       </c>
       <c r="W27" s="1" t="n">
-        <v>21.32508585</v>
+        <v>21.28830325</v>
       </c>
       <c r="X27" s="1" t="n">
-        <v>20.13051979</v>
+        <v>20.0597341</v>
       </c>
       <c r="Y27" s="1" t="n">
-        <v>19.16435208</v>
+        <v>19.08384331</v>
       </c>
       <c r="Z27" s="1" t="n">
-        <v>18.13848539</v>
+        <v>18.06101551</v>
       </c>
       <c r="AA27" s="1" t="n">
-        <v>18.07957818</v>
+        <v>18.00700215</v>
       </c>
       <c r="AB27" s="1" t="n">
-        <v>16.9476954</v>
+        <v>16.8724901</v>
       </c>
       <c r="AC27" s="1" t="n">
-        <v>15.87903758</v>
+        <v>15.83174479</v>
       </c>
       <c r="AD27" s="1" t="n">
-        <v>15.157971</v>
+        <v>15.1498875</v>
       </c>
       <c r="AE27" s="1" t="n">
-        <v>14.04867959</v>
+        <v>14.03712723</v>
       </c>
       <c r="AF27" s="1" t="n">
-        <v>12.2912259</v>
+        <v>12.30987304</v>
       </c>
       <c r="AG27" s="1" t="n">
-        <v>12.42312846</v>
+        <v>12.44651169</v>
       </c>
       <c r="AH27" s="1" t="n">
-        <v>11.33541734</v>
-[...1 lines deleted...]
-      <c r="AI27" s="1"/>
+        <v>11.26748595</v>
+      </c>
+      <c r="AI27" s="1" t="n">
+        <v>10.46317934</v>
+      </c>
+      <c r="AJ27" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B28" s="1" t="n">
-        <v>36.06243834</v>
+        <v>36.02872315</v>
       </c>
       <c r="C28" s="1" t="n">
-        <v>35.25740327</v>
+        <v>35.35222164</v>
       </c>
       <c r="D28" s="1" t="n">
-        <v>34.29405401</v>
+        <v>34.2279544</v>
       </c>
       <c r="E28" s="1" t="n">
-        <v>32.69146094</v>
+        <v>32.77814198</v>
       </c>
       <c r="F28" s="1" t="n">
-        <v>31.5184246</v>
+        <v>31.43940152</v>
       </c>
       <c r="G28" s="1" t="n">
-        <v>30.7782107</v>
+        <v>30.91272904</v>
       </c>
       <c r="H28" s="1" t="n">
-        <v>30.49145503</v>
+        <v>30.41864376</v>
       </c>
       <c r="I28" s="1" t="n">
-        <v>29.46033109</v>
+        <v>29.60013584</v>
       </c>
       <c r="J28" s="1" t="n">
-        <v>28.61971728</v>
+        <v>28.57020405</v>
       </c>
       <c r="K28" s="1" t="n">
-        <v>27.72188693</v>
+        <v>27.82389266</v>
       </c>
       <c r="L28" s="1" t="n">
-        <v>26.8271097</v>
+        <v>26.71791252</v>
       </c>
       <c r="M28" s="1" t="n">
-        <v>26.3951822</v>
+        <v>26.51727203</v>
       </c>
       <c r="N28" s="1" t="n">
-        <v>25.84962159</v>
+        <v>25.73966692</v>
       </c>
       <c r="O28" s="1" t="n">
-        <v>25.50779018</v>
+        <v>25.62512126</v>
       </c>
       <c r="P28" s="1" t="n">
-        <v>25.10450311</v>
+        <v>24.96581337</v>
       </c>
       <c r="Q28" s="1" t="n">
-        <v>24.61393204</v>
+        <v>24.74009121</v>
       </c>
       <c r="R28" s="1" t="n">
-        <v>24.07785494</v>
+        <v>23.95754629</v>
       </c>
       <c r="S28" s="1" t="n">
-        <v>23.25796884</v>
+        <v>23.3439147</v>
       </c>
       <c r="T28" s="1" t="n">
-        <v>21.7400041</v>
+        <v>21.61648713</v>
       </c>
       <c r="U28" s="1" t="n">
-        <v>19.97181544</v>
+        <v>20.0432248</v>
       </c>
       <c r="V28" s="1" t="n">
-        <v>19.51581657</v>
+        <v>19.44521539</v>
       </c>
       <c r="W28" s="1" t="n">
-        <v>18.89851032</v>
+        <v>18.92696616</v>
       </c>
       <c r="X28" s="1" t="n">
-        <v>18.09874415</v>
+        <v>18.0174733</v>
       </c>
       <c r="Y28" s="1" t="n">
-        <v>17.3031838</v>
+        <v>17.39690627</v>
       </c>
       <c r="Z28" s="1" t="n">
-        <v>16.59568571</v>
+        <v>16.57824921</v>
       </c>
       <c r="AA28" s="1" t="n">
-        <v>16.27391297</v>
+        <v>16.4073599</v>
       </c>
       <c r="AB28" s="1" t="n">
-        <v>15.70012074</v>
+        <v>15.7047379</v>
       </c>
       <c r="AC28" s="1" t="n">
-        <v>15.30822863</v>
+        <v>15.50186361</v>
       </c>
       <c r="AD28" s="1" t="n">
-        <v>14.79275914</v>
+        <v>14.79207877</v>
       </c>
       <c r="AE28" s="1" t="n">
-        <v>13.91427626</v>
+        <v>14.05493051</v>
       </c>
       <c r="AF28" s="1" t="n">
-        <v>12.42537203</v>
+        <v>12.41112693</v>
       </c>
       <c r="AG28" s="1" t="n">
-        <v>12.54031703</v>
+        <v>12.69272662</v>
       </c>
       <c r="AH28" s="1" t="n">
-        <v>12.05784</v>
-[...1 lines deleted...]
-      <c r="AI28" s="1"/>
+        <v>11.94002458</v>
+      </c>
+      <c r="AI28" s="1" t="n">
+        <v>11.26345442</v>
+      </c>
+      <c r="AJ28" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="0"/>
       <c r="B29" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="0"/>
@@ -1543,366 +1557,378 @@
       </c>
       <c r="AA34" s="1" t="n">
         <v>2015</v>
       </c>
       <c r="AB34" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="AC34" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="AD34" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="AE34" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="AF34" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="AG34" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="AH34" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="AI34" s="1"/>
+      <c r="AI34" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="AJ34" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B35" s="1" t="n">
-        <v>11.27005765</v>
+        <v>11.74506146</v>
       </c>
       <c r="C35" s="1" t="n">
-        <v>11.7027853</v>
+        <v>12.27565013</v>
       </c>
       <c r="D35" s="1" t="n">
-        <v>11.99449826</v>
+        <v>12.6115625</v>
       </c>
       <c r="E35" s="1" t="n">
-        <v>11.87468425</v>
+        <v>12.41415887</v>
       </c>
       <c r="F35" s="1" t="n">
-        <v>11.44527035</v>
+        <v>11.98388729</v>
       </c>
       <c r="G35" s="1" t="n">
-        <v>11.13121028</v>
+        <v>11.75391368</v>
       </c>
       <c r="H35" s="1" t="n">
-        <v>11.51752198</v>
+        <v>12.23046544</v>
       </c>
       <c r="I35" s="1" t="n">
-        <v>10.91064283</v>
+        <v>11.58913247</v>
       </c>
       <c r="J35" s="1" t="n">
-        <v>12.17455319</v>
+        <v>12.83501333</v>
       </c>
       <c r="K35" s="1" t="n">
-        <v>10.02762047</v>
+        <v>10.65303316</v>
       </c>
       <c r="L35" s="1" t="n">
-        <v>9.652538575</v>
+        <v>10.22701769</v>
       </c>
       <c r="M35" s="1" t="n">
-        <v>10.92850363</v>
+        <v>11.49755011</v>
       </c>
       <c r="N35" s="1" t="n">
-        <v>9.967931301</v>
+        <v>10.49312194</v>
       </c>
       <c r="O35" s="1" t="n">
-        <v>9.609332942</v>
+        <v>10.15311315</v>
       </c>
       <c r="P35" s="1" t="n">
-        <v>9.738389328</v>
+        <v>10.28528305</v>
       </c>
       <c r="Q35" s="1" t="n">
-        <v>9.220825005</v>
+        <v>9.766151105</v>
       </c>
       <c r="R35" s="1" t="n">
-        <v>7.878722335</v>
+        <v>8.347514147</v>
       </c>
       <c r="S35" s="1" t="n">
-        <v>7.373477007</v>
+        <v>7.724248016</v>
       </c>
       <c r="T35" s="1" t="n">
-        <v>7.136567037</v>
+        <v>7.570845333</v>
       </c>
       <c r="U35" s="1" t="n">
-        <v>6.495304743</v>
+        <v>6.844023096</v>
       </c>
       <c r="V35" s="1" t="n">
-        <v>6.468033868</v>
+        <v>6.675963734</v>
       </c>
       <c r="W35" s="1" t="n">
-        <v>5.495481526</v>
+        <v>5.803037586</v>
       </c>
       <c r="X35" s="1" t="n">
-        <v>5.418771203</v>
+        <v>5.693014672</v>
       </c>
       <c r="Y35" s="1" t="n">
-        <v>5.381724064</v>
+        <v>5.6193838</v>
       </c>
       <c r="Z35" s="1" t="n">
-        <v>4.82815461</v>
+        <v>5.054655723</v>
       </c>
       <c r="AA35" s="1" t="n">
-        <v>5.077150396</v>
+        <v>5.306467337</v>
       </c>
       <c r="AB35" s="1" t="n">
-        <v>4.791383091</v>
+        <v>5.022624251</v>
       </c>
       <c r="AC35" s="1" t="n">
-        <v>4.47535964</v>
+        <v>4.674516432</v>
       </c>
       <c r="AD35" s="1" t="n">
-        <v>4.019404525</v>
+        <v>4.221057558</v>
       </c>
       <c r="AE35" s="1" t="n">
-        <v>3.701895027</v>
+        <v>3.896193468</v>
       </c>
       <c r="AF35" s="1" t="n">
-        <v>3.033103917</v>
+        <v>3.195501846</v>
       </c>
       <c r="AG35" s="1" t="n">
-        <v>2.930146367</v>
+        <v>3.081703811</v>
       </c>
       <c r="AH35" s="1" t="n">
-        <v>2.592502188</v>
-[...1 lines deleted...]
-      <c r="AI35" s="1"/>
+        <v>2.669598269</v>
+      </c>
+      <c r="AI35" s="1" t="n">
+        <v>2.53524287</v>
+      </c>
+      <c r="AJ35" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="0" t="s">
         <v>18</v>
       </c>
       <c r="B36" s="1" t="n">
-        <v>45.88676636</v>
+        <v>45.6552893</v>
       </c>
       <c r="C36" s="1" t="n">
-        <v>45.57151662</v>
+        <v>45.31877265</v>
       </c>
       <c r="D36" s="1" t="n">
-        <v>45.57828481</v>
+        <v>45.32508847</v>
       </c>
       <c r="E36" s="1" t="n">
-        <v>45.67198819</v>
+        <v>45.344812</v>
       </c>
       <c r="F36" s="1" t="n">
-        <v>44.50178448</v>
+        <v>44.26444668</v>
       </c>
       <c r="G36" s="1" t="n">
-        <v>43.42575411</v>
+        <v>43.17731727</v>
       </c>
       <c r="H36" s="1" t="n">
-        <v>42.21517711</v>
+        <v>41.94191449</v>
       </c>
       <c r="I36" s="1" t="n">
-        <v>40.38579972</v>
+        <v>40.12750444</v>
       </c>
       <c r="J36" s="1" t="n">
-        <v>40.15848738</v>
+        <v>39.92187735</v>
       </c>
       <c r="K36" s="1" t="n">
-        <v>36.85037787</v>
+        <v>36.63175654</v>
       </c>
       <c r="L36" s="1" t="n">
-        <v>36.86526145</v>
+        <v>36.86936229</v>
       </c>
       <c r="M36" s="1" t="n">
-        <v>35.76371385</v>
+        <v>35.74396433</v>
       </c>
       <c r="N36" s="1" t="n">
-        <v>34.57544622</v>
+        <v>34.55293476</v>
       </c>
       <c r="O36" s="1" t="n">
-        <v>34.03878551</v>
+        <v>34.08141577</v>
       </c>
       <c r="P36" s="1" t="n">
-        <v>34.5712239</v>
+        <v>34.54811559</v>
       </c>
       <c r="Q36" s="1" t="n">
-        <v>33.06863811</v>
+        <v>33.00784336</v>
       </c>
       <c r="R36" s="1" t="n">
-        <v>31.92327484</v>
+        <v>31.87282932</v>
       </c>
       <c r="S36" s="1" t="n">
-        <v>30.8348088</v>
+        <v>30.70337192</v>
       </c>
       <c r="T36" s="1" t="n">
-        <v>27.9325267</v>
+        <v>27.81166084</v>
       </c>
       <c r="U36" s="1" t="n">
-        <v>25.76007878</v>
+        <v>25.64271952</v>
       </c>
       <c r="V36" s="1" t="n">
-        <v>25.33589599</v>
+        <v>25.24135156</v>
       </c>
       <c r="W36" s="1" t="n">
-        <v>22.87787356</v>
+        <v>22.79600394</v>
       </c>
       <c r="X36" s="1" t="n">
-        <v>21.72903059</v>
+        <v>21.58112821</v>
       </c>
       <c r="Y36" s="1" t="n">
-        <v>20.85509722</v>
+        <v>20.69769071</v>
       </c>
       <c r="Z36" s="1" t="n">
-        <v>19.73885372</v>
+        <v>19.57687798</v>
       </c>
       <c r="AA36" s="1" t="n">
-        <v>19.59342829</v>
+        <v>19.4362477</v>
       </c>
       <c r="AB36" s="1" t="n">
-        <v>18.38899753</v>
+        <v>18.25158584</v>
       </c>
       <c r="AC36" s="1" t="n">
-        <v>17.09394796</v>
+        <v>17.0022753</v>
       </c>
       <c r="AD36" s="1" t="n">
-        <v>16.17477564</v>
+        <v>16.07671448</v>
       </c>
       <c r="AE36" s="1" t="n">
-        <v>15.02807349</v>
+        <v>14.94470238</v>
       </c>
       <c r="AF36" s="1" t="n">
-        <v>13.03894086</v>
+        <v>12.93622502</v>
       </c>
       <c r="AG36" s="1" t="n">
-        <v>13.27605394</v>
+        <v>13.2052094</v>
       </c>
       <c r="AH36" s="1" t="n">
-        <v>12.24286036</v>
-[...1 lines deleted...]
-      <c r="AI36" s="1"/>
+        <v>12.09249829</v>
+      </c>
+      <c r="AI36" s="1" t="n">
+        <v>11.03457075</v>
+      </c>
+      <c r="AJ36" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="0" t="s">
         <v>19</v>
       </c>
       <c r="B37" s="1" t="n">
-        <v>47.22992202</v>
+        <v>48.04574412</v>
       </c>
       <c r="C37" s="1" t="n">
-        <v>46.72466712</v>
+        <v>47.45070164</v>
       </c>
       <c r="D37" s="1" t="n">
-        <v>46.36658863</v>
+        <v>47.04562201</v>
       </c>
       <c r="E37" s="1" t="n">
-        <v>44.16390161</v>
+        <v>44.7153602</v>
       </c>
       <c r="F37" s="1" t="n">
-        <v>45.22769332</v>
+        <v>45.67045389</v>
       </c>
       <c r="G37" s="1" t="n">
-        <v>45.07424431</v>
+        <v>45.43367465</v>
       </c>
       <c r="H37" s="1" t="n">
-        <v>42.61130868</v>
+        <v>42.86872093</v>
       </c>
       <c r="I37" s="1" t="n">
-        <v>41.33865929</v>
+        <v>41.51548189</v>
       </c>
       <c r="J37" s="1" t="n">
-        <v>41.65680449</v>
+        <v>41.78763075</v>
       </c>
       <c r="K37" s="1" t="n">
-        <v>40.10400932</v>
+        <v>40.18539026</v>
       </c>
       <c r="L37" s="1" t="n">
-        <v>40.10684467</v>
+        <v>40.1690287</v>
       </c>
       <c r="M37" s="1" t="n">
-        <v>38.02993329</v>
+        <v>38.072476</v>
       </c>
       <c r="N37" s="1" t="n">
-        <v>37.03168964</v>
+        <v>37.06419604</v>
       </c>
       <c r="O37" s="1" t="n">
-        <v>36.71977463</v>
+        <v>36.74398686</v>
       </c>
       <c r="P37" s="1" t="n">
-        <v>38.65365584</v>
+        <v>38.6762334</v>
       </c>
       <c r="Q37" s="1" t="n">
-        <v>36.13000242</v>
+        <v>36.14589171</v>
       </c>
       <c r="R37" s="1" t="n">
-        <v>34.06923966</v>
+        <v>34.07233707</v>
       </c>
       <c r="S37" s="1" t="n">
-        <v>32.78276793</v>
+        <v>32.78109508</v>
       </c>
       <c r="T37" s="1" t="n">
-        <v>29.90258393</v>
+        <v>29.90259321</v>
       </c>
       <c r="U37" s="1" t="n">
-        <v>24.58373769</v>
+        <v>24.5766757</v>
       </c>
       <c r="V37" s="1" t="n">
-        <v>25.10928481</v>
+        <v>25.22010126</v>
       </c>
       <c r="W37" s="1" t="n">
-        <v>23.86162851</v>
+        <v>24.03196587</v>
       </c>
       <c r="X37" s="1" t="n">
-        <v>22.20620237</v>
+        <v>22.3504126</v>
       </c>
       <c r="Y37" s="1" t="n">
-        <v>20.74576544</v>
+        <v>20.87708139</v>
       </c>
       <c r="Z37" s="1" t="n">
-        <v>19.76810204</v>
+        <v>19.87077282</v>
       </c>
       <c r="AA37" s="1" t="n">
-        <v>19.8280634</v>
+        <v>19.92587938</v>
       </c>
       <c r="AB37" s="1" t="n">
-        <v>18.4929261</v>
+        <v>18.59765893</v>
       </c>
       <c r="AC37" s="1" t="n">
-        <v>17.56591359</v>
+        <v>17.63228362</v>
       </c>
       <c r="AD37" s="1" t="n">
-        <v>17.13645026</v>
+        <v>17.30187332</v>
       </c>
       <c r="AE37" s="1" t="n">
-        <v>15.85551921</v>
+        <v>15.986561</v>
       </c>
       <c r="AF37" s="1" t="n">
-        <v>14.08371713</v>
+        <v>14.3720813</v>
       </c>
       <c r="AG37" s="1" t="n">
-        <v>14.15564012</v>
+        <v>14.41614001</v>
       </c>
       <c r="AH37" s="1" t="n">
-        <v>12.79300446</v>
-[...1 lines deleted...]
-      <c r="AI37" s="1"/>
+        <v>12.92466087</v>
+      </c>
+      <c r="AI37" s="1" t="n">
+        <v>12.31861919</v>
+      </c>
+      <c r="AJ37" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="0"/>
       <c r="B38" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>