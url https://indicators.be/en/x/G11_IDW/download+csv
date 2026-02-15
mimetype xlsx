--- v0 (2025-10-28)
+++ v1 (2026-02-15)
@@ -13,242 +13,232 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G11_IDW" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="76" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="75" uniqueCount="57">
   <si>
     <t>Inadequate dwelling - Belgium - trend assessment</t>
   </si>
   <si>
     <t>percentage of population</t>
   </si>
   <si>
     <t>observations</t>
   </si>
   <si>
-    <t>trend and extrapolation (November 2024)</t>
+    <t>trend and extrapolation (November 2025)</t>
   </si>
   <si>
     <t>objective 2030</t>
   </si>
   <si>
-    <t>break in series: 2009, 2019</t>
-[...2 lines deleted...]
-    <t>Statbel; Eurostat (2024), European Union Statistics on Income and Living Conditions (EU-SILC), ilc_mdho01, https://ec.europa.eu/eurostat (consulted on 03/10/2023) &amp; calculations FPB.</t>
+    <t>Note: break in series: 2009, 2019</t>
+  </si>
+  <si>
+    <t>Source: Statbel (2025), SILC-SDG-indicators 2004-2024, https://statbel.fgov.be/en/themes/households/poverty-and-living-conditions/risk-poverty-or-social-exclusion (consulted on 06/10/2025);</t>
   </si>
   <si>
     <t>Inadequate dwelling - Belgium and international comparison</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>EU27</t>
   </si>
   <si>
-    <t>break in series: BE 2009, 2019; EU27 2021-2022 not available, 2023 estimation</t>
-[...2 lines deleted...]
-    <t>Statbel (2024), SILC-SDG-indicators 2004-2023, https://Statbel.fgov.be/en/themes/households/poverty-and-living-conditions/risk-poverty-or-social-exclusion#figures (consulted on 14/10/2024); Statbel; Eurostat (2024), European Union Statistics on Income and Living Conditions (EU-SILC), ilc_mdho01, https://ec.europa.eu/eurostat (consulted on 14/10/2024) </t>
+    <t>Note: break in series: BE 2009, 2019; EU27 2021-2022 not available, 2023 estimation. The 95% confidence interval for the share of people with an inadequate dwelling in 2024 is 13.4% to 16.0% for Belgium.</t>
+  </si>
+  <si>
+    <t>Source: Statbel (2025), SILC-SDG-indicators 2004-2024, https://statbel.fgov.be/en/themes/households/poverty-and-living-conditions/risk-poverty-or-social-exclusion (consulted on 06/10/2025); Statbel (2025), direct communication  18/11/2025; </t>
+  </si>
+  <si>
+    <t>Statbel; Eurostat (2025), Total population living in a dwelling with a leaking roof, damp walls, floors or foundation, or rot in window frames or floor, ilc_mdho01, https://ec.europa.eu/eurostat, last update of data 10/10/2025 11:00 (consulted on 10/10/2025)</t>
   </si>
   <si>
     <t>Inadequate dwelling by region - Belgium</t>
   </si>
   <si>
     <t>Brussels-Capital Region</t>
   </si>
   <si>
     <t>Flemish Region</t>
   </si>
   <si>
     <t>Walloon Region</t>
   </si>
   <si>
-    <t>The margin of uncertainty for this indicator is indicated in the text for the latest year. Break in series: 2009, 2019</t>
-[...2 lines deleted...]
-    <t>Statbel (2024), SILC-SDG-indicators 2004-2023, https://Statbel.fgov.be/en/themes/households/poverty-and-living-conditions/risk-poverty-or-social-exclusion#figures (consulted on 14/10/2024)</t>
+    <t>Note: Break in series: 2009, 2019. The 95% confidence interval for the share of people with an inadequate dwelling in 2024 is 18.1% to 25.4% for Brussels, 10.2% to 14.0% for Flanders and 15.0% to 19.3% for Wallonia.</t>
+  </si>
+  <si>
+    <t>Source: Statbel (2025), SILC-SDG-indicators 2004-2024, https://statbel.fgov.be/en/themes/households/poverty-and-living-conditions/risk-poverty-or-social-exclusion (consulted on 06/10/2025); Statbel (2025), direct communication  18/11/2025</t>
   </si>
   <si>
     <t>Inadequate dwelling by sex - Belgium</t>
   </si>
   <si>
     <t>females</t>
   </si>
   <si>
     <t>males</t>
   </si>
   <si>
+    <t>Source: Statbel (2025), SILC-SDG-indicators 2004-2024, https://statbel.fgov.be/en/themes/households/poverty-and-living-conditions/risk-poverty-or-social-exclusion (consulted on 06/10/2025)</t>
+  </si>
+  <si>
     <t>Inadequate dwelling by age - Belgium</t>
   </si>
   <si>
     <t>&lt;18</t>
   </si>
   <si>
     <t>18-24</t>
   </si>
   <si>
     <t>25-49</t>
   </si>
   <si>
     <t>50-64</t>
   </si>
   <si>
     <t>&gt;64</t>
   </si>
   <si>
     <t>Inadequate dwelling by education - Belgium</t>
   </si>
   <si>
     <t>at most lower secondary</t>
   </si>
   <si>
     <t>upper secondary</t>
   </si>
   <si>
     <t>tertiary</t>
   </si>
   <si>
     <t>Inadequate dwelling by household type - Belgium</t>
   </si>
   <si>
     <t>single person</t>
   </si>
   <si>
     <t>single person with dependent children</t>
   </si>
   <si>
     <t>2 adults &lt;65</t>
   </si>
   <si>
     <t>2 adults, at least 1 &gt;64</t>
   </si>
   <si>
-    <t>2 adults, 1 child</t>
-[...8 lines deleted...]
-    <t>until 2022 Statbel (2024), Indicateurs-SILC-SDG 2004-2023, https://Statbel.fgov.be/fr/themes/menages/pauvrete-et-conditions-de-vie/risque-de-pauvrete-ou-dexclusion-sociale#figures (consulté le 14/10/2024); as of 2023: Statbel; Eurostat (2024), European Union Statistics on Income and Living Conditions (EU-SILC), ilc_mdho01, https://ec.europa.eu/eurostat (consulted on 14/10/2024) </t>
+    <t>2 adults, 1 or more children</t>
   </si>
   <si>
     <t>Inadequate dwelling by activity status - Belgium</t>
   </si>
   <si>
     <t>employed</t>
   </si>
   <si>
     <t>unemployed</t>
   </si>
   <si>
     <t>retired</t>
   </si>
   <si>
-    <t>other</t>
-[...2 lines deleted...]
-    <t>break in series: 2019; because of the widespread use of temporary unemployment during the COVID-19 pandemic, the ?unemployed? category in SILC 2021 includes not only the long-term unemployed, but also people who have been temporarily unemployed for more than 6 months and who generally live in less precarious conditions.                      </t>
+    <t>other inactive</t>
+  </si>
+  <si>
+    <t>Note: break in series: 2019; because of the widespread use of temporary unemployment during the COVID-19 pandemic, the ?unemployed? category in SILC 2021 includes not only the long-term unemployed, but also people who have been temporarily unemployed for more than 6 months and who generally live in less precarious conditions.</t>
   </si>
   <si>
     <t>Inadequate dwelling by income - Belgium</t>
   </si>
   <si>
     <t>quintile 1</t>
   </si>
   <si>
     <t>quintile 2</t>
   </si>
   <si>
     <t>quintile 3</t>
   </si>
   <si>
     <t>quintile 4</t>
   </si>
   <si>
     <t>quintile 5</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G11_IDW</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Inadequate dwelling (i54)</t>
+    <t>Inadequate dwelling (i55)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Definition: the share of the population living in a dwelling with a leaking roof, damp walls, floors or foundations, or rot in the window frames or the floor.
 The data are based on the European Union Statistics on Income and Living Conditions (EU-SILC) survey. Statbel organises this EU-harmonised survey in Belgium and makes the results available, in particular to Eurostat. 2004 is the first year for which European harmonised data have been collected to calculate the indicator. The data used here come from Eurostat, which publishes detailed and comparable results between EU Member States. Since these data are based on a survey, a margin of uncertainty must be taken into account. The confidence intervals are available on request from Statbel.
 From 2019 onwards, the survey methodology has been thoroughly reviewed for better accuracy. In 2020, the Covid-19 pandemic impacted data collection. This makes it difficult to compare the results of SILC 2020 with those of previous years. (Statbel, 2021). Therefore, they are not used to calculate and evaluate the long-term trend.
+The following breakdowns are available for this indicator: region, sex, income, age, education, household type and activity status.
 Goal: the share of the population living in inadequate dwellings must be reduced to zero per cent by 2030.
 The Sustainable Development Goals or SDGs adopted by the UN in 2015 include target 11.1: “By 2030, ensure access for all to adequate, safe and affordable housing and basic services and upgrade slums”. The share of the population living in inadequate dwellings should tend to zero.
 The Federal Long-Term Strategic Vision for Sustainable Development includes the following objective: “The preconditions for the well-being of citizens will be met, i.e. (...) decent housing” (introduction of the challenge A society promoting social cohesion; Belgian Official Gazette, 08/10/2013).
-International comparison: in 2023, the share of the population living in inadequate dwellings is lower in Belgium (14.5%) than in the EU27 (15.5%). Between 2010 and 2023, this share for Belgium drops from 19.1% to 14.5%. For the EU27, the share drops from 16.3% in 2010 to 12.6% in 2019. After that, it rises to 15.5%. When Member States are divided into three groups, Belgium is part of the group with average performance in 2023 and outperforms the European average. In that year, Sweden ranked first with 4.8% and Cyprus last with 316%.
 UN indicator: the selected indicator corresponds to indicator 11.1.1 - Proportion of urban population living in slums, informal settlements or inadequate housing.
 Sources
-General
-[...8 lines deleted...]
-More information is available in French and Dutch.
+Belgian Official Gazette: http://www.ejustice.just.fgov.be/cgi/welcome.pl; research on http://www.ejustice.just.fgov.be/doc/rech_f.htm.
+Statbel (2021), Risk of poverty or social exclusion, https://statbel.fgov.be/en/themes/households/poverty-and-living-conditions/risk-poverty-or-social-exclusion#documents (consulted on 19/12/2025).
+Statbel (2021), SILC FAQ, https://statbel.fgov.be/fr/themes/menages/pauvrete-et-conditions-de-vie/faq, see in particular "Y a-t-il des ruptures de séries dans la chronologie de l'enquête SILC?" (consulted on 19/12/2025).
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -306,51 +296,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:AG97"/>
+  <dimension ref="A1:AG96"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
         <v>2000</v>
       </c>
       <c r="C3" s="1" t="n">
@@ -485,183 +475,183 @@
       <c r="M4" s="1" t="n">
         <v>21.3</v>
       </c>
       <c r="N4" s="1" t="n">
         <v>18.7</v>
       </c>
       <c r="O4" s="1" t="n">
         <v>18.1</v>
       </c>
       <c r="P4" s="1" t="n">
         <v>17.5</v>
       </c>
       <c r="Q4" s="1" t="n">
         <v>18.2</v>
       </c>
       <c r="R4" s="1" t="n">
         <v>19.1</v>
       </c>
       <c r="S4" s="1" t="n">
         <v>18.4</v>
       </c>
       <c r="T4" s="1" t="n">
         <v>17.8</v>
       </c>
       <c r="U4" s="1" t="n">
-        <v>16.7</v>
+        <v>16.9</v>
       </c>
       <c r="V4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="W4" s="1" t="n">
         <v>15.5</v>
       </c>
       <c r="X4" s="1" t="n">
         <v>14.3</v>
       </c>
       <c r="Y4" s="1" t="n">
-        <v>14.5</v>
-[...2 lines deleted...]
-        <f>=NA()</f>
+        <v>14.4</v>
+      </c>
+      <c r="Z4" s="1" t="n">
+        <v>14.7</v>
       </c>
       <c r="AA4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AB4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AC4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AD4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AE4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AF4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AG4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="C5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="E5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="F5" s="1" t="n">
-        <v>14.22867172</v>
+        <v>14.22759164</v>
       </c>
       <c r="G5" s="1" t="n">
-        <v>14.7941312</v>
+        <v>14.79221565</v>
       </c>
       <c r="H5" s="1" t="n">
-        <v>15.37397839</v>
+        <v>15.37117587</v>
       </c>
       <c r="I5" s="1" t="n">
-        <v>15.96302999</v>
+        <v>15.95932203</v>
       </c>
       <c r="J5" s="1" t="n">
-        <v>16.5490085</v>
+        <v>16.54444781</v>
       </c>
       <c r="K5" s="1" t="n">
-        <v>17.09791953</v>
+        <v>17.09268753</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>17.58851793</v>
+        <v>17.582985</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>17.97707214</v>
+        <v>17.97187143</v>
       </c>
       <c r="N5" s="1" t="n">
-        <v>18.23305774</v>
+        <v>18.22913759</v>
       </c>
       <c r="O5" s="1" t="n">
-        <v>18.3583896</v>
+        <v>18.35703795</v>
       </c>
       <c r="P5" s="1" t="n">
-        <v>18.36274931</v>
+        <v>18.36559685</v>
       </c>
       <c r="Q5" s="1" t="n">
-        <v>18.25579861</v>
+        <v>18.26478231</v>
       </c>
       <c r="R5" s="1" t="n">
-        <v>18.04043219</v>
+        <v>18.0576966</v>
       </c>
       <c r="S5" s="1" t="n">
-        <v>17.72089605</v>
+        <v>17.74861852</v>
       </c>
       <c r="T5" s="1" t="n">
-        <v>17.31309012</v>
+        <v>17.353248</v>
       </c>
       <c r="U5" s="1" t="n">
-        <v>16.83970686</v>
+        <v>16.89379438</v>
       </c>
       <c r="V5" s="1" t="n">
-        <v>16.32701525</v>
+        <v>16.39571783</v>
       </c>
       <c r="W5" s="1" t="n">
-        <v>15.79779708</v>
+        <v>15.88249223</v>
       </c>
       <c r="X5" s="1" t="n">
-        <v>15.27031667</v>
+        <v>15.37332761</v>
       </c>
       <c r="Y5" s="1" t="n">
-        <v>14.75784708</v>
+        <v>14.88155409</v>
       </c>
       <c r="Z5" s="1" t="n">
-        <v>14.31210302</v>
+        <v>14.40839841</v>
       </c>
       <c r="AA5" s="1" t="n">
-        <v>13.92305026</v>
+        <v>13.99609779</v>
       </c>
       <c r="AB5" s="1" t="n">
-        <v>13.58242101</v>
+        <v>13.63564554</v>
       </c>
       <c r="AC5" s="1" t="n">
-        <v>13.28335487</v>
+        <v>13.31959323</v>
       </c>
       <c r="AD5" s="1" t="n">
-        <v>13.02012188</v>
+        <v>13.04173918</v>
       </c>
       <c r="AE5" s="1" t="n">
-        <v>12.78790697</v>
+        <v>12.79688712</v>
       </c>
       <c r="AF5" s="1" t="n">
-        <v>12.58264098</v>
+        <v>12.58065754</v>
       </c>
       <c r="AG5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0</v>
       </c>
@@ -809,51 +799,54 @@
       </c>
       <c r="N13" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="O13" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="P13" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="Q13" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="R13" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="S13" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="T13" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="U13" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="V13" s="1"/>
+      <c r="V13" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="W13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="1" t="n">
         <v>13.5</v>
       </c>
       <c r="C14" s="1" t="n">
         <v>15.1</v>
       </c>
       <c r="D14" s="1" t="n">
         <v>14.8</v>
       </c>
       <c r="E14" s="1" t="n">
         <v>14.2</v>
       </c>
       <c r="F14" s="1" t="n">
         <v>18.2</v>
       </c>
       <c r="G14" s="1" t="n">
         <v>15.2</v>
       </c>
       <c r="H14" s="1" t="n">
         <v>19.1</v>
@@ -861,65 +854,68 @@
       <c r="I14" s="1" t="n">
         <v>21.3</v>
       </c>
       <c r="J14" s="1" t="n">
         <v>18.7</v>
       </c>
       <c r="K14" s="1" t="n">
         <v>18.1</v>
       </c>
       <c r="L14" s="1" t="n">
         <v>17.5</v>
       </c>
       <c r="M14" s="1" t="n">
         <v>18.2</v>
       </c>
       <c r="N14" s="1" t="n">
         <v>19.1</v>
       </c>
       <c r="O14" s="1" t="n">
         <v>18.4</v>
       </c>
       <c r="P14" s="1" t="n">
         <v>17.8</v>
       </c>
       <c r="Q14" s="1" t="n">
-        <v>16.7</v>
+        <v>16.9</v>
       </c>
       <c r="R14" s="1" t="n">
-        <v>15.6</v>
+        <v>15.7</v>
       </c>
       <c r="S14" s="1" t="n">
         <v>15.5</v>
       </c>
       <c r="T14" s="1" t="n">
         <v>14.3</v>
       </c>
       <c r="U14" s="1" t="n">
-        <v>14.5</v>
-[...1 lines deleted...]
-      <c r="V14" s="1"/>
+        <v>14.4</v>
+      </c>
+      <c r="V14" s="1" t="n">
+        <v>14.7</v>
+      </c>
+      <c r="W14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B15" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="C15" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D15" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="E15" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="F15" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="G15" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="H15" s="1" t="n">
         <v>16.3</v>
@@ -927,2502 +923,2480 @@
       <c r="I15" s="1" t="n">
         <v>15.5</v>
       </c>
       <c r="J15" s="1" t="n">
         <v>14.8</v>
       </c>
       <c r="K15" s="1" t="n">
         <v>15.6</v>
       </c>
       <c r="L15" s="1" t="n">
         <v>15.6</v>
       </c>
       <c r="M15" s="1" t="n">
         <v>15.3</v>
       </c>
       <c r="N15" s="1" t="n">
         <v>15.2</v>
       </c>
       <c r="O15" s="1" t="n">
         <v>13.1</v>
       </c>
       <c r="P15" s="1" t="n">
         <v>13.6</v>
       </c>
       <c r="Q15" s="1" t="n">
-        <v>12.6</v>
+        <v>12.7</v>
       </c>
       <c r="R15" s="1" t="n">
         <v>14.8</v>
       </c>
-      <c r="S15" s="1" t="s">
-        <f>=NA()</f>
+      <c r="S15" s="1" t="n">
+        <v>14.8</v>
       </c>
       <c r="T15" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="U15" s="1" t="n">
         <v>15.5</v>
       </c>
-      <c r="V15" s="1"/>
+      <c r="V15" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="W15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0"/>
       <c r="B16" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="0"/>
+      <c r="A19" s="0" t="s">
+        <v>12</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A20" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="0" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="0" t="s">
         <v>1</v>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-[...1 lines deleted...]
-      <c r="B22" s="1" t="n">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="0"/>
+      <c r="B23" s="1" t="n">
         <v>2019</v>
       </c>
-      <c r="C22" s="1" t="n">
+      <c r="C23" s="1" t="n">
         <v>2020</v>
       </c>
-      <c r="D22" s="1" t="n">
+      <c r="D23" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="E22" s="1" t="n">
+      <c r="E23" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="F22" s="1" t="n">
+      <c r="F23" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="G22" s="1"/>
-[...20 lines deleted...]
-      <c r="G23" s="1"/>
+      <c r="G23" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="H23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B24" s="1" t="n">
-        <v>13.4</v>
+        <v>25</v>
       </c>
       <c r="C24" s="1" t="n">
-        <v>12.3</v>
+        <v>25</v>
       </c>
       <c r="D24" s="1" t="n">
-        <v>11.7</v>
+        <v>26.1</v>
       </c>
       <c r="E24" s="1" t="n">
-        <v>10.2</v>
+        <v>26.9</v>
       </c>
       <c r="F24" s="1" t="n">
-        <v>11.2</v>
-[...1 lines deleted...]
-      <c r="G24" s="1"/>
+        <v>25.5</v>
+      </c>
+      <c r="G24" s="1" t="n">
+        <v>21.8</v>
+      </c>
+      <c r="H24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="0" t="s">
         <v>15</v>
       </c>
       <c r="B25" s="1" t="n">
-        <v>20.1</v>
+        <v>13.5</v>
       </c>
       <c r="C25" s="1" t="n">
-        <v>18.7</v>
+        <v>12.2</v>
       </c>
       <c r="D25" s="1" t="n">
+        <v>11.6</v>
+      </c>
+      <c r="E25" s="1" t="n">
+        <v>10.2</v>
+      </c>
+      <c r="F25" s="1" t="n">
+        <v>11.1</v>
+      </c>
+      <c r="G25" s="1" t="n">
+        <v>12.1</v>
+      </c>
+      <c r="H25" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B26" s="1" t="n">
+        <v>20.3</v>
+      </c>
+      <c r="C26" s="1" t="n">
+        <v>18.9</v>
+      </c>
+      <c r="D26" s="1" t="n">
         <v>18.8</v>
       </c>
-      <c r="E25" s="1" t="n">
-[...9 lines deleted...]
-      <c r="B26" s="1"/>
+      <c r="E26" s="1" t="n">
+        <v>17.8</v>
+      </c>
+      <c r="F26" s="1" t="n">
+        <v>16.8</v>
+      </c>
+      <c r="G26" s="1" t="n">
+        <v>17.1</v>
+      </c>
+      <c r="H26" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A27" s="0"/>
+      <c r="B27" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="0"/>
+      <c r="A29" s="0" t="s">
+        <v>18</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A30" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="0" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="0" t="s">
         <v>1</v>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-[...1 lines deleted...]
-      <c r="B32" s="1" t="n">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="0"/>
+      <c r="B33" s="1" t="n">
         <v>2004</v>
       </c>
-      <c r="C32" s="1" t="n">
+      <c r="C33" s="1" t="n">
         <v>2005</v>
       </c>
-      <c r="D32" s="1" t="n">
+      <c r="D33" s="1" t="n">
         <v>2006</v>
       </c>
-      <c r="E32" s="1" t="n">
+      <c r="E33" s="1" t="n">
         <v>2007</v>
       </c>
-      <c r="F32" s="1" t="n">
+      <c r="F33" s="1" t="n">
         <v>2008</v>
       </c>
-      <c r="G32" s="1" t="n">
+      <c r="G33" s="1" t="n">
         <v>2009</v>
       </c>
-      <c r="H32" s="1" t="n">
+      <c r="H33" s="1" t="n">
         <v>2010</v>
       </c>
-      <c r="I32" s="1" t="n">
+      <c r="I33" s="1" t="n">
         <v>2011</v>
       </c>
-      <c r="J32" s="1" t="n">
+      <c r="J33" s="1" t="n">
         <v>2012</v>
       </c>
-      <c r="K32" s="1" t="n">
+      <c r="K33" s="1" t="n">
         <v>2013</v>
       </c>
-      <c r="L32" s="1" t="n">
+      <c r="L33" s="1" t="n">
         <v>2014</v>
       </c>
-      <c r="M32" s="1" t="n">
+      <c r="M33" s="1" t="n">
         <v>2015</v>
       </c>
-      <c r="N32" s="1" t="n">
+      <c r="N33" s="1" t="n">
         <v>2016</v>
       </c>
-      <c r="O32" s="1" t="n">
+      <c r="O33" s="1" t="n">
         <v>2017</v>
       </c>
-      <c r="P32" s="1" t="n">
+      <c r="P33" s="1" t="n">
         <v>2018</v>
       </c>
-      <c r="Q32" s="1" t="n">
+      <c r="Q33" s="1" t="n">
         <v>2019</v>
       </c>
-      <c r="R32" s="1" t="n">
+      <c r="R33" s="1" t="n">
         <v>2020</v>
       </c>
-      <c r="S32" s="1" t="n">
+      <c r="S33" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="T32" s="1" t="n">
+      <c r="T33" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="U32" s="1" t="n">
+      <c r="U33" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="V32" s="1"/>
-[...65 lines deleted...]
-      <c r="V33" s="1"/>
+      <c r="V33" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="W33" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B34" s="1" t="n">
-        <v>13.3</v>
+        <v>13.7</v>
       </c>
       <c r="C34" s="1" t="n">
-        <v>14.7</v>
+        <v>15.5</v>
       </c>
       <c r="D34" s="1" t="n">
-        <v>15</v>
+        <v>14.6</v>
       </c>
       <c r="E34" s="1" t="n">
-        <v>14.3</v>
+        <v>14.1</v>
       </c>
       <c r="F34" s="1" t="n">
-        <v>18.3</v>
+        <v>18</v>
       </c>
       <c r="G34" s="1" t="n">
-        <v>15</v>
+        <v>15.3</v>
       </c>
       <c r="H34" s="1" t="n">
-        <v>18.8</v>
+        <v>19.4</v>
       </c>
       <c r="I34" s="1" t="n">
-        <v>20.6</v>
+        <v>21.9</v>
       </c>
       <c r="J34" s="1" t="n">
-        <v>18.5</v>
+        <v>18.9</v>
       </c>
       <c r="K34" s="1" t="n">
-        <v>18.3</v>
+        <v>18</v>
       </c>
       <c r="L34" s="1" t="n">
-        <v>17.3</v>
+        <v>17.8</v>
       </c>
       <c r="M34" s="1" t="n">
         <v>18.2</v>
       </c>
       <c r="N34" s="1" t="n">
+        <v>19.6</v>
+      </c>
+      <c r="O34" s="1" t="n">
         <v>18.7</v>
       </c>
-      <c r="O34" s="1" t="n">
+      <c r="P34" s="1" t="n">
+        <v>18.2</v>
+      </c>
+      <c r="Q34" s="1" t="n">
+        <v>17.5</v>
+      </c>
+      <c r="R34" s="1" t="n">
+        <v>16.1</v>
+      </c>
+      <c r="S34" s="1" t="n">
+        <v>15.5</v>
+      </c>
+      <c r="T34" s="1" t="n">
+        <v>14.5</v>
+      </c>
+      <c r="U34" s="1" t="n">
+        <v>14.5</v>
+      </c>
+      <c r="V34" s="1" t="n">
+        <v>14.8</v>
+      </c>
+      <c r="W34" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="0" t="s">
+        <v>21</v>
+      </c>
+      <c r="B35" s="1" t="n">
+        <v>13.3</v>
+      </c>
+      <c r="C35" s="1" t="n">
+        <v>14.7</v>
+      </c>
+      <c r="D35" s="1" t="n">
+        <v>15</v>
+      </c>
+      <c r="E35" s="1" t="n">
+        <v>14.3</v>
+      </c>
+      <c r="F35" s="1" t="n">
+        <v>18.3</v>
+      </c>
+      <c r="G35" s="1" t="n">
+        <v>15</v>
+      </c>
+      <c r="H35" s="1" t="n">
+        <v>18.8</v>
+      </c>
+      <c r="I35" s="1" t="n">
+        <v>20.6</v>
+      </c>
+      <c r="J35" s="1" t="n">
+        <v>18.5</v>
+      </c>
+      <c r="K35" s="1" t="n">
+        <v>18.3</v>
+      </c>
+      <c r="L35" s="1" t="n">
+        <v>17.3</v>
+      </c>
+      <c r="M35" s="1" t="n">
+        <v>18.2</v>
+      </c>
+      <c r="N35" s="1" t="n">
+        <v>18.7</v>
+      </c>
+      <c r="O35" s="1" t="n">
         <v>18.1</v>
       </c>
-      <c r="P34" s="1" t="n">
+      <c r="P35" s="1" t="n">
         <v>17.5</v>
       </c>
-      <c r="Q34" s="1" t="n">
-[...2 lines deleted...]
-      <c r="R34" s="1" t="n">
+      <c r="Q35" s="1" t="n">
+        <v>16.2</v>
+      </c>
+      <c r="R35" s="1" t="n">
         <v>15.3</v>
       </c>
-      <c r="S34" s="1" t="n">
+      <c r="S35" s="1" t="n">
         <v>15.4</v>
       </c>
-      <c r="T34" s="1" t="n">
-[...9 lines deleted...]
-      <c r="B35" s="1"/>
+      <c r="T35" s="1" t="n">
+        <v>14.1</v>
+      </c>
+      <c r="U35" s="1" t="n">
+        <v>14.3</v>
+      </c>
+      <c r="V35" s="1" t="n">
+        <v>14.6</v>
+      </c>
+      <c r="W35" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A36" s="0"/>
+      <c r="B36" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="0" t="s">
-        <v>17</v>
+        <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="0"/>
+      <c r="A38" s="0" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A39" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="0" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="0" t="s">
         <v>1</v>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-[...1 lines deleted...]
-      <c r="B41" s="1" t="n">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="0"/>
+      <c r="B42" s="1" t="n">
         <v>2004</v>
       </c>
-      <c r="C41" s="1" t="n">
+      <c r="C42" s="1" t="n">
         <v>2005</v>
       </c>
-      <c r="D41" s="1" t="n">
+      <c r="D42" s="1" t="n">
         <v>2006</v>
       </c>
-      <c r="E41" s="1" t="n">
+      <c r="E42" s="1" t="n">
         <v>2007</v>
       </c>
-      <c r="F41" s="1" t="n">
+      <c r="F42" s="1" t="n">
         <v>2008</v>
       </c>
-      <c r="G41" s="1" t="n">
+      <c r="G42" s="1" t="n">
         <v>2009</v>
       </c>
-      <c r="H41" s="1" t="n">
+      <c r="H42" s="1" t="n">
         <v>2010</v>
       </c>
-      <c r="I41" s="1" t="n">
+      <c r="I42" s="1" t="n">
         <v>2011</v>
       </c>
-      <c r="J41" s="1" t="n">
+      <c r="J42" s="1" t="n">
         <v>2012</v>
       </c>
-      <c r="K41" s="1" t="n">
+      <c r="K42" s="1" t="n">
         <v>2013</v>
       </c>
-      <c r="L41" s="1" t="n">
+      <c r="L42" s="1" t="n">
         <v>2014</v>
       </c>
-      <c r="M41" s="1" t="n">
+      <c r="M42" s="1" t="n">
         <v>2015</v>
       </c>
-      <c r="N41" s="1" t="n">
+      <c r="N42" s="1" t="n">
         <v>2016</v>
       </c>
-      <c r="O41" s="1" t="n">
+      <c r="O42" s="1" t="n">
         <v>2017</v>
       </c>
-      <c r="P41" s="1" t="n">
+      <c r="P42" s="1" t="n">
         <v>2018</v>
       </c>
-      <c r="Q41" s="1" t="n">
+      <c r="Q42" s="1" t="n">
         <v>2019</v>
       </c>
-      <c r="R41" s="1" t="n">
+      <c r="R42" s="1" t="n">
         <v>2020</v>
       </c>
-      <c r="S41" s="1" t="n">
+      <c r="S42" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="T41" s="1" t="n">
+      <c r="T42" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="U41" s="1" t="n">
+      <c r="U42" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="V41" s="1"/>
-[...65 lines deleted...]
-      <c r="V42" s="1"/>
+      <c r="V42" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="W42" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="B43" s="1" t="n">
+        <v>15.7</v>
+      </c>
+      <c r="C43" s="1" t="n">
+        <v>18.2</v>
+      </c>
+      <c r="D43" s="1" t="n">
+        <v>18</v>
+      </c>
+      <c r="E43" s="1" t="n">
+        <v>16.6</v>
+      </c>
+      <c r="F43" s="1" t="n">
+        <v>20.1</v>
+      </c>
+      <c r="G43" s="1" t="n">
+        <v>18.2</v>
+      </c>
+      <c r="H43" s="1" t="n">
         <v>23</v>
       </c>
-      <c r="B43" s="1" t="n">
-[...19 lines deleted...]
-      </c>
       <c r="I43" s="1" t="n">
-        <v>22.7</v>
+        <v>25.2</v>
       </c>
       <c r="J43" s="1" t="n">
-        <v>21.2</v>
+        <v>21.7</v>
       </c>
       <c r="K43" s="1" t="n">
-        <v>19</v>
+        <v>20.8</v>
       </c>
       <c r="L43" s="1" t="n">
-        <v>16.5</v>
+        <v>21</v>
       </c>
       <c r="M43" s="1" t="n">
-        <v>20.1</v>
+        <v>22</v>
       </c>
       <c r="N43" s="1" t="n">
-        <v>19.9</v>
+        <v>22.1</v>
       </c>
       <c r="O43" s="1" t="n">
-        <v>22.2</v>
+        <v>21.6</v>
       </c>
       <c r="P43" s="1" t="n">
-        <v>21.4</v>
+        <v>21.1</v>
       </c>
       <c r="Q43" s="1" t="n">
-        <v>20.6</v>
+        <v>18.9</v>
       </c>
       <c r="R43" s="1" t="n">
+        <v>18.2</v>
+      </c>
+      <c r="S43" s="1" t="n">
+        <v>18.6</v>
+      </c>
+      <c r="T43" s="1" t="n">
         <v>17</v>
       </c>
-      <c r="S43" s="1" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="U43" s="1" t="n">
-        <v>14.3</v>
-[...1 lines deleted...]
-      <c r="V43" s="1"/>
+        <v>17.8</v>
+      </c>
+      <c r="V43" s="1" t="n">
+        <v>17.8</v>
+      </c>
+      <c r="W43" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="0" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B44" s="1" t="n">
+        <v>16.1</v>
+      </c>
+      <c r="C44" s="1" t="n">
+        <v>17.1</v>
+      </c>
+      <c r="D44" s="1" t="n">
+        <v>16.2</v>
+      </c>
+      <c r="E44" s="1" t="n">
+        <v>15.2</v>
+      </c>
+      <c r="F44" s="1" t="n">
+        <v>19.9</v>
+      </c>
+      <c r="G44" s="1" t="n">
         <v>14.3</v>
       </c>
-      <c r="C44" s="1" t="n">
-[...2 lines deleted...]
-      <c r="D44" s="1" t="n">
+      <c r="H44" s="1" t="n">
+        <v>20.9</v>
+      </c>
+      <c r="I44" s="1" t="n">
+        <v>22.7</v>
+      </c>
+      <c r="J44" s="1" t="n">
+        <v>21.2</v>
+      </c>
+      <c r="K44" s="1" t="n">
+        <v>19</v>
+      </c>
+      <c r="L44" s="1" t="n">
         <v>16.5</v>
       </c>
-      <c r="E44" s="1" t="n">
-[...14 lines deleted...]
-      <c r="J44" s="1" t="n">
+      <c r="M44" s="1" t="n">
+        <v>20.1</v>
+      </c>
+      <c r="N44" s="1" t="n">
         <v>19.9</v>
       </c>
-      <c r="K44" s="1" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="O44" s="1" t="n">
-        <v>20.3</v>
+        <v>22.2</v>
       </c>
       <c r="P44" s="1" t="n">
-        <v>19.2</v>
+        <v>21.4</v>
       </c>
       <c r="Q44" s="1" t="n">
-        <v>17.8</v>
+        <v>20.7</v>
       </c>
       <c r="R44" s="1" t="n">
-        <v>17.2</v>
+        <v>17.1</v>
       </c>
       <c r="S44" s="1" t="n">
-        <v>16.6</v>
+        <v>17.3</v>
       </c>
       <c r="T44" s="1" t="n">
-        <v>16.1</v>
+        <v>15</v>
       </c>
       <c r="U44" s="1" t="n">
-        <v>16.6</v>
-[...1 lines deleted...]
-      <c r="V44" s="1"/>
+        <v>14.1</v>
+      </c>
+      <c r="V44" s="1" t="n">
+        <v>14.1</v>
+      </c>
+      <c r="W44" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B45" s="1" t="n">
-        <v>11.3</v>
+        <v>14.3</v>
       </c>
       <c r="C45" s="1" t="n">
-        <v>12.3</v>
+        <v>15.4</v>
       </c>
       <c r="D45" s="1" t="n">
-        <v>12.1</v>
+        <v>16.5</v>
       </c>
       <c r="E45" s="1" t="n">
-        <v>12.7</v>
+        <v>15.6</v>
       </c>
       <c r="F45" s="1" t="n">
-        <v>15.7</v>
+        <v>20.2</v>
       </c>
       <c r="G45" s="1" t="n">
-        <v>12.5</v>
+        <v>16.8</v>
       </c>
       <c r="H45" s="1" t="n">
-        <v>16</v>
+        <v>20.6</v>
       </c>
       <c r="I45" s="1" t="n">
-        <v>18.5</v>
+        <v>22.5</v>
       </c>
       <c r="J45" s="1" t="n">
-        <v>16.8</v>
+        <v>19.9</v>
       </c>
       <c r="K45" s="1" t="n">
-        <v>16.3</v>
+        <v>20.5</v>
       </c>
       <c r="L45" s="1" t="n">
-        <v>16.3</v>
+        <v>18.9</v>
       </c>
       <c r="M45" s="1" t="n">
-        <v>16.8</v>
+        <v>19.2</v>
       </c>
       <c r="N45" s="1" t="n">
+        <v>20.1</v>
+      </c>
+      <c r="O45" s="1" t="n">
+        <v>20.3</v>
+      </c>
+      <c r="P45" s="1" t="n">
         <v>19.2</v>
       </c>
-      <c r="O45" s="1" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="Q45" s="1" t="n">
-        <v>15.9</v>
+        <v>17.9</v>
       </c>
       <c r="R45" s="1" t="n">
-        <v>13.9</v>
+        <v>17.2</v>
       </c>
       <c r="S45" s="1" t="n">
-        <v>14.2</v>
+        <v>16.6</v>
       </c>
       <c r="T45" s="1" t="n">
-        <v>12.4</v>
+        <v>16.2</v>
       </c>
       <c r="U45" s="1" t="n">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="V45" s="1"/>
+        <v>16.5</v>
+      </c>
+      <c r="V45" s="1" t="n">
+        <v>17.3</v>
+      </c>
+      <c r="W45" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B46" s="1" t="n">
+        <v>11.3</v>
+      </c>
+      <c r="C46" s="1" t="n">
+        <v>12.3</v>
+      </c>
+      <c r="D46" s="1" t="n">
+        <v>12.1</v>
+      </c>
+      <c r="E46" s="1" t="n">
+        <v>12.7</v>
+      </c>
+      <c r="F46" s="1" t="n">
+        <v>15.7</v>
+      </c>
+      <c r="G46" s="1" t="n">
+        <v>12.5</v>
+      </c>
+      <c r="H46" s="1" t="n">
+        <v>16</v>
+      </c>
+      <c r="I46" s="1" t="n">
+        <v>18.5</v>
+      </c>
+      <c r="J46" s="1" t="n">
+        <v>16.8</v>
+      </c>
+      <c r="K46" s="1" t="n">
+        <v>16.3</v>
+      </c>
+      <c r="L46" s="1" t="n">
+        <v>16.3</v>
+      </c>
+      <c r="M46" s="1" t="n">
+        <v>16.8</v>
+      </c>
+      <c r="N46" s="1" t="n">
+        <v>19.2</v>
+      </c>
+      <c r="O46" s="1" t="n">
+        <v>16.9</v>
+      </c>
+      <c r="P46" s="1" t="n">
+        <v>16.4</v>
+      </c>
+      <c r="Q46" s="1" t="n">
+        <v>16.1</v>
+      </c>
+      <c r="R46" s="1" t="n">
+        <v>14</v>
+      </c>
+      <c r="S46" s="1" t="n">
+        <v>14.1</v>
+      </c>
+      <c r="T46" s="1" t="n">
+        <v>12.5</v>
+      </c>
+      <c r="U46" s="1" t="n">
+        <v>11.9</v>
+      </c>
+      <c r="V46" s="1" t="n">
+        <v>12.2</v>
+      </c>
+      <c r="W46" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="B47" s="1" t="n">
         <v>9.7</v>
       </c>
-      <c r="C46" s="1" t="n">
+      <c r="C47" s="1" t="n">
         <v>11.5</v>
       </c>
-      <c r="D46" s="1" t="n">
+      <c r="D47" s="1" t="n">
         <v>9.2</v>
       </c>
-      <c r="E46" s="1" t="n">
+      <c r="E47" s="1" t="n">
         <v>8.9</v>
       </c>
-      <c r="F46" s="1" t="n">
+      <c r="F47" s="1" t="n">
         <v>13.1</v>
       </c>
-      <c r="G46" s="1" t="n">
+      <c r="G47" s="1" t="n">
         <v>11.2</v>
       </c>
-      <c r="H46" s="1" t="n">
+      <c r="H47" s="1" t="n">
         <v>13.6</v>
       </c>
-      <c r="I46" s="1" t="n">
+      <c r="I47" s="1" t="n">
         <v>16.3</v>
       </c>
-      <c r="J46" s="1" t="n">
+      <c r="J47" s="1" t="n">
         <v>13</v>
       </c>
-      <c r="K46" s="1" t="n">
+      <c r="K47" s="1" t="n">
         <v>11.6</v>
       </c>
-      <c r="L46" s="1" t="n">
+      <c r="L47" s="1" t="n">
         <v>12.4</v>
       </c>
-      <c r="M46" s="1" t="n">
+      <c r="M47" s="1" t="n">
         <v>12.4</v>
       </c>
-      <c r="N46" s="1" t="n">
+      <c r="N47" s="1" t="n">
         <v>13.5</v>
       </c>
-      <c r="O46" s="1" t="n">
+      <c r="O47" s="1" t="n">
         <v>11.3</v>
       </c>
-      <c r="P46" s="1" t="n">
+      <c r="P47" s="1" t="n">
         <v>11.7</v>
       </c>
-      <c r="Q46" s="1" t="n">
+      <c r="Q47" s="1" t="n">
         <v>11.8</v>
       </c>
-      <c r="R46" s="1" t="n">
-[...2 lines deleted...]
-      <c r="S46" s="1" t="n">
+      <c r="R47" s="1" t="n">
+        <v>11.3</v>
+      </c>
+      <c r="S47" s="1" t="n">
         <v>10.6</v>
       </c>
-      <c r="T46" s="1" t="n">
+      <c r="T47" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="U47" s="1" t="n">
         <v>9.9</v>
       </c>
-      <c r="U46" s="1" t="n">
-[...6 lines deleted...]
-      <c r="B47" s="1"/>
+      <c r="V47" s="1" t="n">
+        <v>9.8</v>
+      </c>
+      <c r="W47" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A48" s="0"/>
+      <c r="B48" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="0" t="s">
-        <v>17</v>
+        <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="0"/>
+      <c r="A50" s="0" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A51" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="0" t="s">
         <v>1</v>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-[...1 lines deleted...]
-      <c r="B53" s="1" t="n">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="0"/>
+      <c r="B54" s="1" t="n">
         <v>2004</v>
       </c>
-      <c r="C53" s="1" t="n">
+      <c r="C54" s="1" t="n">
         <v>2005</v>
       </c>
-      <c r="D53" s="1" t="n">
+      <c r="D54" s="1" t="n">
         <v>2006</v>
       </c>
-      <c r="E53" s="1" t="n">
+      <c r="E54" s="1" t="n">
         <v>2007</v>
       </c>
-      <c r="F53" s="1" t="n">
+      <c r="F54" s="1" t="n">
         <v>2008</v>
       </c>
-      <c r="G53" s="1" t="n">
+      <c r="G54" s="1" t="n">
         <v>2009</v>
       </c>
-      <c r="H53" s="1" t="n">
+      <c r="H54" s="1" t="n">
         <v>2010</v>
       </c>
-      <c r="I53" s="1" t="n">
+      <c r="I54" s="1" t="n">
         <v>2011</v>
       </c>
-      <c r="J53" s="1" t="n">
+      <c r="J54" s="1" t="n">
         <v>2012</v>
       </c>
-      <c r="K53" s="1" t="n">
+      <c r="K54" s="1" t="n">
         <v>2013</v>
       </c>
-      <c r="L53" s="1" t="n">
+      <c r="L54" s="1" t="n">
         <v>2014</v>
       </c>
-      <c r="M53" s="1" t="n">
+      <c r="M54" s="1" t="n">
         <v>2015</v>
       </c>
-      <c r="N53" s="1" t="n">
+      <c r="N54" s="1" t="n">
         <v>2016</v>
       </c>
-      <c r="O53" s="1" t="n">
+      <c r="O54" s="1" t="n">
         <v>2017</v>
       </c>
-      <c r="P53" s="1" t="n">
+      <c r="P54" s="1" t="n">
         <v>2018</v>
       </c>
-      <c r="Q53" s="1" t="n">
+      <c r="Q54" s="1" t="n">
         <v>2019</v>
       </c>
-      <c r="R53" s="1" t="n">
+      <c r="R54" s="1" t="n">
         <v>2020</v>
       </c>
-      <c r="S53" s="1" t="n">
+      <c r="S54" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="T53" s="1" t="n">
+      <c r="T54" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="U53" s="1" t="n">
+      <c r="U54" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="V53" s="1"/>
-[...65 lines deleted...]
-      <c r="V54" s="1"/>
+      <c r="V54" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="W54" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="0" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B55" s="1" t="n">
-        <v>12.9</v>
+        <v>14.5</v>
       </c>
       <c r="C55" s="1" t="n">
-        <v>13.3</v>
+        <v>14.6</v>
       </c>
       <c r="D55" s="1" t="n">
-        <v>14</v>
+        <v>14.7</v>
       </c>
       <c r="E55" s="1" t="n">
         <v>14</v>
       </c>
       <c r="F55" s="1" t="n">
-        <v>17.1</v>
+        <v>18.2</v>
       </c>
       <c r="G55" s="1" t="n">
-        <v>14.1</v>
+        <v>15.2</v>
       </c>
       <c r="H55" s="1" t="n">
-        <v>17.2</v>
+        <v>20.5</v>
       </c>
       <c r="I55" s="1" t="n">
-        <v>19.4</v>
+        <v>22.5</v>
       </c>
       <c r="J55" s="1" t="n">
-        <v>18.1</v>
+        <v>20.6</v>
       </c>
       <c r="K55" s="1" t="n">
-        <v>17.3</v>
+        <v>18.6</v>
       </c>
       <c r="L55" s="1" t="n">
-        <v>15.7</v>
+        <v>19.6</v>
       </c>
       <c r="M55" s="1" t="n">
+        <v>19.7</v>
+      </c>
+      <c r="N55" s="1" t="n">
+        <v>21.2</v>
+      </c>
+      <c r="O55" s="1" t="n">
+        <v>19.5</v>
+      </c>
+      <c r="P55" s="1" t="n">
+        <v>18.8</v>
+      </c>
+      <c r="Q55" s="1" t="n">
+        <v>17.6</v>
+      </c>
+      <c r="R55" s="1" t="n">
+        <v>16.3</v>
+      </c>
+      <c r="S55" s="1" t="n">
+        <v>16.8</v>
+      </c>
+      <c r="T55" s="1" t="n">
+        <v>16.7</v>
+      </c>
+      <c r="U55" s="1" t="n">
         <v>17.5</v>
       </c>
-      <c r="N55" s="1" t="n">
-[...23 lines deleted...]
-      <c r="V55" s="1"/>
+      <c r="V55" s="1" t="n">
+        <v>15.5</v>
+      </c>
+      <c r="W55" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="0" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B56" s="1" t="n">
+        <v>12.9</v>
+      </c>
+      <c r="C56" s="1" t="n">
+        <v>13.3</v>
+      </c>
+      <c r="D56" s="1" t="n">
+        <v>14</v>
+      </c>
+      <c r="E56" s="1" t="n">
+        <v>14</v>
+      </c>
+      <c r="F56" s="1" t="n">
+        <v>17.1</v>
+      </c>
+      <c r="G56" s="1" t="n">
+        <v>14.1</v>
+      </c>
+      <c r="H56" s="1" t="n">
+        <v>17.2</v>
+      </c>
+      <c r="I56" s="1" t="n">
+        <v>19.4</v>
+      </c>
+      <c r="J56" s="1" t="n">
+        <v>18.1</v>
+      </c>
+      <c r="K56" s="1" t="n">
+        <v>17.3</v>
+      </c>
+      <c r="L56" s="1" t="n">
+        <v>15.7</v>
+      </c>
+      <c r="M56" s="1" t="n">
+        <v>17.5</v>
+      </c>
+      <c r="N56" s="1" t="n">
+        <v>18.2</v>
+      </c>
+      <c r="O56" s="1" t="n">
+        <v>17.6</v>
+      </c>
+      <c r="P56" s="1" t="n">
+        <v>16.9</v>
+      </c>
+      <c r="Q56" s="1" t="n">
+        <v>16.7</v>
+      </c>
+      <c r="R56" s="1" t="n">
+        <v>15.5</v>
+      </c>
+      <c r="S56" s="1" t="n">
+        <v>15.5</v>
+      </c>
+      <c r="T56" s="1" t="n">
+        <v>13</v>
+      </c>
+      <c r="U56" s="1" t="n">
+        <v>12.8</v>
+      </c>
+      <c r="V56" s="1" t="n">
+        <v>13.3</v>
+      </c>
+      <c r="W56" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="B57" s="1" t="n">
         <v>11.2</v>
       </c>
-      <c r="C56" s="1" t="n">
+      <c r="C57" s="1" t="n">
         <v>13.6</v>
       </c>
-      <c r="D56" s="1" t="n">
+      <c r="D57" s="1" t="n">
         <v>13.3</v>
       </c>
-      <c r="E56" s="1" t="n">
+      <c r="E57" s="1" t="n">
         <v>13.2</v>
       </c>
-      <c r="F56" s="1" t="n">
+      <c r="F57" s="1" t="n">
         <v>16.3</v>
       </c>
-      <c r="G56" s="1" t="n">
+      <c r="G57" s="1" t="n">
         <v>13.4</v>
       </c>
-      <c r="H56" s="1" t="n">
+      <c r="H57" s="1" t="n">
         <v>16.5</v>
       </c>
-      <c r="I56" s="1" t="n">
+      <c r="I57" s="1" t="n">
         <v>18.9</v>
       </c>
-      <c r="J56" s="1" t="n">
+      <c r="J57" s="1" t="n">
         <v>15</v>
       </c>
-      <c r="K56" s="1" t="n">
+      <c r="K57" s="1" t="n">
         <v>16.2</v>
       </c>
-      <c r="L56" s="1" t="n">
+      <c r="L57" s="1" t="n">
         <v>15.2</v>
       </c>
-      <c r="M56" s="1" t="n">
+      <c r="M57" s="1" t="n">
         <v>15.3</v>
       </c>
-      <c r="N56" s="1" t="n">
+      <c r="N57" s="1" t="n">
         <v>16.2</v>
       </c>
-      <c r="O56" s="1" t="n">
+      <c r="O57" s="1" t="n">
         <v>16.1</v>
       </c>
-      <c r="P56" s="1" t="n">
+      <c r="P57" s="1" t="n">
         <v>15.8</v>
       </c>
-      <c r="Q56" s="1" t="n">
-[...5 lines deleted...]
-      <c r="S56" s="1" t="n">
+      <c r="Q57" s="1" t="n">
+        <v>15</v>
+      </c>
+      <c r="R57" s="1" t="n">
+        <v>14</v>
+      </c>
+      <c r="S57" s="1" t="n">
         <v>12.9</v>
       </c>
-      <c r="T56" s="1" t="n">
-[...2 lines deleted...]
-      <c r="U56" s="1" t="n">
+      <c r="T57" s="1" t="n">
+        <v>12.9</v>
+      </c>
+      <c r="U57" s="1" t="n">
         <v>12.3</v>
       </c>
-      <c r="V56" s="1"/>
-[...3 lines deleted...]
-      <c r="B57" s="1"/>
+      <c r="V57" s="1" t="n">
+        <v>13.6</v>
+      </c>
+      <c r="W57" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A58" s="0"/>
+      <c r="B58" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="0" t="s">
-        <v>17</v>
+        <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="0"/>
+      <c r="A60" s="0" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A61" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="0" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="0" t="s">
         <v>1</v>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-[...1 lines deleted...]
-      <c r="B63" s="1" t="n">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="0"/>
+      <c r="B64" s="1" t="n">
         <v>2004</v>
       </c>
-      <c r="C63" s="1" t="n">
+      <c r="C64" s="1" t="n">
         <v>2005</v>
       </c>
-      <c r="D63" s="1" t="n">
+      <c r="D64" s="1" t="n">
         <v>2006</v>
       </c>
-      <c r="E63" s="1" t="n">
+      <c r="E64" s="1" t="n">
         <v>2007</v>
       </c>
-      <c r="F63" s="1" t="n">
+      <c r="F64" s="1" t="n">
         <v>2008</v>
       </c>
-      <c r="G63" s="1" t="n">
+      <c r="G64" s="1" t="n">
         <v>2009</v>
       </c>
-      <c r="H63" s="1" t="n">
+      <c r="H64" s="1" t="n">
         <v>2010</v>
       </c>
-      <c r="I63" s="1" t="n">
+      <c r="I64" s="1" t="n">
         <v>2011</v>
       </c>
-      <c r="J63" s="1" t="n">
+      <c r="J64" s="1" t="n">
         <v>2012</v>
       </c>
-      <c r="K63" s="1" t="n">
+      <c r="K64" s="1" t="n">
         <v>2013</v>
       </c>
-      <c r="L63" s="1" t="n">
+      <c r="L64" s="1" t="n">
         <v>2014</v>
       </c>
-      <c r="M63" s="1" t="n">
+      <c r="M64" s="1" t="n">
         <v>2015</v>
       </c>
-      <c r="N63" s="1" t="n">
+      <c r="N64" s="1" t="n">
         <v>2016</v>
       </c>
-      <c r="O63" s="1" t="n">
+      <c r="O64" s="1" t="n">
         <v>2017</v>
       </c>
-      <c r="P63" s="1" t="n">
+      <c r="P64" s="1" t="n">
         <v>2018</v>
       </c>
-      <c r="Q63" s="1" t="n">
+      <c r="Q64" s="1" t="n">
         <v>2019</v>
       </c>
-      <c r="R63" s="1" t="n">
+      <c r="R64" s="1" t="n">
         <v>2020</v>
       </c>
-      <c r="S63" s="1" t="n">
+      <c r="S64" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="T63" s="1" t="n">
+      <c r="T64" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="U63" s="1" t="n">
+      <c r="U64" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="V63" s="1"/>
-[...65 lines deleted...]
-      <c r="V64" s="1"/>
+      <c r="V64" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="W64" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B65" s="1" t="n">
-        <v>24.1</v>
+        <v>16.3</v>
       </c>
       <c r="C65" s="1" t="n">
-        <v>28.6</v>
+        <v>16.4</v>
       </c>
       <c r="D65" s="1" t="n">
-        <v>26.2</v>
+        <v>14.6</v>
       </c>
       <c r="E65" s="1" t="n">
-        <v>27</v>
+        <v>14.1</v>
       </c>
       <c r="F65" s="1" t="n">
-        <v>30.8</v>
+        <v>19.6</v>
       </c>
       <c r="G65" s="1" t="n">
-        <v>26.5</v>
+        <v>15</v>
       </c>
       <c r="H65" s="1" t="n">
-        <v>32.4</v>
+        <v>19.8</v>
       </c>
       <c r="I65" s="1" t="n">
-        <v>42.8</v>
+        <v>21.9</v>
       </c>
       <c r="J65" s="1" t="n">
-        <v>32.1</v>
+        <v>19.9</v>
       </c>
       <c r="K65" s="1" t="n">
-        <v>27.1</v>
+        <v>20.3</v>
       </c>
       <c r="L65" s="1" t="n">
-        <v>26.1</v>
+        <v>18.5</v>
       </c>
       <c r="M65" s="1" t="n">
-        <v>29.1</v>
+        <v>18.4</v>
       </c>
       <c r="N65" s="1" t="n">
-        <v>28.7</v>
+        <v>19.7</v>
       </c>
       <c r="O65" s="1" t="n">
-        <v>24.9</v>
+        <v>18.7</v>
       </c>
       <c r="P65" s="1" t="n">
-        <v>28.6</v>
+        <v>18.3</v>
       </c>
       <c r="Q65" s="1" t="n">
-        <v>26.5</v>
+        <v>17.7</v>
       </c>
       <c r="R65" s="1" t="n">
-        <v>22.8</v>
+        <v>16</v>
       </c>
       <c r="S65" s="1" t="n">
-        <v>25.2</v>
+        <v>15.7</v>
       </c>
       <c r="T65" s="1" t="n">
-        <v>24</v>
+        <v>15.7</v>
       </c>
       <c r="U65" s="1" t="n">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="V65" s="1"/>
+        <v>15.3</v>
+      </c>
+      <c r="V65" s="1" t="n">
+        <v>15</v>
+      </c>
+      <c r="W65" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="0" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B66" s="1" t="n">
-        <v>11.5</v>
+        <v>24.1</v>
       </c>
       <c r="C66" s="1" t="n">
-        <v>11.3</v>
+        <v>28.6</v>
       </c>
       <c r="D66" s="1" t="n">
-        <v>13.1</v>
+        <v>26.2</v>
       </c>
       <c r="E66" s="1" t="n">
-        <v>13.3</v>
+        <v>27</v>
       </c>
       <c r="F66" s="1" t="n">
-        <v>18.2</v>
+        <v>30.8</v>
       </c>
       <c r="G66" s="1" t="n">
-        <v>13.8</v>
+        <v>26.5</v>
       </c>
       <c r="H66" s="1" t="n">
-        <v>15.7</v>
+        <v>32.4</v>
       </c>
       <c r="I66" s="1" t="n">
-        <v>18.6</v>
+        <v>42.8</v>
       </c>
       <c r="J66" s="1" t="n">
-        <v>16.4</v>
+        <v>32.1</v>
       </c>
       <c r="K66" s="1" t="n">
-        <v>17.1</v>
+        <v>27.1</v>
       </c>
       <c r="L66" s="1" t="n">
-        <v>16.4</v>
+        <v>26.1</v>
       </c>
       <c r="M66" s="1" t="n">
-        <v>17.4</v>
+        <v>29.1</v>
       </c>
       <c r="N66" s="1" t="n">
-        <v>20.2</v>
+        <v>28.7</v>
       </c>
       <c r="O66" s="1" t="n">
-        <v>18.9</v>
+        <v>24.9</v>
       </c>
       <c r="P66" s="1" t="n">
-        <v>16.5</v>
+        <v>28.6</v>
       </c>
       <c r="Q66" s="1" t="n">
-        <v>15.4</v>
+        <v>26.4</v>
       </c>
       <c r="R66" s="1" t="n">
-        <v>14.5</v>
+        <v>23.4</v>
       </c>
       <c r="S66" s="1" t="n">
-        <v>13.8</v>
+        <v>25.2</v>
       </c>
       <c r="T66" s="1" t="n">
-        <v>13.2</v>
+        <v>24</v>
       </c>
       <c r="U66" s="1" t="n">
-        <v>13.4</v>
-[...1 lines deleted...]
-      <c r="V66" s="1"/>
+        <v>22.6</v>
+      </c>
+      <c r="V66" s="1" t="n">
+        <v>19.2</v>
+      </c>
+      <c r="W66" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="0" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B67" s="1" t="n">
-        <v>8.1</v>
+        <v>11.5</v>
       </c>
       <c r="C67" s="1" t="n">
-        <v>9.7</v>
+        <v>11.3</v>
       </c>
       <c r="D67" s="1" t="n">
-        <v>9</v>
+        <v>13.1</v>
       </c>
       <c r="E67" s="1" t="n">
-        <v>9.3</v>
+        <v>13.3</v>
       </c>
       <c r="F67" s="1" t="n">
-        <v>10.1</v>
+        <v>18.2</v>
       </c>
       <c r="G67" s="1" t="n">
-        <v>9.7</v>
+        <v>13.8</v>
       </c>
       <c r="H67" s="1" t="n">
-        <v>11</v>
+        <v>15.7</v>
       </c>
       <c r="I67" s="1" t="n">
-        <v>14.1</v>
+        <v>18.6</v>
       </c>
       <c r="J67" s="1" t="n">
-        <v>12.2</v>
+        <v>16.4</v>
       </c>
       <c r="K67" s="1" t="n">
-        <v>10.9</v>
+        <v>17.1</v>
       </c>
       <c r="L67" s="1" t="n">
-        <v>11.4</v>
+        <v>16.4</v>
       </c>
       <c r="M67" s="1" t="n">
-        <v>11.3</v>
+        <v>17.4</v>
       </c>
       <c r="N67" s="1" t="n">
-        <v>12</v>
+        <v>20.2</v>
       </c>
       <c r="O67" s="1" t="n">
-        <v>10</v>
+        <v>18.9</v>
       </c>
       <c r="P67" s="1" t="n">
-        <v>9.9</v>
+        <v>16.5</v>
       </c>
       <c r="Q67" s="1" t="n">
-        <v>10.1</v>
+        <v>15.5</v>
       </c>
       <c r="R67" s="1" t="n">
-        <v>9.9</v>
+        <v>14.7</v>
       </c>
       <c r="S67" s="1" t="n">
-        <v>9.8</v>
+        <v>13.8</v>
       </c>
       <c r="T67" s="1" t="n">
-        <v>8.4</v>
+        <v>13.2</v>
       </c>
       <c r="U67" s="1" t="n">
-        <v>7.9</v>
-[...1 lines deleted...]
-      <c r="V67" s="1"/>
+        <v>13.4</v>
+      </c>
+      <c r="V67" s="1" t="n">
+        <v>14.4</v>
+      </c>
+      <c r="W67" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B68" s="1" t="n">
-        <v>13.6</v>
+        <v>8.1</v>
       </c>
       <c r="C68" s="1" t="n">
-        <v>13.7</v>
+        <v>9.7</v>
       </c>
       <c r="D68" s="1" t="n">
-        <v>14.7</v>
+        <v>9</v>
       </c>
       <c r="E68" s="1" t="n">
-        <v>15.6</v>
+        <v>9.3</v>
       </c>
       <c r="F68" s="1" t="n">
-        <v>15.9</v>
+        <v>10.1</v>
       </c>
       <c r="G68" s="1" t="n">
-        <v>14.5</v>
+        <v>9.7</v>
       </c>
       <c r="H68" s="1" t="n">
-        <v>20.7</v>
+        <v>11</v>
       </c>
       <c r="I68" s="1" t="n">
-        <v>18.8</v>
+        <v>14.1</v>
       </c>
       <c r="J68" s="1" t="n">
-        <v>15.2</v>
+        <v>12.2</v>
       </c>
       <c r="K68" s="1" t="n">
-        <v>17.8</v>
+        <v>10.9</v>
       </c>
       <c r="L68" s="1" t="n">
-        <v>15.3</v>
+        <v>11.4</v>
       </c>
       <c r="M68" s="1" t="n">
-        <v>14.2</v>
+        <v>11.3</v>
       </c>
       <c r="N68" s="1" t="n">
-        <v>15.6</v>
+        <v>12</v>
       </c>
       <c r="O68" s="1" t="n">
-        <v>17.7</v>
+        <v>10</v>
       </c>
       <c r="P68" s="1" t="n">
-        <v>16.9</v>
+        <v>9.9</v>
       </c>
       <c r="Q68" s="1" t="n">
-        <v>16.1</v>
+        <v>10.2</v>
       </c>
       <c r="R68" s="1" t="n">
-        <v>14.2</v>
+        <v>10</v>
       </c>
       <c r="S68" s="1" t="n">
-        <v>15.7</v>
+        <v>9.8</v>
       </c>
       <c r="T68" s="1" t="n">
-        <v>13.2</v>
+        <v>8.4</v>
       </c>
       <c r="U68" s="1" t="n">
-        <v>13.7</v>
-[...1 lines deleted...]
-      <c r="V68" s="1"/>
+        <v>7.9</v>
+      </c>
+      <c r="V68" s="1" t="n">
+        <v>8.9</v>
+      </c>
+      <c r="W68" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B69" s="1" t="n">
+        <v>14</v>
+      </c>
+      <c r="C69" s="1" t="n">
+        <v>15.1</v>
+      </c>
+      <c r="D69" s="1" t="n">
+        <v>15.7</v>
+      </c>
+      <c r="E69" s="1" t="n">
+        <v>14.2</v>
+      </c>
+      <c r="F69" s="1" t="n">
+        <v>16.3</v>
+      </c>
+      <c r="G69" s="1" t="n">
+        <v>15.4</v>
+      </c>
+      <c r="H69" s="1" t="n">
+        <v>19</v>
+      </c>
+      <c r="I69" s="1" t="n">
+        <v>19.6</v>
+      </c>
+      <c r="J69" s="1" t="n">
+        <v>17.9</v>
+      </c>
+      <c r="K69" s="1" t="n">
+        <v>18.4</v>
+      </c>
+      <c r="L69" s="1" t="n">
+        <v>18.2</v>
+      </c>
+      <c r="M69" s="1" t="n">
+        <v>18.9</v>
+      </c>
+      <c r="N69" s="1" t="n">
+        <v>18.6</v>
+      </c>
+      <c r="O69" s="1" t="n">
+        <v>19.2</v>
+      </c>
+      <c r="P69" s="1" t="n">
+        <v>18.7</v>
+      </c>
+      <c r="Q69" s="1" t="n">
+        <v>16.6</v>
+      </c>
+      <c r="R69" s="1" t="n">
+        <v>15.9</v>
+      </c>
+      <c r="S69" s="1" t="n">
+        <v>16.6</v>
+      </c>
+      <c r="T69" s="1" t="n">
         <v>14.6</v>
       </c>
-      <c r="C69" s="1" t="n">
-[...52 lines deleted...]
-      </c>
       <c r="U69" s="1" t="n">
-        <v>13.4</v>
-[...1 lines deleted...]
-      <c r="V69" s="1"/>
+        <v>15.2</v>
+      </c>
+      <c r="V69" s="1" t="n">
+        <v>16.2</v>
+      </c>
+      <c r="W69" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="0" t="s">
-[...62 lines deleted...]
-      <c r="V70" s="1"/>
+      <c r="A70" s="0"/>
+      <c r="B70" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="0"/>
-      <c r="B71" s="1"/>
+      <c r="A71" s="0" t="s">
+        <v>5</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="0" t="s">
-        <v>5</v>
+        <v>22</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="0" t="s">
+      <c r="A73" s="0"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="0" t="s">
         <v>39</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A74" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="0" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="0"/>
+      <c r="B76" s="1" t="n">
+        <v>2004</v>
+      </c>
+      <c r="C76" s="1" t="n">
+        <v>2005</v>
+      </c>
+      <c r="D76" s="1" t="n">
+        <v>2006</v>
+      </c>
+      <c r="E76" s="1" t="n">
+        <v>2007</v>
+      </c>
+      <c r="F76" s="1" t="n">
+        <v>2008</v>
+      </c>
+      <c r="G76" s="1" t="n">
+        <v>2009</v>
+      </c>
+      <c r="H76" s="1" t="n">
+        <v>2010</v>
+      </c>
+      <c r="I76" s="1" t="n">
+        <v>2011</v>
+      </c>
+      <c r="J76" s="1" t="n">
+        <v>2012</v>
+      </c>
+      <c r="K76" s="1" t="n">
+        <v>2013</v>
+      </c>
+      <c r="L76" s="1" t="n">
+        <v>2014</v>
+      </c>
+      <c r="M76" s="1" t="n">
+        <v>2015</v>
+      </c>
+      <c r="N76" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="O76" s="1" t="n">
+        <v>2017</v>
+      </c>
+      <c r="P76" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="Q76" s="1" t="n">
+        <v>2019</v>
+      </c>
+      <c r="R76" s="1" t="n">
+        <v>2020</v>
+      </c>
+      <c r="S76" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="T76" s="1" t="n">
+        <v>2022</v>
+      </c>
+      <c r="U76" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="V76" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="W76" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="0" t="s">
         <v>40</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      <c r="A77" s="0"/>
       <c r="B77" s="1" t="n">
-        <v>2004</v>
+        <v>12.7</v>
       </c>
       <c r="C77" s="1" t="n">
-        <v>2005</v>
+        <v>13.4</v>
       </c>
       <c r="D77" s="1" t="n">
-        <v>2006</v>
+        <v>14.3</v>
       </c>
       <c r="E77" s="1" t="n">
-        <v>2007</v>
+        <v>13.7</v>
       </c>
       <c r="F77" s="1" t="n">
-        <v>2008</v>
+        <v>17.8</v>
       </c>
       <c r="G77" s="1" t="n">
-        <v>2009</v>
+        <v>14.5</v>
       </c>
       <c r="H77" s="1" t="n">
-        <v>2010</v>
+        <v>17.7</v>
       </c>
       <c r="I77" s="1" t="n">
-        <v>2011</v>
+        <v>20.2</v>
       </c>
       <c r="J77" s="1" t="n">
-        <v>2012</v>
+        <v>16.8</v>
       </c>
       <c r="K77" s="1" t="n">
-        <v>2013</v>
+        <v>17.1</v>
       </c>
       <c r="L77" s="1" t="n">
-        <v>2014</v>
+        <v>15.8</v>
       </c>
       <c r="M77" s="1" t="n">
-        <v>2015</v>
+        <v>15.7</v>
       </c>
       <c r="N77" s="1" t="n">
-        <v>2016</v>
+        <v>16.7</v>
       </c>
       <c r="O77" s="1" t="n">
-        <v>2017</v>
+        <v>17.5</v>
       </c>
       <c r="P77" s="1" t="n">
-        <v>2018</v>
+        <v>16.7</v>
       </c>
       <c r="Q77" s="1" t="n">
-        <v>2019</v>
+        <v>15.9</v>
       </c>
       <c r="R77" s="1" t="n">
-        <v>2020</v>
+        <v>14.7</v>
       </c>
       <c r="S77" s="1" t="n">
-        <v>2021</v>
+        <v>14</v>
       </c>
       <c r="T77" s="1" t="n">
-        <v>2022</v>
+        <v>13.3</v>
       </c>
       <c r="U77" s="1" t="n">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="V77" s="1"/>
+        <v>13.4</v>
+      </c>
+      <c r="V77" s="1" t="n">
+        <v>14.2</v>
+      </c>
+      <c r="W77" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="0" t="s">
         <v>41</v>
       </c>
       <c r="B78" s="1" t="n">
-        <v>12.7</v>
+        <v>19.3</v>
       </c>
       <c r="C78" s="1" t="n">
-        <v>13.4</v>
+        <v>19</v>
       </c>
       <c r="D78" s="1" t="n">
-        <v>14.3</v>
+        <v>20</v>
       </c>
       <c r="E78" s="1" t="n">
-        <v>13.7</v>
+        <v>19.1</v>
       </c>
       <c r="F78" s="1" t="n">
-        <v>17.8</v>
+        <v>24.9</v>
       </c>
       <c r="G78" s="1" t="n">
-        <v>14.5</v>
+        <v>18.9</v>
       </c>
       <c r="H78" s="1" t="n">
-        <v>17.7</v>
+        <v>25</v>
       </c>
       <c r="I78" s="1" t="n">
-        <v>20.2</v>
+        <v>27.4</v>
       </c>
       <c r="J78" s="1" t="n">
-        <v>16.8</v>
+        <v>26.7</v>
       </c>
       <c r="K78" s="1" t="n">
-        <v>17.1</v>
+        <v>28</v>
       </c>
       <c r="L78" s="1" t="n">
-        <v>15.8</v>
+        <v>26.4</v>
       </c>
       <c r="M78" s="1" t="n">
-        <v>15.7</v>
+        <v>30.5</v>
       </c>
       <c r="N78" s="1" t="n">
-        <v>16.7</v>
+        <v>30.8</v>
       </c>
       <c r="O78" s="1" t="n">
-        <v>17.5</v>
+        <v>30.8</v>
       </c>
       <c r="P78" s="1" t="n">
-        <v>16.7</v>
+        <v>28.4</v>
       </c>
       <c r="Q78" s="1" t="n">
-        <v>15.7</v>
+        <v>25.4</v>
       </c>
       <c r="R78" s="1" t="n">
-        <v>14.7</v>
+        <v>23.4</v>
       </c>
       <c r="S78" s="1" t="n">
-        <v>14.1</v>
+        <v>21.1</v>
       </c>
       <c r="T78" s="1" t="n">
-        <v>13.1</v>
+        <v>22.5</v>
       </c>
       <c r="U78" s="1" t="n">
-        <v>13.6</v>
-[...1 lines deleted...]
-      <c r="V78" s="1"/>
+        <v>20.3</v>
+      </c>
+      <c r="V78" s="1" t="n">
+        <v>19.3</v>
+      </c>
+      <c r="W78" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="0" t="s">
         <v>42</v>
       </c>
       <c r="B79" s="1" t="n">
-        <v>19.3</v>
+        <v>9.9</v>
       </c>
       <c r="C79" s="1" t="n">
-        <v>19</v>
+        <v>11.7</v>
       </c>
       <c r="D79" s="1" t="n">
-        <v>20</v>
+        <v>9.4</v>
       </c>
       <c r="E79" s="1" t="n">
-        <v>19.1</v>
+        <v>9.5</v>
       </c>
       <c r="F79" s="1" t="n">
-        <v>24.9</v>
+        <v>13.2</v>
       </c>
       <c r="G79" s="1" t="n">
-        <v>18.9</v>
+        <v>10.7</v>
       </c>
       <c r="H79" s="1" t="n">
-        <v>25</v>
+        <v>13.6</v>
       </c>
       <c r="I79" s="1" t="n">
-        <v>27.4</v>
+        <v>15.9</v>
       </c>
       <c r="J79" s="1" t="n">
-        <v>26.7</v>
+        <v>13.7</v>
       </c>
       <c r="K79" s="1" t="n">
-        <v>28</v>
+        <v>12.2</v>
       </c>
       <c r="L79" s="1" t="n">
-        <v>26.4</v>
+        <v>12.4</v>
       </c>
       <c r="M79" s="1" t="n">
-        <v>30.5</v>
+        <v>12.2</v>
       </c>
       <c r="N79" s="1" t="n">
-        <v>30.8</v>
+        <v>13.6</v>
       </c>
       <c r="O79" s="1" t="n">
-        <v>30.8</v>
+        <v>11.2</v>
       </c>
       <c r="P79" s="1" t="n">
-        <v>28.4</v>
+        <v>12.1</v>
       </c>
       <c r="Q79" s="1" t="n">
-        <v>25.4</v>
+        <v>12.4</v>
       </c>
       <c r="R79" s="1" t="n">
-        <v>22.9</v>
+        <v>12</v>
       </c>
       <c r="S79" s="1" t="n">
-        <v>20.7</v>
+        <v>10.8</v>
       </c>
       <c r="T79" s="1" t="n">
-        <v>22.7</v>
+        <v>10.3</v>
       </c>
       <c r="U79" s="1" t="n">
-        <v>20.3</v>
-[...1 lines deleted...]
-      <c r="V79" s="1"/>
+        <v>10.2</v>
+      </c>
+      <c r="V79" s="1" t="n">
+        <v>9.8</v>
+      </c>
+      <c r="W79" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="0" t="s">
         <v>43</v>
       </c>
       <c r="B80" s="1" t="n">
-        <v>9.9</v>
+        <v>14.5</v>
       </c>
       <c r="C80" s="1" t="n">
-        <v>11.7</v>
+        <v>16.6</v>
       </c>
       <c r="D80" s="1" t="n">
-        <v>9.4</v>
+        <v>15.8</v>
       </c>
       <c r="E80" s="1" t="n">
-        <v>9.5</v>
+        <v>15</v>
       </c>
       <c r="F80" s="1" t="n">
-        <v>13.2</v>
+        <v>18.5</v>
       </c>
       <c r="G80" s="1" t="n">
-        <v>10.7</v>
+        <v>16.2</v>
       </c>
       <c r="H80" s="1" t="n">
-        <v>13.6</v>
+        <v>20.2</v>
       </c>
       <c r="I80" s="1" t="n">
-        <v>15.9</v>
+        <v>22.2</v>
       </c>
       <c r="J80" s="1" t="n">
-        <v>13.7</v>
+        <v>21.4</v>
       </c>
       <c r="K80" s="1" t="n">
-        <v>12.2</v>
+        <v>20.7</v>
       </c>
       <c r="L80" s="1" t="n">
-        <v>12.4</v>
+        <v>20.3</v>
       </c>
       <c r="M80" s="1" t="n">
-        <v>12.2</v>
+        <v>23</v>
       </c>
       <c r="N80" s="1" t="n">
-        <v>13.6</v>
+        <v>24.9</v>
       </c>
       <c r="O80" s="1" t="n">
-        <v>11.2</v>
+        <v>22.4</v>
       </c>
       <c r="P80" s="1" t="n">
-        <v>12.1</v>
+        <v>21.3</v>
       </c>
       <c r="Q80" s="1" t="n">
-        <v>12.3</v>
+        <v>20.1</v>
       </c>
       <c r="R80" s="1" t="n">
-        <v>11.8</v>
+        <v>18.4</v>
       </c>
       <c r="S80" s="1" t="n">
-        <v>10.8</v>
+        <v>19.5</v>
       </c>
       <c r="T80" s="1" t="n">
-        <v>10.2</v>
+        <v>17</v>
       </c>
       <c r="U80" s="1" t="n">
-        <v>10.1</v>
-[...1 lines deleted...]
-      <c r="V80" s="1"/>
+        <v>17.1</v>
+      </c>
+      <c r="V80" s="1" t="n">
+        <v>16.8</v>
+      </c>
+      <c r="W80" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="0" t="s">
+      <c r="A81" s="0"/>
+      <c r="B81" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="0" t="s">
         <v>44</v>
       </c>
-      <c r="B81" s="1" t="n">
-[...63 lines deleted...]
-      <c r="B82" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="0" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="0"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="0" t="s">
         <v>45</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      <c r="A85" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="0" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="0"/>
+      <c r="B87" s="1" t="n">
+        <v>2004</v>
+      </c>
+      <c r="C87" s="1" t="n">
+        <v>2005</v>
+      </c>
+      <c r="D87" s="1" t="n">
+        <v>2006</v>
+      </c>
+      <c r="E87" s="1" t="n">
+        <v>2007</v>
+      </c>
+      <c r="F87" s="1" t="n">
+        <v>2008</v>
+      </c>
+      <c r="G87" s="1" t="n">
+        <v>2009</v>
+      </c>
+      <c r="H87" s="1" t="n">
+        <v>2010</v>
+      </c>
+      <c r="I87" s="1" t="n">
+        <v>2011</v>
+      </c>
+      <c r="J87" s="1" t="n">
+        <v>2012</v>
+      </c>
+      <c r="K87" s="1" t="n">
+        <v>2013</v>
+      </c>
+      <c r="L87" s="1" t="n">
+        <v>2014</v>
+      </c>
+      <c r="M87" s="1" t="n">
+        <v>2015</v>
+      </c>
+      <c r="N87" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="O87" s="1" t="n">
+        <v>2017</v>
+      </c>
+      <c r="P87" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="Q87" s="1" t="n">
+        <v>2019</v>
+      </c>
+      <c r="R87" s="1" t="n">
+        <v>2020</v>
+      </c>
+      <c r="S87" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="T87" s="1" t="n">
+        <v>2022</v>
+      </c>
+      <c r="U87" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="V87" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="W87" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="0" t="s">
         <v>46</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      <c r="A88" s="0"/>
       <c r="B88" s="1" t="n">
-        <v>2004</v>
+        <v>19.6</v>
       </c>
       <c r="C88" s="1" t="n">
-        <v>2005</v>
+        <v>23</v>
       </c>
       <c r="D88" s="1" t="n">
-        <v>2006</v>
+        <v>20.7</v>
       </c>
       <c r="E88" s="1" t="n">
-        <v>2007</v>
+        <v>21.5</v>
       </c>
       <c r="F88" s="1" t="n">
-        <v>2008</v>
+        <v>27</v>
       </c>
       <c r="G88" s="1" t="n">
-        <v>2009</v>
+        <v>24</v>
       </c>
       <c r="H88" s="1" t="n">
-        <v>2010</v>
+        <v>28.9</v>
       </c>
       <c r="I88" s="1" t="n">
-        <v>2011</v>
+        <v>30.2</v>
       </c>
       <c r="J88" s="1" t="n">
-        <v>2012</v>
+        <v>26.6</v>
       </c>
       <c r="K88" s="1" t="n">
-        <v>2013</v>
+        <v>25.7</v>
       </c>
       <c r="L88" s="1" t="n">
-        <v>2014</v>
+        <v>26.3</v>
       </c>
       <c r="M88" s="1" t="n">
-        <v>2015</v>
+        <v>29.3</v>
       </c>
       <c r="N88" s="1" t="n">
-        <v>2016</v>
+        <v>29</v>
       </c>
       <c r="O88" s="1" t="n">
-        <v>2017</v>
+        <v>26.6</v>
       </c>
       <c r="P88" s="1" t="n">
-        <v>2018</v>
+        <v>26.1</v>
       </c>
       <c r="Q88" s="1" t="n">
-        <v>2019</v>
+        <v>23.1</v>
       </c>
       <c r="R88" s="1" t="n">
-        <v>2020</v>
+        <v>21.8</v>
       </c>
       <c r="S88" s="1" t="n">
-        <v>2021</v>
+        <v>22.4</v>
       </c>
       <c r="T88" s="1" t="n">
-        <v>2022</v>
+        <v>21</v>
       </c>
       <c r="U88" s="1" t="n">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="V88" s="1"/>
+        <v>19.6</v>
+      </c>
+      <c r="V88" s="1" t="n">
+        <v>20.3</v>
+      </c>
+      <c r="W88" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="0" t="s">
         <v>47</v>
       </c>
       <c r="B89" s="1" t="n">
-        <v>19.6</v>
+        <v>13.7</v>
       </c>
       <c r="C89" s="1" t="n">
-        <v>23</v>
+        <v>15.8</v>
       </c>
       <c r="D89" s="1" t="n">
+        <v>15.7</v>
+      </c>
+      <c r="E89" s="1" t="n">
+        <v>16</v>
+      </c>
+      <c r="F89" s="1" t="n">
+        <v>17.7</v>
+      </c>
+      <c r="G89" s="1" t="n">
+        <v>16.2</v>
+      </c>
+      <c r="H89" s="1" t="n">
+        <v>20.2</v>
+      </c>
+      <c r="I89" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="J89" s="1" t="n">
+        <v>25.9</v>
+      </c>
+      <c r="K89" s="1" t="n">
+        <v>21.3</v>
+      </c>
+      <c r="L89" s="1" t="n">
         <v>20.7</v>
       </c>
-      <c r="E89" s="1" t="n">
-[...22 lines deleted...]
-      </c>
       <c r="M89" s="1" t="n">
-        <v>29.3</v>
+        <v>20.3</v>
       </c>
       <c r="N89" s="1" t="n">
-        <v>29</v>
+        <v>21.7</v>
       </c>
       <c r="O89" s="1" t="n">
-        <v>26.6</v>
+        <v>20.4</v>
       </c>
       <c r="P89" s="1" t="n">
-        <v>26.1</v>
+        <v>18.7</v>
       </c>
       <c r="Q89" s="1" t="n">
-        <v>23.4</v>
+        <v>18.4</v>
       </c>
       <c r="R89" s="1" t="n">
-        <v>21.9</v>
+        <v>16.8</v>
       </c>
       <c r="S89" s="1" t="n">
-        <v>22.6</v>
+        <v>17.3</v>
       </c>
       <c r="T89" s="1" t="n">
-        <v>21</v>
+        <v>14.3</v>
       </c>
       <c r="U89" s="1" t="n">
-        <v>19.6</v>
-[...1 lines deleted...]
-      <c r="V89" s="1"/>
+        <v>17.2</v>
+      </c>
+      <c r="V89" s="1" t="n">
+        <v>15.5</v>
+      </c>
+      <c r="W89" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="0" t="s">
         <v>48</v>
       </c>
       <c r="B90" s="1" t="n">
-        <v>13.7</v>
+        <v>13.9</v>
       </c>
       <c r="C90" s="1" t="n">
-        <v>15.8</v>
+        <v>16.7</v>
       </c>
       <c r="D90" s="1" t="n">
+        <v>14.4</v>
+      </c>
+      <c r="E90" s="1" t="n">
+        <v>12.4</v>
+      </c>
+      <c r="F90" s="1" t="n">
+        <v>19</v>
+      </c>
+      <c r="G90" s="1" t="n">
+        <v>12.4</v>
+      </c>
+      <c r="H90" s="1" t="n">
+        <v>19</v>
+      </c>
+      <c r="I90" s="1" t="n">
+        <v>19.2</v>
+      </c>
+      <c r="J90" s="1" t="n">
+        <v>17.7</v>
+      </c>
+      <c r="K90" s="1" t="n">
+        <v>16.9</v>
+      </c>
+      <c r="L90" s="1" t="n">
         <v>15.7</v>
       </c>
-      <c r="E90" s="1" t="n">
+      <c r="M90" s="1" t="n">
+        <v>16.1</v>
+      </c>
+      <c r="N90" s="1" t="n">
+        <v>18.8</v>
+      </c>
+      <c r="O90" s="1" t="n">
+        <v>15.9</v>
+      </c>
+      <c r="P90" s="1" t="n">
+        <v>17.6</v>
+      </c>
+      <c r="Q90" s="1" t="n">
+        <v>16.1</v>
+      </c>
+      <c r="R90" s="1" t="n">
+        <v>16.5</v>
+      </c>
+      <c r="S90" s="1" t="n">
         <v>16</v>
       </c>
-      <c r="F90" s="1" t="n">
-[...40 lines deleted...]
-      </c>
       <c r="T90" s="1" t="n">
-        <v>14.6</v>
+        <v>15.6</v>
       </c>
       <c r="U90" s="1" t="n">
-        <v>17.8</v>
-[...1 lines deleted...]
-      <c r="V90" s="1"/>
+        <v>11.9</v>
+      </c>
+      <c r="V90" s="1" t="n">
+        <v>14.4</v>
+      </c>
+      <c r="W90" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="0" t="s">
         <v>49</v>
       </c>
       <c r="B91" s="1" t="n">
+        <v>11.5</v>
+      </c>
+      <c r="C91" s="1" t="n">
+        <v>10.9</v>
+      </c>
+      <c r="D91" s="1" t="n">
+        <v>11.8</v>
+      </c>
+      <c r="E91" s="1" t="n">
+        <v>10.6</v>
+      </c>
+      <c r="F91" s="1" t="n">
+        <v>14.9</v>
+      </c>
+      <c r="G91" s="1" t="n">
         <v>13.9</v>
       </c>
-      <c r="C91" s="1" t="n">
-[...5 lines deleted...]
-      <c r="E91" s="1" t="n">
+      <c r="H91" s="1" t="n">
+        <v>14.8</v>
+      </c>
+      <c r="I91" s="1" t="n">
+        <v>17</v>
+      </c>
+      <c r="J91" s="1" t="n">
+        <v>12.8</v>
+      </c>
+      <c r="K91" s="1" t="n">
+        <v>14.1</v>
+      </c>
+      <c r="L91" s="1" t="n">
+        <v>12.7</v>
+      </c>
+      <c r="M91" s="1" t="n">
+        <v>12.8</v>
+      </c>
+      <c r="N91" s="1" t="n">
+        <v>14.6</v>
+      </c>
+      <c r="O91" s="1" t="n">
+        <v>14.7</v>
+      </c>
+      <c r="P91" s="1" t="n">
+        <v>13.8</v>
+      </c>
+      <c r="Q91" s="1" t="n">
+        <v>14.7</v>
+      </c>
+      <c r="R91" s="1" t="n">
+        <v>12</v>
+      </c>
+      <c r="S91" s="1" t="n">
+        <v>12.8</v>
+      </c>
+      <c r="T91" s="1" t="n">
         <v>12.4</v>
       </c>
-      <c r="F91" s="1" t="n">
-[...43 lines deleted...]
-      </c>
       <c r="U91" s="1" t="n">
-        <v>11.6</v>
-[...1 lines deleted...]
-      <c r="V91" s="1"/>
+        <v>13.1</v>
+      </c>
+      <c r="V91" s="1" t="n">
+        <v>13</v>
+      </c>
+      <c r="W91" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B92" s="1" t="n">
-        <v>11.5</v>
+        <v>8.9</v>
       </c>
       <c r="C92" s="1" t="n">
-        <v>10.9</v>
+        <v>9</v>
       </c>
       <c r="D92" s="1" t="n">
-        <v>11.8</v>
+        <v>11.3</v>
       </c>
       <c r="E92" s="1" t="n">
-        <v>10.6</v>
+        <v>10.5</v>
       </c>
       <c r="F92" s="1" t="n">
-        <v>14.9</v>
+        <v>12.1</v>
       </c>
       <c r="G92" s="1" t="n">
-        <v>13.9</v>
+        <v>9.3</v>
       </c>
       <c r="H92" s="1" t="n">
-        <v>14.8</v>
+        <v>12.7</v>
       </c>
       <c r="I92" s="1" t="n">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="J92" s="1" t="n">
-        <v>12.8</v>
+        <v>10.5</v>
       </c>
       <c r="K92" s="1" t="n">
-        <v>14.1</v>
+        <v>12.6</v>
       </c>
       <c r="L92" s="1" t="n">
-        <v>12.7</v>
+        <v>12.3</v>
       </c>
       <c r="M92" s="1" t="n">
-        <v>12.8</v>
+        <v>12.6</v>
       </c>
       <c r="N92" s="1" t="n">
-        <v>14.6</v>
+        <v>11.6</v>
       </c>
       <c r="O92" s="1" t="n">
-        <v>14.7</v>
+        <v>14.5</v>
       </c>
       <c r="P92" s="1" t="n">
-        <v>13.8</v>
+        <v>12.9</v>
       </c>
       <c r="Q92" s="1" t="n">
-        <v>14.7</v>
+        <v>12</v>
       </c>
       <c r="R92" s="1" t="n">
-        <v>11.8</v>
+        <v>11.3</v>
       </c>
       <c r="S92" s="1" t="n">
-        <v>12.8</v>
+        <v>8.7</v>
       </c>
       <c r="T92" s="1" t="n">
-        <v>12.1</v>
+        <v>8.4</v>
       </c>
       <c r="U92" s="1" t="n">
-        <v>13.3</v>
-[...1 lines deleted...]
-      <c r="V92" s="1"/>
+        <v>10.2</v>
+      </c>
+      <c r="V92" s="1" t="n">
+        <v>10.1</v>
+      </c>
+      <c r="W92" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="0" t="s">
-[...62 lines deleted...]
-      <c r="V93" s="1"/>
+      <c r="A93" s="0"/>
+      <c r="B93" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="0"/>
-      <c r="B94" s="1"/>
+      <c r="A94" s="0" t="s">
+        <v>5</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="0" t="s">
-        <v>5</v>
+        <v>22</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="0" t="s">
-[...4 lines deleted...]
-      <c r="A97" s="0"/>
+      <c r="A96" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="B1" s="0" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="B2" s="0" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
+        <v>55</v>
+      </c>
+      <c r="B3" s="0" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>cic bfp</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>