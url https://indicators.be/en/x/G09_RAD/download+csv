--- v0 (2025-10-25)
+++ v1 (2026-02-15)
@@ -13,137 +13,127 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G09_RAD" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="25" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="25" uniqueCount="22">
   <si>
     <t>Research and development - Belgium - trend assessment</t>
   </si>
   <si>
     <t>percentage of gross domestic product</t>
   </si>
   <si>
     <t>observations</t>
   </si>
   <si>
-    <t>trend and extrapolation (November 2024)</t>
+    <t>trend and extrapolation (November 2025)</t>
   </si>
   <si>
     <t>objective 2020 and beyond</t>
   </si>
   <si>
-    <t>2022 estimated data</t>
-[...2 lines deleted...]
-    <t>Eurostat (2024), Intramural R&amp;D expenditure (GERD) by sectors of performance [rd_e_gerdtot], https://ec.europa.eu/eurostat (consulted on 08/10/2024) &amp; calculations FPB.</t>
+    <t>Note: 2022 estimated data, 2023 provisional data</t>
+  </si>
+  <si>
+    <t>Source: Eurostat (2025), Intramural R&amp;D expenditure (GERD) by sectors of performance, rd_e_gerdtot, https://ec.europa.eu/eurostat, last update of data 02/05/2025 11:00 (consulted on 30/06/2025)</t>
   </si>
   <si>
     <t>Research and development - Belgium and international comparison</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>EU27</t>
   </si>
   <si>
-    <t>EU: estimated data, except for 2015 and 2017</t>
-[...2 lines deleted...]
-    <t>Eurostat (2024), Intramural R&amp;D expenditure (GERD) by sectors of performance [rd_e_gerdtot], https://ec.europa.eu/eurostat (consulted on 08/10/2024).</t>
+    <t>Note: For the EU data are estimated, except for 2015 and 2017. For Belgium, data are estimated for 2022 and provisional for 2023.</t>
+  </si>
+  <si>
+    <t>Source: Eurostat (2024), Intramural R&amp;D expenditure (GERD) by sectors of performance, rd_e_gerdtot, https://ec.europa.eu/eurostat, last update of data 02/05/2025 11:00 (consulted on 30/06/2025).</t>
   </si>
   <si>
     <t>Research and development by region - Belgium</t>
   </si>
   <si>
     <t>Brussels-Capital Region</t>
   </si>
   <si>
     <t>Flemish Region</t>
   </si>
   <si>
     <t>Walloon Region</t>
   </si>
   <si>
-    <t>Eurostat (2024), Intramural R&amp;D expenditure (GERD) by sectors of performance [rd_e_gerdreg], https://ec.europa.eu/eurostat (consulted on 08/10/2024).</t>
-[...1 lines deleted...]
-  <si>
     <t>Code</t>
   </si>
   <si>
     <t>G09_RAD</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Research and development (i49)</t>
+    <t>Research and development (i50)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Definition: the indicator measures gross domestic expenditure on research and development (R&amp;amp;D), both public and private, as a percentage of GDP. These expenditures relate to work undertaken on a systematic basis to increase the stock of knowledge, and the use of this stock of knowledge for new applications. Data come from Eurostat.
+The following breakdown is available for this indicator: region.
 Goal: the share of R&amp;amp;D expenditure must reach 3% of GDP as from 2020.
 The Sustainable Development Goals or SDGs adopted by the UN in 2015 include target 9.5: "Enhance scientific research, upgrade the technological capabilities of industrial sectors in all countries, in particular developing countries, including, by 2030, encouraging innovation and substantially increasing the number of research and development workers per 1 million people and public and private research and development spending".
 The Federal Long-Term Strategic Vision for Sustainable Development sets this objective: "Research and development budgets will reach at least 3% of GDP and will increase year by year" (Objective 49; Belgian Official Gazette, 08/10/2013).
 Since this commitment sets a target of 3% for 2050, this goal is also considered for 2030.
-International comparison: in comparison with the European average, the Belgian indicator as a percentage of GDP has always stood at a higher level. As from 2009, the growth rate of the indicator (both in euros and as a percentage of GDP) for Belgium was higher. Therefore, the gap in 2022 between the Belgian R&amp;amp;D expenditure and the European one (EU27) is almost 1.1 percentage point. When Member States are divided into three groups, Belgium is part of the group with the best performance in 2022 and performs better than the European average. In that year, Sweden ranked first with 3.47% and Romania last with 0.46%.
 UN indicator: the selected indicator corresponds to indicator 9.5.1 - Research and development expenditure as a proportion of GDP.
 Sources
-General
-[...5 lines deleted...]
-Belgian Official Gazette: http://www.ejustice.just.fgov.be/cgi/welcome.pl; research on http://www.ejustice.just.fgov.be/doc/rech_f.htm (consulted on 24/09/2020).
+Belgian Official Gazette: http://www.ejustice.just.fgov.be/cgi/welcome.pl; research on http://www.ejustice.just.fgov.be/doc/rech_f.htm.
 European commission (2010), Europe 2020. A strategy for smart, sustainable and inclusive growth, https://eur-lex.europa.eu/legal-content/EN/TXT/HTML/?uri=CELEX:52010DC2020&amp;amp;from=EN (consulted on 24/09/2020).
-European Council (2002), Presidency conclusions European council meeting in Barcelona 14 and 15 march 2002, http://aei.pitt.edu/43345/1/Barcelona_2002_1.pdf (consulted on 24/09/2020).
-[...1 lines deleted...]
-More information is available in French and Dutch.
+European Council (2002), Presidency conclusions European council meeting in Barcelona 14 and 15 march 2002, http://aei.pitt.edu/43345/1/Barcelona_2002_1.pdf (consulted on 02/10/2025).
+Federal government (2011), Programme national de réforme 2011, p. 25, https://www.be2020.eu/uploaded/uploaded/201105201047030.PNR_2011_fr.pdf (consulted on 02/10/2025).
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -350,213 +340,213 @@
       <c r="C4" s="1" t="n">
         <v>2.03</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>1.9</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>1.84</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>1.82</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>1.79</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>1.82</v>
       </c>
       <c r="I4" s="1" t="n">
         <v>1.85</v>
       </c>
       <c r="J4" s="1" t="n">
         <v>1.94</v>
       </c>
       <c r="K4" s="1" t="n">
-        <v>2</v>
+        <v>1.99</v>
       </c>
       <c r="L4" s="1" t="n">
         <v>2.06</v>
       </c>
       <c r="M4" s="1" t="n">
-        <v>2.17</v>
+        <v>2.16</v>
       </c>
       <c r="N4" s="1" t="n">
-        <v>2.28</v>
+        <v>2.27</v>
       </c>
       <c r="O4" s="1" t="n">
-        <v>2.33</v>
+        <v>2.32</v>
       </c>
       <c r="P4" s="1" t="n">
-        <v>2.37</v>
+        <v>2.36</v>
       </c>
       <c r="Q4" s="1" t="n">
         <v>2.43</v>
       </c>
       <c r="R4" s="1" t="n">
-        <v>2.52</v>
+        <v>2.53</v>
       </c>
       <c r="S4" s="1" t="n">
-        <v>2.67</v>
+        <v>2.68</v>
       </c>
       <c r="T4" s="1" t="n">
         <v>2.86</v>
       </c>
       <c r="U4" s="1" t="n">
-        <v>3.16</v>
+        <v>3.15</v>
       </c>
       <c r="V4" s="1" t="n">
-        <v>3.397</v>
+        <v>3.37</v>
       </c>
       <c r="W4" s="1" t="n">
-        <v>3.43</v>
+        <v>3.41</v>
       </c>
       <c r="X4" s="1" t="n">
-        <v>3.35</v>
-[...2 lines deleted...]
-        <f>=NA()</f>
+        <v>3.29</v>
+      </c>
+      <c r="Y4" s="1" t="n">
+        <v>3.32</v>
       </c>
       <c r="Z4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AA4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AB4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AC4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AD4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AE4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AF4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AG4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="n">
-        <v>1.881229904</v>
+        <v>1.881028374</v>
       </c>
       <c r="C5" s="1" t="n">
-        <v>1.874872587</v>
+        <v>1.874657524</v>
       </c>
       <c r="D5" s="1" t="n">
-        <v>1.869111646</v>
+        <v>1.868885075</v>
       </c>
       <c r="E5" s="1" t="n">
-        <v>1.865997972</v>
+        <v>1.865765769</v>
       </c>
       <c r="F5" s="1" t="n">
-        <v>1.867882514</v>
+        <v>1.867656611</v>
       </c>
       <c r="G5" s="1" t="n">
-        <v>1.876892944</v>
+        <v>1.876693905</v>
       </c>
       <c r="H5" s="1" t="n">
-        <v>1.894773547</v>
+        <v>1.894633572</v>
       </c>
       <c r="I5" s="1" t="n">
-        <v>1.922531373</v>
+        <v>1.922497774</v>
       </c>
       <c r="J5" s="1" t="n">
-        <v>1.960574976</v>
+        <v>1.960713856</v>
       </c>
       <c r="K5" s="1" t="n">
-        <v>2.008703982</v>
+        <v>2.009103579</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>2.066586763</v>
+        <v>2.067359625</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>2.133833139</v>
+        <v>2.13500891</v>
       </c>
       <c r="N5" s="1" t="n">
-        <v>2.209970135</v>
+        <v>2.211475781</v>
       </c>
       <c r="O5" s="1" t="n">
-        <v>2.294851101</v>
+        <v>2.296375659</v>
       </c>
       <c r="P5" s="1" t="n">
-        <v>2.389039235</v>
+        <v>2.389872803</v>
       </c>
       <c r="Q5" s="1" t="n">
-        <v>2.493545138</v>
+        <v>2.492384537</v>
       </c>
       <c r="R5" s="1" t="n">
-        <v>2.609312761</v>
+        <v>2.604032466</v>
       </c>
       <c r="S5" s="1" t="n">
-        <v>2.73670291</v>
+        <v>2.724215218</v>
       </c>
       <c r="T5" s="1" t="n">
-        <v>2.875068431</v>
+        <v>2.851329704</v>
       </c>
       <c r="U5" s="1" t="n">
-        <v>3.022783023</v>
+        <v>2.982913977</v>
       </c>
       <c r="V5" s="1" t="n">
-        <v>3.177608862</v>
+        <v>3.116095336</v>
       </c>
       <c r="W5" s="1" t="n">
-        <v>3.338241844</v>
+        <v>3.249253592</v>
       </c>
       <c r="X5" s="1" t="n">
-        <v>3.505405154</v>
+        <v>3.383184503</v>
       </c>
       <c r="Y5" s="1" t="n">
-        <v>3.663385801</v>
+        <v>3.520570201</v>
       </c>
       <c r="Z5" s="1" t="n">
-        <v>3.811976225</v>
+        <v>3.649238438</v>
       </c>
       <c r="AA5" s="1" t="n">
-        <v>3.951131875</v>
+        <v>3.769272106</v>
       </c>
       <c r="AB5" s="1" t="n">
-        <v>4.080943828</v>
+        <v>3.880855824</v>
       </c>
       <c r="AC5" s="1" t="n">
-        <v>4.201612984</v>
+        <v>3.98425411</v>
       </c>
       <c r="AD5" s="1" t="n">
-        <v>4.313426474</v>
+        <v>4.079791938</v>
       </c>
       <c r="AE5" s="1" t="n">
-        <v>4.416736638</v>
+        <v>4.167837778</v>
       </c>
       <c r="AF5" s="1" t="n">
-        <v>4.511942712</v>
+        <v>4.248789136</v>
       </c>
       <c r="AG5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="1" t="n">
         <v>3</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>3</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>3</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>3</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>3</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>3</v>
       </c>
@@ -728,231 +718,240 @@
       </c>
       <c r="V13" s="1" t="n">
         <v>2015</v>
       </c>
       <c r="W13" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="X13" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="Y13" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="Z13" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="AA13" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="AB13" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="AC13" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="AD13" s="1"/>
+      <c r="AD13" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="AE13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="1" t="n">
         <v>1.65</v>
       </c>
       <c r="C14" s="1" t="n">
         <v>1.74</v>
       </c>
       <c r="D14" s="1" t="n">
         <v>1.81</v>
       </c>
       <c r="E14" s="1" t="n">
         <v>1.84</v>
       </c>
       <c r="F14" s="1" t="n">
         <v>1.91</v>
       </c>
       <c r="G14" s="1" t="n">
         <v>1.94</v>
       </c>
       <c r="H14" s="1" t="n">
         <v>2.03</v>
       </c>
       <c r="I14" s="1" t="n">
         <v>1.9</v>
       </c>
       <c r="J14" s="1" t="n">
         <v>1.84</v>
       </c>
       <c r="K14" s="1" t="n">
         <v>1.82</v>
       </c>
       <c r="L14" s="1" t="n">
         <v>1.79</v>
       </c>
       <c r="M14" s="1" t="n">
         <v>1.82</v>
       </c>
       <c r="N14" s="1" t="n">
         <v>1.85</v>
       </c>
       <c r="O14" s="1" t="n">
         <v>1.94</v>
       </c>
       <c r="P14" s="1" t="n">
-        <v>2</v>
+        <v>1.99</v>
       </c>
       <c r="Q14" s="1" t="n">
         <v>2.06</v>
       </c>
       <c r="R14" s="1" t="n">
-        <v>2.17</v>
+        <v>2.16</v>
       </c>
       <c r="S14" s="1" t="n">
-        <v>2.28</v>
+        <v>2.27</v>
       </c>
       <c r="T14" s="1" t="n">
-        <v>2.33</v>
+        <v>2.32</v>
       </c>
       <c r="U14" s="1" t="n">
-        <v>2.37</v>
+        <v>2.36</v>
       </c>
       <c r="V14" s="1" t="n">
         <v>2.43</v>
       </c>
       <c r="W14" s="1" t="n">
-        <v>2.52</v>
+        <v>2.53</v>
       </c>
       <c r="X14" s="1" t="n">
-        <v>2.67</v>
+        <v>2.68</v>
       </c>
       <c r="Y14" s="1" t="n">
         <v>2.86</v>
       </c>
       <c r="Z14" s="1" t="n">
-        <v>3.16</v>
+        <v>3.15</v>
       </c>
       <c r="AA14" s="1" t="n">
-        <v>3.397</v>
+        <v>3.37</v>
       </c>
       <c r="AB14" s="1" t="n">
-        <v>3.43</v>
+        <v>3.41</v>
       </c>
       <c r="AC14" s="1" t="n">
-        <v>3.35</v>
-[...1 lines deleted...]
-      <c r="AD14" s="1"/>
+        <v>3.29</v>
+      </c>
+      <c r="AD14" s="1" t="n">
+        <v>3.32</v>
+      </c>
+      <c r="AE14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B15" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="C15" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D15" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="E15" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="F15" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="G15" s="1" t="n">
         <v>1.81</v>
       </c>
       <c r="H15" s="1" t="n">
         <v>1.82</v>
       </c>
       <c r="I15" s="1" t="n">
         <v>1.83</v>
       </c>
       <c r="J15" s="1" t="n">
-        <v>1.83</v>
+        <v>1.82</v>
       </c>
       <c r="K15" s="1" t="n">
-        <v>1.8</v>
+        <v>1.79</v>
       </c>
       <c r="L15" s="1" t="n">
         <v>1.78</v>
       </c>
       <c r="M15" s="1" t="n">
         <v>1.8</v>
       </c>
       <c r="N15" s="1" t="n">
-        <v>1.8</v>
+        <v>1.79</v>
       </c>
       <c r="O15" s="1" t="n">
         <v>1.87</v>
       </c>
       <c r="P15" s="1" t="n">
-        <v>1.97</v>
+        <v>1.96</v>
       </c>
       <c r="Q15" s="1" t="n">
-        <v>1.97</v>
+        <v>1.96</v>
       </c>
       <c r="R15" s="1" t="n">
-        <v>2.02</v>
+        <v>2</v>
       </c>
       <c r="S15" s="1" t="n">
+        <v>2.06</v>
+      </c>
+      <c r="T15" s="1" t="n">
         <v>2.08</v>
       </c>
-      <c r="T15" s="1" t="n">
+      <c r="U15" s="1" t="n">
+        <v>2.09</v>
+      </c>
+      <c r="V15" s="1" t="n">
         <v>2.1</v>
       </c>
-      <c r="U15" s="1" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="W15" s="1" t="n">
-        <v>2.12</v>
+        <v>2.1</v>
       </c>
       <c r="X15" s="1" t="n">
-        <v>2.15</v>
+        <v>2.14</v>
       </c>
       <c r="Y15" s="1" t="n">
-        <v>2.19</v>
+        <v>2.17</v>
       </c>
       <c r="Z15" s="1" t="n">
+        <v>2.21</v>
+      </c>
+      <c r="AA15" s="1" t="n">
+        <v>2.28</v>
+      </c>
+      <c r="AB15" s="1" t="n">
+        <v>2.24</v>
+      </c>
+      <c r="AC15" s="1" t="n">
         <v>2.23</v>
       </c>
-      <c r="AA15" s="1" t="n">
-[...8 lines deleted...]
-      <c r="AD15" s="1"/>
+      <c r="AD15" s="1" t="n">
+        <v>2.24</v>
+      </c>
+      <c r="AE15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0"/>
       <c r="B16" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="0" t="s">
@@ -1057,54 +1056,54 @@
       <c r="K23" s="1" t="n">
         <v>1.34</v>
       </c>
       <c r="L23" s="1" t="n">
         <v>1.4</v>
       </c>
       <c r="M23" s="1" t="n">
         <v>1.47</v>
       </c>
       <c r="N23" s="1" t="n">
         <v>1.62</v>
       </c>
       <c r="O23" s="1" t="n">
         <v>1.7</v>
       </c>
       <c r="P23" s="1" t="n">
         <v>1.9</v>
       </c>
       <c r="Q23" s="1" t="n">
         <v>2.04</v>
       </c>
       <c r="R23" s="1" t="n">
         <v>2.25</v>
       </c>
       <c r="S23" s="1" t="n">
-        <v>2.32</v>
-[...2 lines deleted...]
-        <f>=NA()</f>
+        <v>2.33</v>
+      </c>
+      <c r="T23" s="1" t="n">
+        <v>2.51</v>
       </c>
       <c r="U23" s="1" t="n">
         <v>2.49</v>
       </c>
       <c r="V23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B24" s="1" t="n">
         <v>2.14</v>
       </c>
       <c r="C24" s="1" t="n">
         <v>2.04</v>
       </c>
       <c r="D24" s="1" t="n">
         <v>1.99</v>
       </c>
       <c r="E24" s="1" t="n">
         <v>2.02</v>
       </c>
       <c r="F24" s="1" t="n">
         <v>1.92</v>
       </c>
@@ -1205,104 +1204,104 @@
         <v>2.49</v>
       </c>
       <c r="Q25" s="1" t="n">
         <v>2.66</v>
       </c>
       <c r="R25" s="1" t="n">
         <v>3.15</v>
       </c>
       <c r="S25" s="1" t="n">
         <v>3.34</v>
       </c>
       <c r="T25" s="1" t="n">
         <v>3.66</v>
       </c>
       <c r="U25" s="1" t="n">
         <v>3.61</v>
       </c>
       <c r="V25" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0"/>
       <c r="B26" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B1" s="0" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B2" s="0" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="B3" s="0" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>cic bfp</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>