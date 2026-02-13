--- v0 (2025-10-25)
+++ v1 (2026-02-13)
@@ -13,165 +13,163 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G08_UNE" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="35">
   <si>
     <t>Unemployment rate - Belgium and international comparison</t>
   </si>
   <si>
     <t>percentage of active population</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>EU27</t>
   </si>
   <si>
-    <t>break in time series: BE in 1999, 2001, 2005, 2011, 2017, 2021; EU in 2005, 2021</t>
-[...2 lines deleted...]
-    <t>Statbel; Eurostat (2024), European Union Labour Force Survey (EU-LFS), lfsa_urgaed, https://ec.europa.eu/eurostat (geraadpleegd op 14/10/2024). </t>
+    <t>Note: break in time series: BE in 1999, 2001, 2005, 2011, 2017, 2021; EU in 2005, 2021. The 95% confidence interval of the unemployment rate  in 2024 is 5.5% to 6.1% for Belgium.</t>
+  </si>
+  <si>
+    <t>Source: Statbel; Eurostat (2025), Unemployment rates by educational attainment level, lfsa_urgaed, https://ec.europa.eu/eurostat,  laatste update van data 21/10/2025 23:00 (geraadpleegd op 03/11/2025)</t>
   </si>
   <si>
     <t>Unemployment rate by region - Belgium</t>
   </si>
   <si>
     <t>Brussels-Capital Region</t>
   </si>
   <si>
     <t>Flemish Region</t>
   </si>
   <si>
     <t>Walloon Region</t>
   </si>
   <si>
-    <t>The margin of uncertainty for this indicator is indicated in the text for the latest year. Break in time series: 1999, 2001, 2005, 2011, 2017, 2021</t>
-[...2 lines deleted...]
-    <t>Statbel (2024), direct communication 22/10/2024.</t>
+    <t>Note: Break in time series: 1999, 2001, 2005, 2011, 2017, 2021. The 95% confidence interval of the unemployment rate  in 2024  is 10.6% to 13.2% for Brussels, 3.5% to 4.1% for  Flanders and 6.9% to 8.1% for Wallonia.</t>
+  </si>
+  <si>
+    <t>Source: Statbel; Eurostat (2025), Unemployment rates by country of birth and NUTS 2 region, lfst_r_lfur2gac, https://ec.europa.eu/eurostat,  laatste update van data 11/09/2025 23:00 (geraadpleegd op 03/11/2025)</t>
   </si>
   <si>
     <t>Unemployment rate by sex - Belgium</t>
   </si>
   <si>
     <t>females</t>
   </si>
   <si>
     <t>males</t>
   </si>
   <si>
+    <t>Note: break in time series: BE in 1999, 2001, 2005, 2011, 2017, 2021; EU in 2005, 2021</t>
+  </si>
+  <si>
     <t>Unemployment rate by age - Belgium</t>
   </si>
   <si>
     <t>18-24</t>
   </si>
   <si>
     <t>25-49</t>
   </si>
   <si>
     <t>50-64</t>
   </si>
   <si>
+    <t>Source: Statbel (2025), direct communication 04/11/2025</t>
+  </si>
+  <si>
     <t>Unemployment rate by education - Belgium</t>
   </si>
   <si>
     <t>at most lower secondary</t>
   </si>
   <si>
     <t>upper secondary</t>
   </si>
   <si>
     <t>tertiary</t>
   </si>
   <si>
     <t>Long-term unemployment rate - Belgium</t>
   </si>
   <si>
     <t>long-term unemployment</t>
   </si>
   <si>
-    <t>break in time series: 1999, 2001, 2017, 2021</t>
-[...2 lines deleted...]
-    <t>Statbel; Eurostat (2024), European Union Labour Force Survey (EU-LFS), till 2020: une_ltu_a_h, 2021 onwards: une_ltu_a, https://ec.europa.eu/eurostat (consulted on 14/10/2024).</t>
+    <t>Note: break in time series: 1999, 2001, 2017, 2021</t>
+  </si>
+  <si>
+    <t>Bron: Eurostat (2025),  Long-term unemployment by sex (1996-2020) - annual data, une_ltu_a_h,  https://ec.europa.eu/eurostat, laatste update van data 12/12/2024 23:00 en vanaf 2021 Long-term unemployment by sex - annual data, une_ltu_a,  laatste update van data 12/06/2025 23:00 (geraadpleegd op 03/11/2025)</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G08_UNE</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Unemployment (i41)</t>
+    <t>Unemployment (i42)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Definition: the unemployment rate refers to the ratio between the number of unemployed and the labour force, expressed as a percentage. The unemployment data used for this indicator are drawn from the Labour Force Survey (LFS). The survey data were obtained from direct interviews to determine if a person is unemployed. This is the case if the person is not working, has actively been looking for a job in the last four weeks and is available within two weeks to possibly start working. The labour force includes all persons in from 15 years who are available in the labour market, i.e. those who have paid work and those who do not but are looking for it. The unemployment data presented here refer to the population aged 15 to 64. This is different for the data on long-term unemployment: here the age group 20-64 years applies. Statistics Belgium organises this EU-harmonised survey in Belgium and makes the results available, in particular to Eurostat. The survey methodology was reviewed in 2017. Comparison of the 2017 data with previous years should be done with caution. Due to, among other things, changes in the definition of unemployment following a new European framework regulation, the data from 2021 onwards cannot be directly compared with those of 2020. From now on, persons who are temporarily unemployed for more than three months will no longer be counted as employed but as unemployed or inactive, depending on the answers to the questions on job search and availability.
 The data used here come from Eurostat, which publishes detailed and comparable results between EU Member States. Since these data are based on surveys, a margin of uncertainty must be taken into account. This margin of uncertainty increases as the indicator is calculated on smaller sub-populations. The confidence intervals for these data are available on request from Statistics Belgium.
+The following breakdowns are available for this indicator: region, sex, age, education and unemployment duration.
 Goal: the unemployment rate must be reduced.
 The Sustainable Development Goals or SDGs adopted by the UN in 2015 include target 8.5: "By 2030 achieve full and productive employment and decent work for all women and men, including for young people and persons with disabilities, and equal pay for work of equal value".
 The Federal Long-Term Strategic Vision for Sustainable Development includes the following objectives: "The labour market will be inclusive and provide decent employment for every working age citizen” (Objective 8), "The level of employment shall be as stable and high as possible and shall respect the principles of decent work. Anyone of working age will have the opportunity to find paid work” (Objective 9), “Unemployment will be reduced to the level of frictional unemployment" (Objective 10) and "Working conditions will be adapted throughout the career to ensure a better quality of life and allow people to work longer” (Objective 11, Belgian Official Gazette, 08/10/2013).
-International comparison: since 2002, the unemployment rate in Belgium has been consistently lower than in the EU27, except in 2007 when it was the same for both. The unemployment rate has developed differently in the EU27 and in Belgium. Between 2002 and 2008, the unemployment rate in the EU27 declined from 9.8% to 7.3%, while that in Belgium fluctuated around 7.5% over the same period. As from 2009 the unemployment rate increases sharply in the EU27 to reach 11.5% in 2013. This increase is much less pronounced in Belgium. The unemployment rate in the EU27 has been falling since 2013, reaching 6.8% in 2019, while it has only been falling as from 2015 in Belgium. In 2020, the unemployment rate in the EU27 increased slightly to 7.2%, which was also the value for 2021. In 2023, it dropped to 6.1%.
-When Member States are divided into three groups, Belgium is part of the group with average performances and performs better than the European average in 2023. In that year, the Czechia ranked first with 2.6% and Spain last with 12.3%.
 UN indicator: the selected indicator corresponds to indicator 8.5.2 - Unemployment rate, by sex, age and persons with disabilities.
 Sources
-General
-[...6 lines deleted...]
-More information is available in French and Dutch.
+Belgian Official Gazette: http://www.ejustice.just.fgov.be/cgi/welcome.pl; research on http://www.ejustice.just.fgov.be/doc/rech_f.htm.
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -229,51 +227,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:AJ56"/>
+  <dimension ref="A1:AK56"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
         <v>1990</v>
       </c>
       <c r="C3" s="1" t="n">
@@ -353,51 +351,54 @@
       </c>
       <c r="AB3" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="AC3" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="AD3" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="AE3" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="AF3" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="AG3" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="AH3" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="AI3" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="AJ3" s="1"/>
+      <c r="AJ3" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="AK3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="1" t="n">
         <v>7.3</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>7</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>6.7</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>8.1</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>9.7</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>9.4</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>9.5</v>
@@ -461,51 +462,54 @@
       </c>
       <c r="AB4" s="1" t="n">
         <v>7.9</v>
       </c>
       <c r="AC4" s="1" t="n">
         <v>7.1</v>
       </c>
       <c r="AD4" s="1" t="n">
         <v>6</v>
       </c>
       <c r="AE4" s="1" t="n">
         <v>5.4</v>
       </c>
       <c r="AF4" s="1" t="n">
         <v>5.6</v>
       </c>
       <c r="AG4" s="1" t="n">
         <v>6.3</v>
       </c>
       <c r="AH4" s="1" t="n">
         <v>5.6</v>
       </c>
       <c r="AI4" s="1" t="n">
         <v>5.6</v>
       </c>
-      <c r="AJ4" s="1"/>
+      <c r="AJ4" s="1" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="AK4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="C5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="E5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="F5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="G5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="H5" s="1" t="s">
         <f>=NA()</f>
@@ -569,508 +573,415 @@
       </c>
       <c r="AB5" s="1" t="n">
         <v>9.3</v>
       </c>
       <c r="AC5" s="1" t="n">
         <v>8.3</v>
       </c>
       <c r="AD5" s="1" t="n">
         <v>7.4</v>
       </c>
       <c r="AE5" s="1" t="n">
         <v>6.8</v>
       </c>
       <c r="AF5" s="1" t="n">
         <v>7.2</v>
       </c>
       <c r="AG5" s="1" t="n">
         <v>7.2</v>
       </c>
       <c r="AH5" s="1" t="n">
         <v>6.3</v>
       </c>
       <c r="AI5" s="1" t="n">
         <v>6.1</v>
       </c>
-      <c r="AJ5" s="1"/>
+      <c r="AJ5" s="1" t="n">
+        <v>6</v>
+      </c>
+      <c r="AK5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0"/>
       <c r="B6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="0"/>
       <c r="B12" s="1" t="n">
-        <v>1990</v>
+        <v>1999</v>
       </c>
       <c r="C12" s="1" t="n">
-        <v>1991</v>
+        <v>2000</v>
       </c>
       <c r="D12" s="1" t="n">
-        <v>1992</v>
+        <v>2001</v>
       </c>
       <c r="E12" s="1" t="n">
-        <v>1993</v>
+        <v>2002</v>
       </c>
       <c r="F12" s="1" t="n">
-        <v>1994</v>
+        <v>2003</v>
       </c>
       <c r="G12" s="1" t="n">
-        <v>1995</v>
+        <v>2004</v>
       </c>
       <c r="H12" s="1" t="n">
-        <v>1996</v>
+        <v>2005</v>
       </c>
       <c r="I12" s="1" t="n">
-        <v>1997</v>
+        <v>2006</v>
       </c>
       <c r="J12" s="1" t="n">
-        <v>1998</v>
+        <v>2007</v>
       </c>
       <c r="K12" s="1" t="n">
-        <v>1999</v>
+        <v>2008</v>
       </c>
       <c r="L12" s="1" t="n">
-        <v>2000</v>
+        <v>2009</v>
       </c>
       <c r="M12" s="1" t="n">
-        <v>2001</v>
+        <v>2010</v>
       </c>
       <c r="N12" s="1" t="n">
-        <v>2002</v>
+        <v>2011</v>
       </c>
       <c r="O12" s="1" t="n">
-        <v>2003</v>
+        <v>2012</v>
       </c>
       <c r="P12" s="1" t="n">
-        <v>2004</v>
+        <v>2013</v>
       </c>
       <c r="Q12" s="1" t="n">
-        <v>2005</v>
+        <v>2014</v>
       </c>
       <c r="R12" s="1" t="n">
-        <v>2006</v>
+        <v>2015</v>
       </c>
       <c r="S12" s="1" t="n">
-        <v>2007</v>
+        <v>2016</v>
       </c>
       <c r="T12" s="1" t="n">
-        <v>2008</v>
+        <v>2017</v>
       </c>
       <c r="U12" s="1" t="n">
-        <v>2009</v>
+        <v>2018</v>
       </c>
       <c r="V12" s="1" t="n">
-        <v>2010</v>
+        <v>2019</v>
       </c>
       <c r="W12" s="1" t="n">
-        <v>2011</v>
+        <v>2020</v>
       </c>
       <c r="X12" s="1" t="n">
-        <v>2012</v>
+        <v>2021</v>
       </c>
       <c r="Y12" s="1" t="n">
-        <v>2013</v>
+        <v>2022</v>
       </c>
       <c r="Z12" s="1" t="n">
-        <v>2014</v>
+        <v>2023</v>
       </c>
       <c r="AA12" s="1" t="n">
-        <v>2015</v>
-[...25 lines deleted...]
-      <c r="AJ12" s="1"/>
+        <v>2024</v>
+      </c>
+      <c r="AB12" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="1" t="n">
-        <v>10.54268426</v>
+        <v>16</v>
       </c>
       <c r="C13" s="1" t="n">
-        <v>9.864364982</v>
+        <v>15</v>
       </c>
       <c r="D13" s="1" t="n">
-        <v>11.45862284</v>
+        <v>13.1</v>
       </c>
       <c r="E13" s="1" t="n">
-        <v>15.01046173</v>
+        <v>16</v>
       </c>
       <c r="F13" s="1" t="n">
-        <v>16.69758571</v>
+        <v>14.9</v>
       </c>
       <c r="G13" s="1" t="n">
-        <v>16.94388401</v>
+        <v>13.6</v>
       </c>
       <c r="H13" s="1" t="n">
-        <v>16.22701943</v>
+        <v>16.5</v>
       </c>
       <c r="I13" s="1" t="n">
-        <v>16.66926715</v>
+        <v>17.7</v>
       </c>
       <c r="J13" s="1" t="n">
-        <v>16.48839352</v>
+        <v>17.2</v>
       </c>
       <c r="K13" s="1" t="n">
-        <v>15.89569704</v>
+        <v>16</v>
       </c>
       <c r="L13" s="1" t="n">
-        <v>13.96467139</v>
+        <v>15.9</v>
       </c>
       <c r="M13" s="1" t="n">
-        <v>12.99700519</v>
+        <v>17.4</v>
       </c>
       <c r="N13" s="1" t="n">
-        <v>14.73091959</v>
+        <v>17.1</v>
       </c>
       <c r="O13" s="1" t="n">
-        <v>15.75630405</v>
+        <v>17.5</v>
       </c>
       <c r="P13" s="1" t="n">
-        <v>15.89990543</v>
+        <v>19.3</v>
       </c>
       <c r="Q13" s="1" t="n">
-        <v>16.47407307</v>
+        <v>18.5</v>
       </c>
       <c r="R13" s="1" t="n">
-        <v>17.68927129</v>
+        <v>17.5</v>
       </c>
       <c r="S13" s="1" t="n">
-        <v>17.16734351</v>
+        <v>16.9</v>
       </c>
       <c r="T13" s="1" t="n">
-        <v>16.02715397</v>
+        <v>15</v>
       </c>
       <c r="U13" s="1" t="n">
-        <v>15.85356356</v>
+        <v>13.4</v>
       </c>
       <c r="V13" s="1" t="n">
-        <v>17.39362048</v>
+        <v>12.7</v>
       </c>
       <c r="W13" s="1" t="n">
-        <v>17.10784812</v>
+        <v>12.4</v>
       </c>
       <c r="X13" s="1" t="n">
-        <v>17.47758137</v>
+        <v>12.5</v>
       </c>
       <c r="Y13" s="1" t="n">
-        <v>19.3255315</v>
+        <v>11.5</v>
       </c>
       <c r="Z13" s="1" t="n">
-        <v>18.46964587</v>
+        <v>10.7</v>
       </c>
       <c r="AA13" s="1" t="n">
-        <v>17.46075991</v>
-[...25 lines deleted...]
-      <c r="AJ13" s="1"/>
+        <v>11.9</v>
+      </c>
+      <c r="AB13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="1" t="n">
-        <v>4.294444962</v>
+        <v>5.6</v>
       </c>
       <c r="C14" s="1" t="n">
-        <v>4.187131862</v>
+        <v>3.7</v>
       </c>
       <c r="D14" s="1" t="n">
-        <v>4.418132434</v>
+        <v>3.5</v>
       </c>
       <c r="E14" s="1" t="n">
-        <v>5.489501707</v>
+        <v>4.8</v>
       </c>
       <c r="F14" s="1" t="n">
-        <v>6.678609867</v>
+        <v>5.3</v>
       </c>
       <c r="G14" s="1" t="n">
-        <v>5.801649725</v>
+        <v>4.5</v>
       </c>
       <c r="H14" s="1" t="n">
-        <v>6.259737141</v>
+        <v>5.5</v>
       </c>
       <c r="I14" s="1" t="n">
-        <v>5.267938092</v>
+        <v>5</v>
       </c>
       <c r="J14" s="1" t="n">
-        <v>5.455239247</v>
+        <v>4.4</v>
       </c>
       <c r="K14" s="1" t="n">
-        <v>5.384558923</v>
+        <v>3.9</v>
       </c>
       <c r="L14" s="1" t="n">
-        <v>4.312008499</v>
+        <v>5</v>
       </c>
       <c r="M14" s="1" t="n">
-        <v>3.992006905</v>
+        <v>5.2</v>
       </c>
       <c r="N14" s="1" t="n">
-        <v>4.922956341</v>
+        <v>4.3</v>
       </c>
       <c r="O14" s="1" t="n">
-        <v>5.712464317</v>
+        <v>4.6</v>
       </c>
       <c r="P14" s="1" t="n">
-        <v>5.449662596</v>
+        <v>5.1</v>
       </c>
       <c r="Q14" s="1" t="n">
-        <v>5.463786113</v>
+        <v>5.1</v>
       </c>
       <c r="R14" s="1" t="n">
-        <v>4.989010541</v>
+        <v>5.2</v>
       </c>
       <c r="S14" s="1" t="n">
-        <v>4.36272516</v>
+        <v>4.9</v>
       </c>
       <c r="T14" s="1" t="n">
-        <v>3.947253314</v>
+        <v>4.4</v>
       </c>
       <c r="U14" s="1" t="n">
-        <v>4.95661333</v>
+        <v>3.5</v>
       </c>
       <c r="V14" s="1" t="n">
-        <v>5.187426625</v>
+        <v>3.3</v>
       </c>
       <c r="W14" s="1" t="n">
-        <v>4.289486408</v>
+        <v>3.5</v>
       </c>
       <c r="X14" s="1" t="n">
-        <v>4.55423901</v>
+        <v>3.9</v>
       </c>
       <c r="Y14" s="1" t="n">
-        <v>5.080169564</v>
+        <v>3.2</v>
       </c>
       <c r="Z14" s="1" t="n">
-        <v>5.091723985</v>
+        <v>3.3</v>
       </c>
       <c r="AA14" s="1" t="n">
-        <v>5.220691216</v>
-[...25 lines deleted...]
-      <c r="AJ14" s="1"/>
+        <v>3.8</v>
+      </c>
+      <c r="AB14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B15" s="1" t="n">
-        <v>9.036634491</v>
+        <v>12.5</v>
       </c>
       <c r="C15" s="1" t="n">
-        <v>8.938941948</v>
+        <v>9.9</v>
       </c>
       <c r="D15" s="1" t="n">
-        <v>10.34546891</v>
+        <v>9.4</v>
       </c>
       <c r="E15" s="1" t="n">
-        <v>11.392157</v>
+        <v>8.5</v>
       </c>
       <c r="F15" s="1" t="n">
-        <v>13.61688161</v>
+        <v>10.4</v>
       </c>
       <c r="G15" s="1" t="n">
-        <v>13.89091822</v>
+        <v>11</v>
       </c>
       <c r="H15" s="1" t="n">
-        <v>14.23631221</v>
+        <v>11.9</v>
       </c>
       <c r="I15" s="1" t="n">
-        <v>13.56172108</v>
+        <v>11.8</v>
       </c>
       <c r="J15" s="1" t="n">
-        <v>13.68058618</v>
+        <v>10.5</v>
       </c>
       <c r="K15" s="1" t="n">
-        <v>12.65553982</v>
+        <v>10.1</v>
       </c>
       <c r="L15" s="1" t="n">
-        <v>10.3222207</v>
+        <v>11.2</v>
       </c>
       <c r="M15" s="1" t="n">
-        <v>9.948617469</v>
+        <v>11.5</v>
       </c>
       <c r="N15" s="1" t="n">
-        <v>10.60962858</v>
+        <v>9.5</v>
       </c>
       <c r="O15" s="1" t="n">
-        <v>10.87445861</v>
+        <v>10.1</v>
       </c>
       <c r="P15" s="1" t="n">
-        <v>12.06165081</v>
+        <v>11.4</v>
       </c>
       <c r="Q15" s="1" t="n">
-        <v>11.92864207</v>
+        <v>12</v>
       </c>
       <c r="R15" s="1" t="n">
-        <v>11.75303302</v>
+        <v>12</v>
       </c>
       <c r="S15" s="1" t="n">
-        <v>10.52712194</v>
+        <v>10.6</v>
       </c>
       <c r="T15" s="1" t="n">
-        <v>10.06552227</v>
+        <v>9.8</v>
       </c>
       <c r="U15" s="1" t="n">
-        <v>11.21948742</v>
+        <v>8.5</v>
       </c>
       <c r="V15" s="1" t="n">
-        <v>11.49641839</v>
+        <v>7.2</v>
       </c>
       <c r="W15" s="1" t="n">
-        <v>9.52997691</v>
+        <v>7.4</v>
       </c>
       <c r="X15" s="1" t="n">
-        <v>10.12387154</v>
+        <v>8.9</v>
       </c>
       <c r="Y15" s="1" t="n">
-        <v>11.43057307</v>
+        <v>8.4</v>
       </c>
       <c r="Z15" s="1" t="n">
-        <v>11.95949769</v>
+        <v>8.2</v>
       </c>
       <c r="AA15" s="1" t="n">
-        <v>11.9898622</v>
-[...25 lines deleted...]
-      <c r="AJ15" s="1"/>
+        <v>7.5</v>
+      </c>
+      <c r="AB15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0"/>
       <c r="B16" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="0" t="s">
@@ -1159,51 +1070,54 @@
       </c>
       <c r="AB22" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="AC22" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="AD22" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="AE22" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="AF22" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="AG22" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="AH22" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="AI22" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="AJ22" s="1"/>
+      <c r="AJ22" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="AK22" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B23" s="1" t="n">
         <v>11.5</v>
       </c>
       <c r="C23" s="1" t="n">
         <v>10.7</v>
       </c>
       <c r="D23" s="1" t="n">
         <v>9.5</v>
       </c>
       <c r="E23" s="1" t="n">
         <v>10.9</v>
       </c>
       <c r="F23" s="1" t="n">
         <v>12.5</v>
       </c>
       <c r="G23" s="1" t="n">
         <v>12.3</v>
       </c>
       <c r="H23" s="1" t="n">
         <v>12.4</v>
@@ -1267,51 +1181,54 @@
       </c>
       <c r="AB23" s="1" t="n">
         <v>7.6</v>
       </c>
       <c r="AC23" s="1" t="n">
         <v>7.1</v>
       </c>
       <c r="AD23" s="1" t="n">
         <v>5.6</v>
       </c>
       <c r="AE23" s="1" t="n">
         <v>5</v>
       </c>
       <c r="AF23" s="1" t="n">
         <v>5.4</v>
       </c>
       <c r="AG23" s="1" t="n">
         <v>5.9</v>
       </c>
       <c r="AH23" s="1" t="n">
         <v>5.3</v>
       </c>
       <c r="AI23" s="1" t="n">
         <v>5.1</v>
       </c>
-      <c r="AJ23" s="1"/>
+      <c r="AJ23" s="1" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="AK23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B24" s="1" t="n">
         <v>4.6</v>
       </c>
       <c r="C24" s="1" t="n">
         <v>4.6</v>
       </c>
       <c r="D24" s="1" t="n">
         <v>4.8</v>
       </c>
       <c r="E24" s="1" t="n">
         <v>6.2</v>
       </c>
       <c r="F24" s="1" t="n">
         <v>7.7</v>
       </c>
       <c r="G24" s="1" t="n">
         <v>7.4</v>
       </c>
       <c r="H24" s="1" t="n">
         <v>7.4</v>
@@ -1375,72 +1292,75 @@
       </c>
       <c r="AB24" s="1" t="n">
         <v>8.1</v>
       </c>
       <c r="AC24" s="1" t="n">
         <v>7.2</v>
       </c>
       <c r="AD24" s="1" t="n">
         <v>6.3</v>
       </c>
       <c r="AE24" s="1" t="n">
         <v>5.8</v>
       </c>
       <c r="AF24" s="1" t="n">
         <v>5.8</v>
       </c>
       <c r="AG24" s="1" t="n">
         <v>6.7</v>
       </c>
       <c r="AH24" s="1" t="n">
         <v>5.9</v>
       </c>
       <c r="AI24" s="1" t="n">
         <v>6</v>
       </c>
-      <c r="AJ24" s="1"/>
+      <c r="AJ24" s="1" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="AK24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="0"/>
       <c r="B25" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0" t="s">
-        <v>4</v>
+        <v>15</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="0"/>
       <c r="B31" s="1" t="n">
         <v>1990</v>
       </c>
       <c r="C31" s="1" t="n">
         <v>1991</v>
       </c>
       <c r="D31" s="1" t="n">
         <v>1992</v>
       </c>
       <c r="E31" s="1" t="n">
         <v>1993</v>
       </c>
       <c r="F31" s="1" t="n">
         <v>1994</v>
       </c>
       <c r="G31" s="1" t="n">
@@ -1508,55 +1428,58 @@
       </c>
       <c r="AB31" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="AC31" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="AD31" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="AE31" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="AF31" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="AG31" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="AH31" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="AI31" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="AJ31" s="1"/>
+      <c r="AJ31" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="AK31" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B32" s="1" t="n">
         <v>13.36657924</v>
       </c>
       <c r="C32" s="1" t="n">
         <v>12.80932661</v>
       </c>
       <c r="D32" s="1" t="n">
         <v>13.81411734</v>
       </c>
       <c r="E32" s="1" t="n">
         <v>18.95268247</v>
       </c>
       <c r="F32" s="1" t="n">
         <v>21.69026033</v>
       </c>
       <c r="G32" s="1" t="n">
         <v>21.20869739</v>
       </c>
       <c r="H32" s="1" t="n">
         <v>20.75637239</v>
       </c>
       <c r="I32" s="1" t="n">
         <v>21.04565797</v>
       </c>
@@ -1616,55 +1539,58 @@
       </c>
       <c r="AB32" s="1" t="n">
         <v>20.1780399</v>
       </c>
       <c r="AC32" s="1" t="n">
         <v>19.32037381</v>
       </c>
       <c r="AD32" s="1" t="n">
         <v>15.5518586</v>
       </c>
       <c r="AE32" s="1" t="n">
         <v>14.00582063</v>
       </c>
       <c r="AF32" s="1" t="n">
         <v>14.72823456</v>
       </c>
       <c r="AG32" s="1" t="n">
         <v>17.56198857</v>
       </c>
       <c r="AH32" s="1" t="n">
         <v>15.61887834</v>
       </c>
       <c r="AI32" s="1" t="n">
         <v>15.25464176</v>
       </c>
-      <c r="AJ32" s="1"/>
+      <c r="AJ32" s="1" t="n">
+        <v>16.28594893</v>
+      </c>
+      <c r="AK32" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="0" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B33" s="1" t="n">
         <v>5.839724176</v>
       </c>
       <c r="C33" s="1" t="n">
         <v>5.834706941</v>
       </c>
       <c r="D33" s="1" t="n">
         <v>6.489602954</v>
       </c>
       <c r="E33" s="1" t="n">
         <v>7.345117523</v>
       </c>
       <c r="F33" s="1" t="n">
         <v>8.764045016</v>
       </c>
       <c r="G33" s="1" t="n">
         <v>8.475888715</v>
       </c>
       <c r="H33" s="1" t="n">
         <v>9.047696576</v>
       </c>
       <c r="I33" s="1" t="n">
         <v>8.09761867</v>
       </c>
@@ -1724,55 +1650,58 @@
       </c>
       <c r="AB33" s="1" t="n">
         <v>7.471758227</v>
       </c>
       <c r="AC33" s="1" t="n">
         <v>6.517979438</v>
       </c>
       <c r="AD33" s="1" t="n">
         <v>5.729707907</v>
       </c>
       <c r="AE33" s="1" t="n">
         <v>5.029119628</v>
       </c>
       <c r="AF33" s="1" t="n">
         <v>5.212733261</v>
       </c>
       <c r="AG33" s="1" t="n">
         <v>5.795946633</v>
       </c>
       <c r="AH33" s="1" t="n">
         <v>5.221536646</v>
       </c>
       <c r="AI33" s="1" t="n">
         <v>5.263329834</v>
       </c>
-      <c r="AJ33" s="1"/>
+      <c r="AJ33" s="1" t="n">
+        <v>5.382749171</v>
+      </c>
+      <c r="AK33" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B34" s="1" t="n">
         <v>2.91142947</v>
       </c>
       <c r="C34" s="1" t="n">
         <v>2.395868608</v>
       </c>
       <c r="D34" s="1" t="n">
         <v>3.460759943</v>
       </c>
       <c r="E34" s="1" t="n">
         <v>4.566430633</v>
       </c>
       <c r="F34" s="1" t="n">
         <v>5.881062795</v>
       </c>
       <c r="G34" s="1" t="n">
         <v>5.423933275</v>
       </c>
       <c r="H34" s="1" t="n">
         <v>5.264956854</v>
       </c>
       <c r="I34" s="1" t="n">
         <v>5.443171926</v>
       </c>
@@ -1832,72 +1761,75 @@
       </c>
       <c r="AB34" s="1" t="n">
         <v>5.515750445</v>
       </c>
       <c r="AC34" s="1" t="n">
         <v>5.439895082</v>
       </c>
       <c r="AD34" s="1" t="n">
         <v>4.014724275</v>
       </c>
       <c r="AE34" s="1" t="n">
         <v>3.819592901</v>
       </c>
       <c r="AF34" s="1" t="n">
         <v>4.036818415</v>
       </c>
       <c r="AG34" s="1" t="n">
         <v>4.287122545</v>
       </c>
       <c r="AH34" s="1" t="n">
         <v>3.57077503</v>
       </c>
       <c r="AI34" s="1" t="n">
         <v>3.406270776</v>
       </c>
-      <c r="AJ34" s="1"/>
+      <c r="AJ34" s="1" t="n">
+        <v>3.347163757</v>
+      </c>
+      <c r="AK34" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="0"/>
       <c r="B35" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="0" t="s">
-        <v>4</v>
+        <v>15</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="0" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="0" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="0"/>
       <c r="B41" s="1" t="n">
         <v>1992</v>
       </c>
       <c r="C41" s="1" t="n">
         <v>1993</v>
       </c>
       <c r="D41" s="1" t="n">
         <v>1994</v>
       </c>
       <c r="E41" s="1" t="n">
         <v>1995</v>
       </c>
       <c r="F41" s="1" t="n">
         <v>1996</v>
       </c>
       <c r="G41" s="1" t="n">
@@ -1959,55 +1891,58 @@
       </c>
       <c r="Z41" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="AA41" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="AB41" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="AC41" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="AD41" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="AE41" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="AF41" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="AG41" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="AH41" s="1"/>
+      <c r="AH41" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="AI41" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="0" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B42" s="1" t="n">
         <v>9.5</v>
       </c>
       <c r="C42" s="1" t="n">
         <v>12</v>
       </c>
       <c r="D42" s="1" t="n">
         <v>14</v>
       </c>
       <c r="E42" s="1" t="n">
         <v>13.8</v>
       </c>
       <c r="F42" s="1" t="n">
         <v>14.7</v>
       </c>
       <c r="G42" s="1" t="n">
         <v>14.4</v>
       </c>
       <c r="H42" s="1" t="n">
         <v>14.7</v>
       </c>
       <c r="I42" s="1" t="n">
         <v>13.8</v>
       </c>
@@ -2061,55 +1996,58 @@
       </c>
       <c r="Z42" s="1" t="n">
         <v>16.1</v>
       </c>
       <c r="AA42" s="1" t="n">
         <v>14.8</v>
       </c>
       <c r="AB42" s="1" t="n">
         <v>13.3</v>
       </c>
       <c r="AC42" s="1" t="n">
         <v>12.2</v>
       </c>
       <c r="AD42" s="1" t="n">
         <v>12.3</v>
       </c>
       <c r="AE42" s="1" t="n">
         <v>14.7</v>
       </c>
       <c r="AF42" s="1" t="n">
         <v>13.4</v>
       </c>
       <c r="AG42" s="1" t="n">
         <v>13.4</v>
       </c>
-      <c r="AH42" s="1"/>
+      <c r="AH42" s="1" t="n">
+        <v>13.2</v>
+      </c>
+      <c r="AI42" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="0" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B43" s="1" t="n">
         <v>6.5</v>
       </c>
       <c r="C43" s="1" t="n">
         <v>7.3</v>
       </c>
       <c r="D43" s="1" t="n">
         <v>9.3</v>
       </c>
       <c r="E43" s="1" t="n">
         <v>9.4</v>
       </c>
       <c r="F43" s="1" t="n">
         <v>9.3</v>
       </c>
       <c r="G43" s="1" t="n">
         <v>8.7</v>
       </c>
       <c r="H43" s="1" t="n">
         <v>9.1</v>
       </c>
       <c r="I43" s="1" t="n">
         <v>8.3</v>
       </c>
@@ -2163,55 +2101,58 @@
       </c>
       <c r="Z43" s="1" t="n">
         <v>8.1</v>
       </c>
       <c r="AA43" s="1" t="n">
         <v>7.2</v>
       </c>
       <c r="AB43" s="1" t="n">
         <v>6</v>
       </c>
       <c r="AC43" s="1" t="n">
         <v>5.3</v>
       </c>
       <c r="AD43" s="1" t="n">
         <v>5.8</v>
       </c>
       <c r="AE43" s="1" t="n">
         <v>7</v>
       </c>
       <c r="AF43" s="1" t="n">
         <v>6.4</v>
       </c>
       <c r="AG43" s="1" t="n">
         <v>6.3</v>
       </c>
-      <c r="AH43" s="1"/>
+      <c r="AH43" s="1" t="n">
+        <v>6.6</v>
+      </c>
+      <c r="AI43" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="0" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B44" s="1" t="n">
         <v>3</v>
       </c>
       <c r="C44" s="1" t="n">
         <v>3.9</v>
       </c>
       <c r="D44" s="1" t="n">
         <v>4.6</v>
       </c>
       <c r="E44" s="1" t="n">
         <v>4</v>
       </c>
       <c r="F44" s="1" t="n">
         <v>4.3</v>
       </c>
       <c r="G44" s="1" t="n">
         <v>3.8</v>
       </c>
       <c r="H44" s="1" t="n">
         <v>3.9</v>
       </c>
       <c r="I44" s="1" t="n">
         <v>3.7</v>
       </c>
@@ -2265,72 +2206,75 @@
       </c>
       <c r="Z44" s="1" t="n">
         <v>4.2</v>
       </c>
       <c r="AA44" s="1" t="n">
         <v>4.3</v>
       </c>
       <c r="AB44" s="1" t="n">
         <v>3.5</v>
       </c>
       <c r="AC44" s="1" t="n">
         <v>3.2</v>
       </c>
       <c r="AD44" s="1" t="n">
         <v>3.5</v>
       </c>
       <c r="AE44" s="1" t="n">
         <v>3.6</v>
       </c>
       <c r="AF44" s="1" t="n">
         <v>3.1</v>
       </c>
       <c r="AG44" s="1" t="n">
         <v>3</v>
       </c>
-      <c r="AH44" s="1"/>
+      <c r="AH44" s="1" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="AI44" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="0"/>
       <c r="B45" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="0" t="s">
-        <v>4</v>
+        <v>15</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="0" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="0"/>
       <c r="B51" s="1" t="n">
         <v>1999</v>
       </c>
       <c r="C51" s="1" t="n">
         <v>2000</v>
       </c>
       <c r="D51" s="1" t="n">
         <v>2001</v>
       </c>
       <c r="E51" s="1" t="n">
         <v>2002</v>
       </c>
       <c r="F51" s="1" t="n">
         <v>2003</v>
       </c>
       <c r="G51" s="1" t="n">
@@ -2371,55 +2315,58 @@
       </c>
       <c r="S51" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="T51" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="U51" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="V51" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="W51" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="X51" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="Y51" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="Z51" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="AA51" s="1"/>
+      <c r="AA51" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="AB51" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="0" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B52" s="1" t="n">
         <v>4.9</v>
       </c>
       <c r="C52" s="1" t="n">
         <v>3.8</v>
       </c>
       <c r="D52" s="1" t="n">
         <v>3.2</v>
       </c>
       <c r="E52" s="1" t="n">
         <v>3.7</v>
       </c>
       <c r="F52" s="1" t="n">
         <v>3.7</v>
       </c>
       <c r="G52" s="1" t="n">
         <v>4.1</v>
       </c>
       <c r="H52" s="1" t="n">
         <v>4.4</v>
       </c>
       <c r="I52" s="1" t="n">
         <v>4.2</v>
       </c>
@@ -2452,117 +2399,120 @@
       </c>
       <c r="S52" s="1" t="n">
         <v>4.1</v>
       </c>
       <c r="T52" s="1" t="n">
         <v>3.5</v>
       </c>
       <c r="U52" s="1" t="n">
         <v>2.9</v>
       </c>
       <c r="V52" s="1" t="n">
         <v>2.4</v>
       </c>
       <c r="W52" s="1" t="n">
         <v>2.3</v>
       </c>
       <c r="X52" s="1" t="n">
         <v>2.6</v>
       </c>
       <c r="Y52" s="1" t="n">
         <v>2.3</v>
       </c>
       <c r="Z52" s="1" t="n">
         <v>2.2</v>
       </c>
-      <c r="AA52" s="1"/>
+      <c r="AA52" s="1" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="AB52" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="0"/>
       <c r="B53" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="0" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="0" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B1" s="0" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>cic bfp</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>