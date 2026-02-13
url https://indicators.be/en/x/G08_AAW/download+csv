--- v0 (2025-10-03)
+++ v1 (2026-02-13)
@@ -27,122 +27,115 @@
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G08_AAW" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="31" uniqueCount="25">
   <si>
     <t>Accidents at work - Belgium and international comparison</t>
   </si>
   <si>
     <t>number per 100,000 persons in employment</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>EU27</t>
   </si>
   <si>
-    <t>break in series: EU 2020; BE 2014, 2020</t>
-[...2 lines deleted...]
-    <t>Eurostat (2024), Accidents at work by sex and severity [hsw_mi08], https://ec.europa.eu/eurostat (consulted on 14/10/2024).</t>
+    <t>Note: break in series: EU 2020; BE 2014, 2020</t>
+  </si>
+  <si>
+    <t>Source: Statbel; Eurostat (2025), Accidents at work by sex and severity, hsw_mi08, last update of data 14/08/2025  23:00:00 (consulted on 02/09/2025)</t>
   </si>
   <si>
     <t>Accidents at work by outcome - Belgium</t>
   </si>
   <si>
     <t>non-fatal (4 days or over absence from work)</t>
   </si>
   <si>
     <t>fatal</t>
   </si>
   <si>
-    <t>break in series: 2014, 2020</t>
+    <t>Note: break in series: 2014, 2020</t>
   </si>
   <si>
     <t>Accidents at work by sex - Belgium</t>
   </si>
   <si>
     <t>females</t>
   </si>
   <si>
     <t>males</t>
   </si>
   <si>
+    <t>Source: Statbel; Eurostat (2025), Accidents at work by sex, age, severity, hsw_ph3_06, https://ec.europa.eu/eurostat, last update of data 10/07/2025  11:00:00 (consulted on 02/09/2025)</t>
+  </si>
+  <si>
     <t>Accidents at work by age - Belgium</t>
   </si>
   <si>
     <t>&lt;25</t>
   </si>
   <si>
     <t>25-54</t>
   </si>
   <si>
     <t>&gt;54</t>
   </si>
   <si>
-    <t>break in series: 2020</t>
-[...2 lines deleted...]
-    <t>Eurostat (2024), Accidents at work by sex, age, severity [hsw_ph3_06], https://ec.europa.eu/eurostat (consulted on 14/10/2024).</t>
+    <t>Note: break in series: 2020</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G08_AAW</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Accidents at work (i45)</t>
+    <t>Accidents at work (i46)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Definition: the indicator measures the number of accidents that occur during work per 100,000 employees. The figures come from the administrative data of the European Statistics on Accidents at Work (ESAW).
+The following breakdowns are available for this indicator: sex and age.
 Goal: the number of accidents at work must decrease.
 The Sustainable Development Goals or SDGs adopted by the UN in 2015 include target 8.8: "Protect labour rights and promote safe and secure working environments of all workers, including migrant workers, particularly women migrants, and those in precarious employment".
-International comparison: the rate of accidents at work is decreasing from 1,801 per 100,000 employees in 2010 to 1,518 in 2021. For Belgium these numbers are respectively 2,052 and 1,498. When Member States are divided into three groups, Belgium is part of the group with the worst performance in 2021. In that year, Romenia ranked first with 53 and France last with 3,231.
-[...7 lines deleted...]
-</t>
+UN indicator: The selected indicator corresponds to indicator 8.8.1 - Frequency rates of fatal and non-fatal occupational injuries, by sex and migrant status.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
@@ -199,51 +192,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:N37"/>
+  <dimension ref="A1:P37"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
         <v>2010</v>
       </c>
       <c r="C3" s="1" t="n">
@@ -257,135 +250,153 @@
       </c>
       <c r="F3" s="1" t="n">
         <v>2014</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>2015</v>
       </c>
       <c r="H3" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="I3" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="J3" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="K3" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="L3" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="M3" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="N3" s="1"/>
+      <c r="N3" s="1" t="n">
+        <v>2022</v>
+      </c>
+      <c r="O3" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="P3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="1" t="n">
         <v>2051.78</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>2404.63</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>2129.2</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>2101.64</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>1927.14</v>
       </c>
       <c r="G4" s="1" t="n">
-        <v>1404.49</v>
+        <v>1862.85</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>1992.2</v>
       </c>
       <c r="I4" s="1" t="n">
         <v>2017.28</v>
       </c>
       <c r="J4" s="1" t="n">
         <v>1791.41</v>
       </c>
       <c r="K4" s="1" t="n">
         <v>1681.04</v>
       </c>
       <c r="L4" s="1" t="n">
         <v>1391.63</v>
       </c>
       <c r="M4" s="1" t="n">
         <v>1498.27</v>
       </c>
-      <c r="N4" s="1"/>
+      <c r="N4" s="1" t="n">
+        <v>1445.61</v>
+      </c>
+      <c r="O4" s="1" t="n">
+        <v>1426.84</v>
+      </c>
+      <c r="P4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="n">
         <v>1801.45</v>
       </c>
       <c r="C5" s="1" t="n">
-        <v>1848.95</v>
+        <v>1837.04</v>
       </c>
       <c r="D5" s="1" t="n">
-        <v>1675.45</v>
+        <v>1676.23</v>
       </c>
       <c r="E5" s="1" t="n">
-        <v>1656.08</v>
+        <v>1688.33</v>
       </c>
       <c r="F5" s="1" t="n">
-        <v>1708.46</v>
+        <v>1749.94</v>
       </c>
       <c r="G5" s="1" t="n">
-        <v>1670.03</v>
+        <v>1713.6</v>
       </c>
       <c r="H5" s="1" t="n">
-        <v>1720.16</v>
+        <v>1745.27</v>
       </c>
       <c r="I5" s="1" t="n">
-        <v>1705.56</v>
+        <v>1625.69</v>
       </c>
       <c r="J5" s="1" t="n">
-        <v>1660.86</v>
+        <v>1671.42</v>
       </c>
       <c r="K5" s="1" t="n">
-        <v>1604.87</v>
+        <v>1617.26</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>1445.32</v>
+        <v>1449.09</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>1518.19</v>
-[...1 lines deleted...]
-      <c r="N5" s="1"/>
+        <v>1521.22</v>
+      </c>
+      <c r="N5" s="1" t="n">
+        <v>1508.21</v>
+      </c>
+      <c r="O5" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="P5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0"/>
       <c r="B6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="0" t="s">
@@ -408,432 +419,468 @@
       </c>
       <c r="F12" s="1" t="n">
         <v>2014</v>
       </c>
       <c r="G12" s="1" t="n">
         <v>2015</v>
       </c>
       <c r="H12" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="I12" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="J12" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="K12" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="L12" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="M12" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="N12" s="1"/>
+      <c r="N12" s="1" t="n">
+        <v>2022</v>
+      </c>
+      <c r="O12" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="P12" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="1" t="n">
         <v>2049.53</v>
       </c>
       <c r="C13" s="1" t="n">
         <v>2401.86</v>
       </c>
       <c r="D13" s="1" t="n">
         <v>2127.42</v>
       </c>
       <c r="E13" s="1" t="n">
         <v>2099.18</v>
       </c>
       <c r="F13" s="1" t="n">
         <v>1925.61</v>
       </c>
       <c r="G13" s="1" t="n">
-        <v>1403.08</v>
+        <v>1860.99</v>
       </c>
       <c r="H13" s="1" t="n">
         <v>1990.4</v>
       </c>
       <c r="I13" s="1" t="n">
         <v>2015.6</v>
       </c>
       <c r="J13" s="1" t="n">
         <v>1789.5</v>
       </c>
       <c r="K13" s="1" t="n">
         <v>1679.77</v>
       </c>
       <c r="L13" s="1" t="n">
         <v>1390.3</v>
       </c>
       <c r="M13" s="1" t="n">
         <v>1497.14</v>
       </c>
-      <c r="N13" s="1"/>
+      <c r="N13" s="1" t="n">
+        <v>1444.55</v>
+      </c>
+      <c r="O13" s="1" t="n">
+        <v>1425.74</v>
+      </c>
+      <c r="P13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="1" t="n">
         <v>2.25</v>
       </c>
       <c r="C14" s="1" t="n">
         <v>2.77</v>
       </c>
       <c r="D14" s="1" t="n">
         <v>1.78</v>
       </c>
       <c r="E14" s="1" t="n">
         <v>2.46</v>
       </c>
       <c r="F14" s="1" t="n">
         <v>1.53</v>
       </c>
       <c r="G14" s="1" t="n">
-        <v>1.41</v>
+        <v>1.86</v>
       </c>
       <c r="H14" s="1" t="n">
         <v>1.8</v>
       </c>
       <c r="I14" s="1" t="n">
         <v>1.68</v>
       </c>
       <c r="J14" s="1" t="n">
         <v>1.91</v>
       </c>
       <c r="K14" s="1" t="n">
         <v>1.27</v>
       </c>
       <c r="L14" s="1" t="n">
         <v>1.33</v>
       </c>
       <c r="M14" s="1" t="n">
         <v>1.13</v>
       </c>
-      <c r="N14" s="1"/>
+      <c r="N14" s="1" t="n">
+        <v>1.06</v>
+      </c>
+      <c r="O14" s="1" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="P14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0"/>
       <c r="B15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="0"/>
       <c r="B21" s="1" t="n">
-        <v>2010</v>
+        <v>2014</v>
       </c>
       <c r="C21" s="1" t="n">
-        <v>2011</v>
+        <v>2015</v>
       </c>
       <c r="D21" s="1" t="n">
-        <v>2012</v>
+        <v>2016</v>
       </c>
       <c r="E21" s="1" t="n">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="F21" s="1" t="n">
-        <v>2014</v>
+        <v>2018</v>
       </c>
       <c r="G21" s="1" t="n">
-        <v>2015</v>
+        <v>2019</v>
       </c>
       <c r="H21" s="1" t="n">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="I21" s="1" t="n">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="J21" s="1" t="n">
-        <v>2018</v>
+        <v>2022</v>
       </c>
       <c r="K21" s="1" t="n">
-        <v>2019</v>
-[...7 lines deleted...]
-      <c r="N21" s="1"/>
+        <v>2023</v>
+      </c>
+      <c r="L21" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B22" s="1" t="n">
-        <v>1264.65</v>
+        <v>1157.41</v>
       </c>
       <c r="C22" s="1" t="n">
-        <v>1333.3</v>
+        <v>1127.72</v>
       </c>
       <c r="D22" s="1" t="n">
-        <v>1183.57</v>
+        <v>1261.88</v>
       </c>
       <c r="E22" s="1" t="n">
-        <v>1234.33</v>
+        <v>1291.27</v>
       </c>
       <c r="F22" s="1" t="n">
-        <v>1157.47</v>
+        <v>1129.13</v>
       </c>
       <c r="G22" s="1" t="n">
-        <v>874.78</v>
+        <v>1047.31</v>
       </c>
       <c r="H22" s="1" t="n">
-        <v>1262.23</v>
+        <v>835.12</v>
       </c>
       <c r="I22" s="1" t="n">
-        <v>1291.51</v>
+        <v>898.51</v>
       </c>
       <c r="J22" s="1" t="n">
-        <v>1129.48</v>
+        <v>878.18</v>
       </c>
       <c r="K22" s="1" t="n">
-        <v>1047.36</v>
-[...7 lines deleted...]
-      <c r="N22" s="1"/>
+        <v>893.88</v>
+      </c>
+      <c r="L22" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0" t="s">
         <v>12</v>
       </c>
       <c r="B23" s="1" t="n">
-        <v>2630.99</v>
+        <v>2626.65</v>
       </c>
       <c r="C23" s="1" t="n">
-        <v>3268.45</v>
+        <v>2537.74</v>
       </c>
       <c r="D23" s="1" t="n">
-        <v>2912.01</v>
+        <v>2672.06</v>
       </c>
       <c r="E23" s="1" t="n">
-        <v>2818.3</v>
+        <v>2688.94</v>
       </c>
       <c r="F23" s="1" t="n">
-        <v>2629.51</v>
+        <v>2438.86</v>
       </c>
       <c r="G23" s="1" t="n">
-        <v>1867.97</v>
+        <v>2303.03</v>
       </c>
       <c r="H23" s="1" t="n">
-        <v>2675.21</v>
+        <v>1940.97</v>
       </c>
       <c r="I23" s="1" t="n">
-        <v>2691.95</v>
+        <v>2090.29</v>
       </c>
       <c r="J23" s="1" t="n">
-        <v>2442.3</v>
+        <v>2005.15</v>
       </c>
       <c r="K23" s="1" t="n">
-        <v>2305.5</v>
-[...7 lines deleted...]
-      <c r="N23" s="1"/>
+        <v>1958.41</v>
+      </c>
+      <c r="L23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="0"/>
       <c r="B24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0" t="s">
-        <v>5</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="0"/>
       <c r="B30" s="1" t="n">
+        <v>2014</v>
+      </c>
+      <c r="C30" s="1" t="n">
         <v>2015</v>
       </c>
-      <c r="C30" s="1" t="n">
+      <c r="D30" s="1" t="n">
         <v>2016</v>
       </c>
-      <c r="D30" s="1" t="n">
+      <c r="E30" s="1" t="n">
         <v>2017</v>
       </c>
-      <c r="E30" s="1" t="n">
+      <c r="F30" s="1" t="n">
         <v>2018</v>
       </c>
-      <c r="F30" s="1" t="n">
+      <c r="G30" s="1" t="n">
         <v>2019</v>
       </c>
-      <c r="G30" s="1" t="n">
+      <c r="H30" s="1" t="n">
         <v>2020</v>
       </c>
-      <c r="H30" s="1" t="n">
+      <c r="I30" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="I30" s="1"/>
+      <c r="J30" s="1" t="n">
+        <v>2022</v>
+      </c>
+      <c r="K30" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="L30" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B31" s="1" t="n">
-        <v>2643.19</v>
+        <v>3301.65</v>
       </c>
       <c r="C31" s="1" t="n">
+        <v>3041.47</v>
+      </c>
+      <c r="D31" s="1" t="n">
         <v>3084.98</v>
       </c>
-      <c r="D31" s="1" t="n">
+      <c r="E31" s="1" t="n">
         <v>3287.3</v>
       </c>
-      <c r="E31" s="1" t="n">
+      <c r="F31" s="1" t="n">
         <v>2874.92</v>
       </c>
-      <c r="F31" s="1" t="n">
+      <c r="G31" s="1" t="n">
         <v>2446.92</v>
       </c>
-      <c r="G31" s="1" t="n">
+      <c r="H31" s="1" t="n">
         <v>2232.97</v>
       </c>
-      <c r="H31" s="1" t="n">
+      <c r="I31" s="1" t="n">
         <v>2471.66</v>
       </c>
-      <c r="I31" s="1"/>
+      <c r="J31" s="1" t="n">
+        <v>2257.27</v>
+      </c>
+      <c r="K31" s="1" t="n">
+        <v>2157.59</v>
+      </c>
+      <c r="L31" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B32" s="1" t="n">
-        <v>1361.75</v>
+        <v>1835.21</v>
       </c>
       <c r="C32" s="1" t="n">
+        <v>1785.02</v>
+      </c>
+      <c r="D32" s="1" t="n">
         <v>1951.2</v>
       </c>
-      <c r="D32" s="1" t="n">
+      <c r="E32" s="1" t="n">
         <v>1977.95</v>
       </c>
-      <c r="E32" s="1" t="n">
+      <c r="F32" s="1" t="n">
         <v>1770.82</v>
       </c>
-      <c r="F32" s="1" t="n">
+      <c r="G32" s="1" t="n">
         <v>1664.51</v>
       </c>
-      <c r="G32" s="1" t="n">
+      <c r="H32" s="1" t="n">
         <v>1363.98</v>
       </c>
-      <c r="H32" s="1" t="n">
+      <c r="I32" s="1" t="n">
         <v>1470.65</v>
       </c>
-      <c r="I32" s="1"/>
+      <c r="J32" s="1" t="n">
+        <v>1422.46</v>
+      </c>
+      <c r="K32" s="1" t="n">
+        <v>1410.05</v>
+      </c>
+      <c r="L32" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B33" s="1" t="n">
-        <v>899.08</v>
+        <v>1390.39</v>
       </c>
       <c r="C33" s="1" t="n">
+        <v>1372.98</v>
+      </c>
+      <c r="D33" s="1" t="n">
         <v>1618.66</v>
       </c>
-      <c r="D33" s="1" t="n">
+      <c r="E33" s="1" t="n">
         <v>1597.9</v>
       </c>
-      <c r="E33" s="1" t="n">
+      <c r="F33" s="1" t="n">
         <v>1378.52</v>
       </c>
-      <c r="F33" s="1" t="n">
+      <c r="G33" s="1" t="n">
         <v>1390.46</v>
       </c>
-      <c r="G33" s="1" t="n">
+      <c r="H33" s="1" t="n">
         <v>1148.21</v>
       </c>
-      <c r="H33" s="1" t="n">
+      <c r="I33" s="1" t="n">
         <v>1203.93</v>
       </c>
-      <c r="I33" s="1"/>
+      <c r="J33" s="1" t="n">
+        <v>1195.28</v>
+      </c>
+      <c r="K33" s="1" t="n">
+        <v>1193.18</v>
+      </c>
+      <c r="L33" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="0"/>
       <c r="B34" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="0" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="0" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>