--- v0 (2025-10-27)
+++ v1 (2026-02-15)
@@ -13,238 +13,228 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G07_DWH" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="76" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="74" uniqueCount="56">
   <si>
     <t>Dwellings without adequate heating - Belgium - trend assessment</t>
   </si>
   <si>
     <t>percentage of population</t>
   </si>
   <si>
     <t>observations</t>
   </si>
   <si>
-    <t>trend and extrapolation (November 2024)</t>
+    <t>trend and extrapolation (November 2025)</t>
   </si>
   <si>
     <t>objective 2030</t>
   </si>
   <si>
-    <t>break in series: 2019; 2020 data collection impacted by Covid-19 pandemic</t>
-[...2 lines deleted...]
-    <t>Statbel; Eurostat (2023), European Union Statistics on Income and Living Conditions (EU-SILC), ilc_mdes01, https://ec.europa.eu/eurostat (consulted on 14/10/2024); calculations FPB.</t>
+    <t>Note: break in series: 2019; 2020 data collection impacted by Covid-19 pandemic</t>
+  </si>
+  <si>
+    <t>Source: Statbel; Eurostat (2025), Inability to keep home adequately warm, ilc_mdes01, https://ec.europa.eu/eurostat,  last update of data 10/10/2025 11:00 (consulted on 10/10/2025)</t>
   </si>
   <si>
     <t>Dwellings without adequate heating - Belgium and international comparison</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>EU27</t>
   </si>
   <si>
-    <t>break in series: BE 2019; BE 2020 data collection impacted by Covid-19 pandemic; EU27 2010-2019 estimation</t>
-[...2 lines deleted...]
-    <t>Statbel (2024), SILC-SDG-indicators 2004-2023, https://Statbel.fgov.be/en/themes/households/poverty-and-living-conditions/risk-poverty-or-social-exclusion#figures (consulted on 14/10/2024); Statbel; Eurostat (2024), European Union Statistics on Income and Living Conditions (EU-SILC), ilc_mdes01, https://ec.europa.eu/eurostat (consulted on 14/10/2024);</t>
+    <t>Note: break in series: BE 2019; BE 2020 data collection impacted by Covid-19 pandemic; EU27 2010-2019 estimation. The 95% confidence interval for the share of people that declare to live in a dwelling without adequate heating in 2024 is 4.0% to 5.7% for Belgium.</t>
+  </si>
+  <si>
+    <t>Source: Statbel (2025), SILC-SDG-indicators 2004-2024, https://statbel.fgov.be/en/themes/households/poverty-and-living-conditions/risk-poverty-or-social-exclusion (consulted on 06/10/2025); Statbel (2025), direct communication  18/11/2025; Statbel; Eurostat (2025), Inability to keep home adequately warm, ilc_mdes01, https://ec.europa.eu/eurostat,  last update of data 10/10/2025 11:00 (consulted on 10/10/2025)</t>
   </si>
   <si>
     <t>Dwellings without adequate heating by region - Belgium</t>
   </si>
   <si>
     <t>Brussels-Capital Region</t>
   </si>
   <si>
     <t>Flemish Region</t>
   </si>
   <si>
     <t>Walloon Region</t>
   </si>
   <si>
-    <t>The margin of uncertainty for this indicator is indicated in the text for the latest year. Break in series: 2019; data collection 2020 impacted by the Covid-19 pandemic</t>
-[...2 lines deleted...]
-    <t>Statbel (2024), SILC-SDG-indicators 2004-2023, https://Statbel.fgov.be/en/themes/households/poverty-and-living-conditions/risk-poverty-or-social-exclusion#figures (consulted on 14/10/2024)</t>
+    <t>Note: Break in series: 2019; data collection 2020 impacted by the Covid-19 pandemic. The 95% confidence interval for the share of people that declare to live in a dwelling without adequate heating in 2024 is 6.7% to 10.8% for Brussels, 1.4% to 3.0% for Flanders and 6.2% to 10.4% for Wallonia.</t>
+  </si>
+  <si>
+    <t>Source: Statbel (2025), SILC-SDG-indicators 2004-2024, https://statbel.fgov.be/en/themes/households/poverty-and-living-conditions/risk-poverty-or-social-exclusion (consulted on 06/10/2025); Statbel (2025), direct communication  18/11/2025</t>
   </si>
   <si>
     <t>Dwellings without adequate heating by sex - Belgium</t>
   </si>
   <si>
     <t>females</t>
   </si>
   <si>
     <t>males</t>
   </si>
   <si>
+    <t>Source: Statbel (2025), SILC-SDG-indicators 2004-2024, https://statbel.fgov.be/en/themes/households/poverty-and-living-conditions/risk-poverty-or-social-exclusion (consulted on 06/10/2025)</t>
+  </si>
+  <si>
     <t>Dwellings without adequate heating by age - Belgium</t>
   </si>
   <si>
     <t>&lt;18</t>
   </si>
   <si>
     <t>18-24</t>
   </si>
   <si>
     <t>25-49</t>
   </si>
   <si>
     <t>50-64</t>
   </si>
   <si>
     <t>&gt;64</t>
   </si>
   <si>
     <t>Dwellings without adequate heating by education - Belgium</t>
   </si>
   <si>
     <t>at most lower secondary</t>
   </si>
   <si>
     <t>upper secondary</t>
   </si>
   <si>
     <t>tertiary</t>
   </si>
   <si>
     <t>Dwellings without adequate heating by household type - Belgium</t>
   </si>
   <si>
     <t>single person</t>
   </si>
   <si>
     <t>single person with dependent children</t>
   </si>
   <si>
     <t>2 adults &lt;65</t>
   </si>
   <si>
     <t>2 adults, at least 1 &gt;64</t>
   </si>
   <si>
-    <t>2 adults, 1 child</t>
-[...5 lines deleted...]
-    <t>2 adults, 3+ children</t>
+    <t>2 adults + child(ren)</t>
   </si>
   <si>
     <t>Dwellings without adequate heating by activity status - Belgium</t>
   </si>
   <si>
     <t>employed</t>
   </si>
   <si>
     <t>unemployed</t>
   </si>
   <si>
     <t>retired</t>
   </si>
   <si>
-    <t>other</t>
-[...2 lines deleted...]
-    <t>break in series: 2019; because of the widespread use of temporary unemployment during the COVID-19 pandemic, the ?unemployed? category in SILC 2021 includes not only the long-term unemployed, but also people who have been temporarily unemployed for more than 6 months and who generally live in less precarious conditions.                      </t>
+    <t>other inactive</t>
+  </si>
+  <si>
+    <t>Note: break in series: 2019; because of the widespread use of temporary unemployment during the COVID-19 pandemic, the ?unemployed? category in SILC 2021 includes not only the long-term unemployed, but also people who have been temporarily unemployed for more than 6 months and who generally live in less precarious conditions.</t>
   </si>
   <si>
     <t>Dwellings without adequate heating by income - Belgium</t>
   </si>
   <si>
     <t>quintile 1</t>
   </si>
   <si>
     <t>quintile 2</t>
   </si>
   <si>
     <t>quintile 3</t>
   </si>
   <si>
     <t>quintile 4</t>
   </si>
   <si>
     <t>quintile 5</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G07_DWH</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Dwellings without adequate heating (i36)</t>
+    <t>Dwellings without adequate heating (i37)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Definition: this indicator measures the share of the population that reports being unable to heat their dwellings adequately. The data on this indicator are based on the Statistics on Income and Living Conditions (EU-SILC) survey of the European Union. Statistics Belgium organises this EU-harmonised survey in Belgium and makes the results available, in particular to Eurostat. The data used here come from Eurostat, which publishes detailed and comparable results between EU Member States. Since these data are based on a survey, a margin of uncertainty should be taken into account. The confidence intervals for these data are available on request from Statistics Belgium.
 Due to changes in the SILC survey in 2005 and 2008, the data are presented here only from 2008 onwards.
 From 2019 onwards, the survey methodology has been thoroughly reviewed for better accuracy. In 2020, the Covid-19 pandemic impacted data collection. This makes it difficult to compare the results of SILC 2020 with those of previous years. (Statbel, 2021). Therefore, they are not used to calculate and evaluate the long-term trend.
+The following breakdowns are available for this indicator: region, sex, income, age, education, household type and activity status.
 Goal: the share of the population that reports being unable to heat their homes adequately must be reduced to zero per cent by 2030.
 The Sustainable Development Goals or SDGs adopted by the UN in 2015 include target 7.1: “By 2030, ensure universal access to affordable, reliable and modern energy services”. Being able to heat one's home is part of the access to affordable energy. The share of the population that reports being unable to heat their homes adequately should tend towards zero.
 The Federal Long-Term Strategic Vision for Sustainable Development contains objective 21: “Energy services will be affordable for everyone", which is consistent with the SDG (Belgian Official Gazette, 08/10/2013).
-International comparison: this indicator is slightly higher in Europe than in Belgium. In the EU27, this indicator fell from around 10% in 2010 to 6.9% in 2021 but rose again in 2023 to 10.6%, while in Belgium it reached 5.9% in 2023. When Member States are divided into three groups, Belgium is part of the group that performs best in 2023. In that year, Luxembourg ranked first with 2.1% and Portugal last with 20,8%.
 UN indicator: the selected indicator does not correspond to any SDG indicator, but is related to target 7.1 since heating a dwelling is part of modern energy services to which the population must have access.
 Sources
-General
-[...7 lines deleted...]
-More information is available in French and Dutch.
+Belgian Official Gazette: http://www.ejustice.just.fgov.be/cgi/welcome.pl; research on http://www.ejustice.just.fgov.be/doc/rech_f.htm.
+Statbel (2021), SILC FAQ, https://statbel.fgov.be/fr/themes/menages/pauvrete-et-conditions-de-vie/faq, see in particular "Y a-t-il des ruptures de séries dans la chronologie de l'enquête SILC ?" (consulted on 19/12/2025)
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -302,51 +292,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:AG97"/>
+  <dimension ref="A1:AG95"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
         <v>2000</v>
       </c>
       <c r="C3" s="1" t="n">
@@ -490,174 +480,174 @@
       <c r="P4" s="1" t="n">
         <v>5.4</v>
       </c>
       <c r="Q4" s="1" t="n">
         <v>5.2</v>
       </c>
       <c r="R4" s="1" t="n">
         <v>4.7</v>
       </c>
       <c r="S4" s="1" t="n">
         <v>5.8</v>
       </c>
       <c r="T4" s="1" t="n">
         <v>5.2</v>
       </c>
       <c r="U4" s="1" t="n">
         <v>3.9</v>
       </c>
       <c r="V4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="W4" s="1" t="n">
         <v>3.5</v>
       </c>
       <c r="X4" s="1" t="n">
-        <v>5.1</v>
+        <v>5</v>
       </c>
       <c r="Y4" s="1" t="n">
-        <v>5.9</v>
-[...2 lines deleted...]
-        <f>=NA()</f>
+        <v>6</v>
+      </c>
+      <c r="Z4" s="1" t="n">
+        <v>4.8</v>
       </c>
       <c r="AA4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AB4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AC4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AD4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AE4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AF4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AG4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="C5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="E5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="F5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="G5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="H5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="I5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="J5" s="1" t="n">
-        <v>6.228646687</v>
+        <v>6.226279001</v>
       </c>
       <c r="K5" s="1" t="n">
-        <v>6.111852051</v>
+        <v>6.10775773</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>5.998875264</v>
+        <v>5.993141622</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>5.880530807</v>
+        <v>5.873313605</v>
       </c>
       <c r="N5" s="1" t="n">
-        <v>5.744416811</v>
+        <v>5.73600452</v>
       </c>
       <c r="O5" s="1" t="n">
-        <v>5.589970461</v>
+        <v>5.580831466</v>
       </c>
       <c r="P5" s="1" t="n">
-        <v>5.424524202</v>
+        <v>5.415346965</v>
       </c>
       <c r="Q5" s="1" t="n">
-        <v>5.256745604</v>
+        <v>5.248482382</v>
       </c>
       <c r="R5" s="1" t="n">
-        <v>5.09413397</v>
+        <v>5.08804649</v>
       </c>
       <c r="S5" s="1" t="n">
-        <v>4.942761363</v>
+        <v>4.940464227</v>
       </c>
       <c r="T5" s="1" t="n">
-        <v>4.804109128</v>
+        <v>4.807604869</v>
       </c>
       <c r="U5" s="1" t="n">
-        <v>4.686975349</v>
+        <v>4.698677669</v>
       </c>
       <c r="V5" s="1" t="n">
-        <v>4.603049108</v>
+        <v>4.625841267</v>
       </c>
       <c r="W5" s="1" t="n">
-        <v>4.555226217</v>
+        <v>4.592479016</v>
       </c>
       <c r="X5" s="1" t="n">
-        <v>4.537070445</v>
+        <v>4.592491089</v>
       </c>
       <c r="Y5" s="1" t="n">
-        <v>4.530934023</v>
+        <v>4.608055126</v>
       </c>
       <c r="Z5" s="1" t="n">
-        <v>4.525418712</v>
+        <v>4.625385583</v>
       </c>
       <c r="AA5" s="1" t="n">
-        <v>4.520460976</v>
+        <v>4.641041654</v>
       </c>
       <c r="AB5" s="1" t="n">
-        <v>4.516003901</v>
+        <v>4.655179811</v>
       </c>
       <c r="AC5" s="1" t="n">
-        <v>4.511996488</v>
+        <v>4.667942915</v>
       </c>
       <c r="AD5" s="1" t="n">
-        <v>4.508393018</v>
+        <v>4.679461201</v>
       </c>
       <c r="AE5" s="1" t="n">
-        <v>4.505152485</v>
+        <v>4.689853238</v>
       </c>
       <c r="AF5" s="1" t="n">
-        <v>4.502238101</v>
+        <v>4.699226842</v>
       </c>
       <c r="AG5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0</v>
       </c>
@@ -793,105 +783,111 @@
       </c>
       <c r="J13" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="K13" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="L13" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="M13" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="N13" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="O13" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="P13" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="Q13" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="R13" s="1"/>
+      <c r="R13" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="S13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="1" t="n">
         <v>6.4</v>
       </c>
       <c r="C14" s="1" t="n">
         <v>5.1</v>
       </c>
       <c r="D14" s="1" t="n">
         <v>5.6</v>
       </c>
       <c r="E14" s="1" t="n">
         <v>7.1</v>
       </c>
       <c r="F14" s="1" t="n">
         <v>6.6</v>
       </c>
       <c r="G14" s="1" t="n">
         <v>5.8</v>
       </c>
       <c r="H14" s="1" t="n">
         <v>5.4</v>
       </c>
       <c r="I14" s="1" t="n">
         <v>5.2</v>
       </c>
       <c r="J14" s="1" t="n">
         <v>4.7</v>
       </c>
       <c r="K14" s="1" t="n">
         <v>5.8</v>
       </c>
       <c r="L14" s="1" t="n">
         <v>5.2</v>
       </c>
       <c r="M14" s="1" t="n">
         <v>3.9</v>
       </c>
       <c r="N14" s="1" t="n">
-        <v>4.1</v>
+        <v>4.2</v>
       </c>
       <c r="O14" s="1" t="n">
         <v>3.5</v>
       </c>
       <c r="P14" s="1" t="n">
-        <v>5.1</v>
+        <v>5</v>
       </c>
       <c r="Q14" s="1" t="n">
-        <v>5.9</v>
-[...1 lines deleted...]
-      <c r="R14" s="1"/>
+        <v>6</v>
+      </c>
+      <c r="R14" s="1" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="S14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B15" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="C15" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D15" s="1" t="n">
         <v>9.9</v>
       </c>
       <c r="E15" s="1" t="n">
         <v>10.3</v>
       </c>
       <c r="F15" s="1" t="n">
         <v>11.2</v>
       </c>
       <c r="G15" s="1" t="n">
         <v>10.8</v>
       </c>
       <c r="H15" s="1" t="n">
         <v>10.4</v>
@@ -901,160 +897,175 @@
       </c>
       <c r="J15" s="1" t="n">
         <v>9</v>
       </c>
       <c r="K15" s="1" t="n">
         <v>8.1</v>
       </c>
       <c r="L15" s="1" t="n">
         <v>7.6</v>
       </c>
       <c r="M15" s="1" t="n">
         <v>6.9</v>
       </c>
       <c r="N15" s="1" t="n">
         <v>7.5</v>
       </c>
       <c r="O15" s="1" t="n">
         <v>6.9</v>
       </c>
       <c r="P15" s="1" t="n">
         <v>9.3</v>
       </c>
       <c r="Q15" s="1" t="n">
         <v>10.6</v>
       </c>
-      <c r="R15" s="1"/>
+      <c r="R15" s="1" t="n">
+        <v>9.2</v>
+      </c>
+      <c r="S15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0"/>
       <c r="B16" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="0"/>
       <c r="B22" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="C22" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="D22" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="E22" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="F22" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="G22" s="1"/>
+      <c r="G22" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="H22" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B23" s="1" t="n">
-        <v>7</v>
+        <v>7.1</v>
       </c>
       <c r="C23" s="1" t="n">
-        <v>7.3</v>
+        <v>7.2</v>
       </c>
       <c r="D23" s="1" t="n">
-        <v>5.6</v>
+        <v>5.5</v>
       </c>
       <c r="E23" s="1" t="n">
-        <v>7.9</v>
+        <v>7.6</v>
       </c>
       <c r="F23" s="1" t="n">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G23" s="1"/>
+        <v>10.4</v>
+      </c>
+      <c r="G23" s="1" t="n">
+        <v>8.8</v>
+      </c>
+      <c r="H23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B24" s="1" t="n">
         <v>1.6</v>
       </c>
       <c r="C24" s="1" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="D24" s="1" t="n">
         <v>1.8</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.9</v>
       </c>
       <c r="E24" s="1" t="n">
         <v>2.2</v>
       </c>
       <c r="F24" s="1" t="n">
         <v>2.3</v>
       </c>
-      <c r="G24" s="1"/>
+      <c r="G24" s="1" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="H24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="0" t="s">
         <v>15</v>
       </c>
       <c r="B25" s="1" t="n">
-        <v>7.2</v>
+        <v>7.1</v>
       </c>
       <c r="C25" s="1" t="n">
-        <v>7.3</v>
+        <v>7.5</v>
       </c>
       <c r="D25" s="1" t="n">
-        <v>5.8</v>
+        <v>6</v>
       </c>
       <c r="E25" s="1" t="n">
-        <v>9.5</v>
+        <v>9.3</v>
       </c>
       <c r="F25" s="1" t="n">
         <v>11.3</v>
       </c>
-      <c r="G25" s="1"/>
+      <c r="G25" s="1" t="n">
+        <v>8.3</v>
+      </c>
+      <c r="H25" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0"/>
       <c r="B26" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="0" t="s">
@@ -1089,180 +1100,189 @@
       </c>
       <c r="J32" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="K32" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="L32" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="M32" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="N32" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="O32" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="P32" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="Q32" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="R32" s="1"/>
+      <c r="R32" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="S32" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="0" t="s">
         <v>19</v>
       </c>
       <c r="B33" s="1" t="n">
         <v>6.8</v>
       </c>
       <c r="C33" s="1" t="n">
         <v>5.4</v>
       </c>
       <c r="D33" s="1" t="n">
         <v>5.9</v>
       </c>
       <c r="E33" s="1" t="n">
         <v>7.2</v>
       </c>
       <c r="F33" s="1" t="n">
         <v>6.8</v>
       </c>
       <c r="G33" s="1" t="n">
         <v>5.8</v>
       </c>
       <c r="H33" s="1" t="n">
         <v>5.3</v>
       </c>
       <c r="I33" s="1" t="n">
         <v>5.5</v>
       </c>
       <c r="J33" s="1" t="n">
         <v>5.3</v>
       </c>
       <c r="K33" s="1" t="n">
         <v>6.2</v>
       </c>
       <c r="L33" s="1" t="n">
         <v>5.6</v>
       </c>
       <c r="M33" s="1" t="n">
         <v>4.2</v>
       </c>
       <c r="N33" s="1" t="n">
         <v>4</v>
       </c>
       <c r="O33" s="1" t="n">
-        <v>3.4</v>
+        <v>3.5</v>
       </c>
       <c r="P33" s="1" t="n">
-        <v>5.1</v>
+        <v>5</v>
       </c>
       <c r="Q33" s="1" t="n">
-        <v>5.9</v>
-[...1 lines deleted...]
-      <c r="R33" s="1"/>
+        <v>6</v>
+      </c>
+      <c r="R33" s="1" t="n">
+        <v>5</v>
+      </c>
+      <c r="S33" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B34" s="1" t="n">
         <v>6</v>
       </c>
       <c r="C34" s="1" t="n">
         <v>4.8</v>
       </c>
       <c r="D34" s="1" t="n">
         <v>5.2</v>
       </c>
       <c r="E34" s="1" t="n">
         <v>7</v>
       </c>
       <c r="F34" s="1" t="n">
         <v>6.4</v>
       </c>
       <c r="G34" s="1" t="n">
         <v>5.9</v>
       </c>
       <c r="H34" s="1" t="n">
         <v>5.4</v>
       </c>
       <c r="I34" s="1" t="n">
         <v>4.9</v>
       </c>
       <c r="J34" s="1" t="n">
         <v>4.2</v>
       </c>
       <c r="K34" s="1" t="n">
         <v>5.4</v>
       </c>
       <c r="L34" s="1" t="n">
         <v>4.8</v>
       </c>
       <c r="M34" s="1" t="n">
-        <v>3.7</v>
+        <v>3.6</v>
       </c>
       <c r="N34" s="1" t="n">
-        <v>4.2</v>
+        <v>4.3</v>
       </c>
       <c r="O34" s="1" t="n">
         <v>3.6</v>
       </c>
       <c r="P34" s="1" t="n">
-        <v>5.1</v>
+        <v>5</v>
       </c>
       <c r="Q34" s="1" t="n">
         <v>6</v>
       </c>
-      <c r="R34" s="1"/>
+      <c r="R34" s="1" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="S34" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="0"/>
       <c r="B35" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="0" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="0" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="0"/>
       <c r="B41" s="1" t="n">
         <v>2008</v>
       </c>
       <c r="C41" s="1" t="n">
         <v>2009</v>
       </c>
       <c r="D41" s="1" t="n">
         <v>2010</v>
       </c>
       <c r="E41" s="1" t="n">
         <v>2011</v>
       </c>
       <c r="F41" s="1" t="n">
         <v>2012</v>
       </c>
       <c r="G41" s="1" t="n">
@@ -1276,342 +1296,360 @@
       </c>
       <c r="J41" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="K41" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="L41" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="M41" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="N41" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="O41" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="P41" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="Q41" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="R41" s="1"/>
+      <c r="R41" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="S41" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="0" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B42" s="1" t="n">
         <v>7.2</v>
       </c>
       <c r="C42" s="1" t="n">
         <v>5.8</v>
       </c>
       <c r="D42" s="1" t="n">
         <v>6.5</v>
       </c>
       <c r="E42" s="1" t="n">
         <v>9.8</v>
       </c>
       <c r="F42" s="1" t="n">
         <v>8.1</v>
       </c>
       <c r="G42" s="1" t="n">
         <v>6.2</v>
       </c>
       <c r="H42" s="1" t="n">
         <v>5.5</v>
       </c>
       <c r="I42" s="1" t="n">
         <v>6.6</v>
       </c>
       <c r="J42" s="1" t="n">
         <v>5</v>
       </c>
       <c r="K42" s="1" t="n">
         <v>6.6</v>
       </c>
       <c r="L42" s="1" t="n">
         <v>6.5</v>
       </c>
       <c r="M42" s="1" t="n">
-        <v>4.3</v>
+        <v>4.4</v>
       </c>
       <c r="N42" s="1" t="n">
-        <v>5.1</v>
+        <v>5.2</v>
       </c>
       <c r="O42" s="1" t="n">
-        <v>4.4</v>
+        <v>4.5</v>
       </c>
       <c r="P42" s="1" t="n">
-        <v>6.2</v>
+        <v>6</v>
       </c>
       <c r="Q42" s="1" t="n">
-        <v>6.5</v>
-[...1 lines deleted...]
-      <c r="R42" s="1"/>
+        <v>6.6</v>
+      </c>
+      <c r="R42" s="1" t="n">
+        <v>6</v>
+      </c>
+      <c r="S42" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="0" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B43" s="1" t="n">
         <v>9.2</v>
       </c>
       <c r="C43" s="1" t="n">
         <v>5.6</v>
       </c>
       <c r="D43" s="1" t="n">
         <v>6.2</v>
       </c>
       <c r="E43" s="1" t="n">
         <v>7</v>
       </c>
       <c r="F43" s="1" t="n">
         <v>9.1</v>
       </c>
       <c r="G43" s="1" t="n">
         <v>6.7</v>
       </c>
       <c r="H43" s="1" t="n">
         <v>7.9</v>
       </c>
       <c r="I43" s="1" t="n">
         <v>5.9</v>
       </c>
       <c r="J43" s="1" t="n">
         <v>6.3</v>
       </c>
       <c r="K43" s="1" t="n">
         <v>7</v>
       </c>
       <c r="L43" s="1" t="n">
         <v>6</v>
       </c>
       <c r="M43" s="1" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="N43" s="1" t="n">
         <v>5.8</v>
       </c>
-      <c r="N43" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="O43" s="1" t="n">
-        <v>4.7</v>
+        <v>4.6</v>
       </c>
       <c r="P43" s="1" t="n">
-        <v>5.8</v>
+        <v>5.5</v>
       </c>
       <c r="Q43" s="1" t="n">
-        <v>7.2</v>
-[...1 lines deleted...]
-      <c r="R43" s="1"/>
+        <v>7</v>
+      </c>
+      <c r="R43" s="1" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="S43" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="0" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B44" s="1" t="n">
         <v>5.9</v>
       </c>
       <c r="C44" s="1" t="n">
         <v>4.7</v>
       </c>
       <c r="D44" s="1" t="n">
         <v>5.5</v>
       </c>
       <c r="E44" s="1" t="n">
         <v>7.2</v>
       </c>
       <c r="F44" s="1" t="n">
         <v>6.6</v>
       </c>
       <c r="G44" s="1" t="n">
         <v>6.4</v>
       </c>
       <c r="H44" s="1" t="n">
         <v>5.7</v>
       </c>
       <c r="I44" s="1" t="n">
         <v>5.3</v>
       </c>
       <c r="J44" s="1" t="n">
         <v>4.6</v>
       </c>
       <c r="K44" s="1" t="n">
         <v>5.9</v>
       </c>
       <c r="L44" s="1" t="n">
         <v>5.7</v>
       </c>
       <c r="M44" s="1" t="n">
-        <v>4.2</v>
+        <v>4.3</v>
       </c>
       <c r="N44" s="1" t="n">
         <v>4.2</v>
       </c>
       <c r="O44" s="1" t="n">
         <v>3.9</v>
       </c>
       <c r="P44" s="1" t="n">
-        <v>5.4</v>
+        <v>5.3</v>
       </c>
       <c r="Q44" s="1" t="n">
-        <v>6.6</v>
-[...1 lines deleted...]
-      <c r="R44" s="1"/>
+        <v>6.7</v>
+      </c>
+      <c r="R44" s="1" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="S44" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B45" s="1" t="n">
         <v>5.4</v>
       </c>
       <c r="C45" s="1" t="n">
         <v>5.1</v>
       </c>
       <c r="D45" s="1" t="n">
         <v>5.5</v>
       </c>
       <c r="E45" s="1" t="n">
         <v>6</v>
       </c>
       <c r="F45" s="1" t="n">
         <v>5.9</v>
       </c>
       <c r="G45" s="1" t="n">
         <v>5.6</v>
       </c>
       <c r="H45" s="1" t="n">
         <v>4.9</v>
       </c>
       <c r="I45" s="1" t="n">
         <v>5.4</v>
       </c>
       <c r="J45" s="1" t="n">
         <v>5.7</v>
       </c>
       <c r="K45" s="1" t="n">
         <v>6.4</v>
       </c>
       <c r="L45" s="1" t="n">
         <v>5</v>
       </c>
       <c r="M45" s="1" t="n">
         <v>4</v>
       </c>
       <c r="N45" s="1" t="n">
         <v>4.1</v>
       </c>
       <c r="O45" s="1" t="n">
         <v>3</v>
       </c>
       <c r="P45" s="1" t="n">
         <v>5.1</v>
       </c>
       <c r="Q45" s="1" t="n">
         <v>5.5</v>
       </c>
-      <c r="R45" s="1"/>
+      <c r="R45" s="1" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="S45" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B46" s="1" t="n">
         <v>6.1</v>
       </c>
       <c r="C46" s="1" t="n">
         <v>5</v>
       </c>
       <c r="D46" s="1" t="n">
         <v>4.2</v>
       </c>
       <c r="E46" s="1" t="n">
         <v>4.8</v>
       </c>
       <c r="F46" s="1" t="n">
         <v>4.2</v>
       </c>
       <c r="G46" s="1" t="n">
         <v>4.3</v>
       </c>
       <c r="H46" s="1" t="n">
         <v>3.9</v>
       </c>
       <c r="I46" s="1" t="n">
         <v>2.7</v>
       </c>
       <c r="J46" s="1" t="n">
         <v>2.9</v>
       </c>
       <c r="K46" s="1" t="n">
         <v>3.5</v>
       </c>
       <c r="L46" s="1" t="n">
         <v>2.9</v>
       </c>
       <c r="M46" s="1" t="n">
         <v>2.1</v>
       </c>
       <c r="N46" s="1" t="n">
         <v>2.2</v>
       </c>
       <c r="O46" s="1" t="n">
-        <v>1.8</v>
+        <v>1.9</v>
       </c>
       <c r="P46" s="1" t="n">
         <v>3.1</v>
       </c>
       <c r="Q46" s="1" t="n">
-        <v>4.1</v>
-[...1 lines deleted...]
-      <c r="R46" s="1"/>
+        <v>4.2</v>
+      </c>
+      <c r="R46" s="1" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="S46" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="0"/>
       <c r="B47" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="0" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="0" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="0"/>
       <c r="B53" s="1" t="n">
         <v>2008</v>
       </c>
       <c r="C53" s="1" t="n">
         <v>2009</v>
       </c>
       <c r="D53" s="1" t="n">
         <v>2010</v>
       </c>
       <c r="E53" s="1" t="n">
         <v>2011</v>
       </c>
       <c r="F53" s="1" t="n">
         <v>2012</v>
       </c>
       <c r="G53" s="1" t="n">
@@ -1625,234 +1663,246 @@
       </c>
       <c r="J53" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="K53" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="L53" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="M53" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="N53" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="O53" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="P53" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="Q53" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="R53" s="1"/>
+      <c r="R53" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="S53" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B54" s="1" t="n">
         <v>8.4</v>
       </c>
       <c r="C54" s="1" t="n">
         <v>7.3</v>
       </c>
       <c r="D54" s="1" t="n">
         <v>7.6</v>
       </c>
       <c r="E54" s="1" t="n">
         <v>9.7</v>
       </c>
       <c r="F54" s="1" t="n">
         <v>10</v>
       </c>
       <c r="G54" s="1" t="n">
         <v>8.9</v>
       </c>
       <c r="H54" s="1" t="n">
         <v>9.6</v>
       </c>
       <c r="I54" s="1" t="n">
         <v>8</v>
       </c>
       <c r="J54" s="1" t="n">
         <v>8.1</v>
       </c>
       <c r="K54" s="1" t="n">
         <v>9.3</v>
       </c>
       <c r="L54" s="1" t="n">
         <v>7.6</v>
       </c>
       <c r="M54" s="1" t="n">
         <v>5.9</v>
       </c>
       <c r="N54" s="1" t="n">
-        <v>6.6</v>
+        <v>6.7</v>
       </c>
       <c r="O54" s="1" t="n">
         <v>5.1</v>
       </c>
       <c r="P54" s="1" t="n">
         <v>8.2</v>
       </c>
       <c r="Q54" s="1" t="n">
         <v>8.9</v>
       </c>
-      <c r="R54" s="1"/>
+      <c r="R54" s="1" t="n">
+        <v>7.6</v>
+      </c>
+      <c r="S54" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="0" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B55" s="1" t="n">
         <v>5.9</v>
       </c>
       <c r="C55" s="1" t="n">
         <v>4.2</v>
       </c>
       <c r="D55" s="1" t="n">
         <v>5.1</v>
       </c>
       <c r="E55" s="1" t="n">
         <v>6</v>
       </c>
       <c r="F55" s="1" t="n">
         <v>5.3</v>
       </c>
       <c r="G55" s="1" t="n">
         <v>5.1</v>
       </c>
       <c r="H55" s="1" t="n">
         <v>4.4</v>
       </c>
       <c r="I55" s="1" t="n">
         <v>4.7</v>
       </c>
       <c r="J55" s="1" t="n">
         <v>4.2</v>
       </c>
       <c r="K55" s="1" t="n">
         <v>5.1</v>
       </c>
       <c r="L55" s="1" t="n">
         <v>5.2</v>
       </c>
       <c r="M55" s="1" t="n">
         <v>4.4</v>
       </c>
       <c r="N55" s="1" t="n">
-        <v>4.1</v>
+        <v>4.2</v>
       </c>
       <c r="O55" s="1" t="n">
         <v>4</v>
       </c>
       <c r="P55" s="1" t="n">
-        <v>5.4</v>
+        <v>5.2</v>
       </c>
       <c r="Q55" s="1" t="n">
         <v>7.4</v>
       </c>
-      <c r="R55" s="1"/>
+      <c r="R55" s="1" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="S55" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="0" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B56" s="1" t="n">
         <v>3.2</v>
       </c>
       <c r="C56" s="1" t="n">
         <v>2.8</v>
       </c>
       <c r="D56" s="1" t="n">
         <v>2.6</v>
       </c>
       <c r="E56" s="1" t="n">
         <v>3.4</v>
       </c>
       <c r="F56" s="1" t="n">
         <v>3.3</v>
       </c>
       <c r="G56" s="1" t="n">
         <v>3.7</v>
       </c>
       <c r="H56" s="1" t="n">
         <v>2.8</v>
       </c>
       <c r="I56" s="1" t="n">
         <v>2.4</v>
       </c>
       <c r="J56" s="1" t="n">
         <v>2.2</v>
       </c>
       <c r="K56" s="1" t="n">
         <v>2.7</v>
       </c>
       <c r="L56" s="1" t="n">
         <v>2.3</v>
       </c>
       <c r="M56" s="1" t="n">
         <v>1.8</v>
       </c>
       <c r="N56" s="1" t="n">
         <v>1.9</v>
       </c>
       <c r="O56" s="1" t="n">
         <v>1.6</v>
       </c>
       <c r="P56" s="1" t="n">
         <v>2.7</v>
       </c>
       <c r="Q56" s="1" t="n">
         <v>3</v>
       </c>
-      <c r="R56" s="1"/>
+      <c r="R56" s="1" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="S56" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="0"/>
       <c r="B57" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="0" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="0" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="0"/>
       <c r="B63" s="1" t="n">
         <v>2008</v>
       </c>
       <c r="C63" s="1" t="n">
         <v>2009</v>
       </c>
       <c r="D63" s="1" t="n">
         <v>2010</v>
       </c>
       <c r="E63" s="1" t="n">
         <v>2011</v>
       </c>
       <c r="F63" s="1" t="n">
         <v>2012</v>
       </c>
       <c r="G63" s="1" t="n">
@@ -1866,1139 +1916,1082 @@
       </c>
       <c r="J63" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="K63" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="L63" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="M63" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="N63" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="O63" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="P63" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="Q63" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="R63" s="1"/>
+      <c r="R63" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="S63" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="0" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B64" s="1" t="n">
         <v>10.4</v>
       </c>
       <c r="C64" s="1" t="n">
         <v>8.7</v>
       </c>
       <c r="D64" s="1" t="n">
         <v>9.8</v>
       </c>
       <c r="E64" s="1" t="n">
         <v>9.9</v>
       </c>
       <c r="F64" s="1" t="n">
         <v>8.6</v>
       </c>
       <c r="G64" s="1" t="n">
         <v>11.7</v>
       </c>
       <c r="H64" s="1" t="n">
         <v>8.5</v>
       </c>
       <c r="I64" s="1" t="n">
         <v>7.3</v>
       </c>
       <c r="J64" s="1" t="n">
         <v>7.8</v>
       </c>
       <c r="K64" s="1" t="n">
         <v>9.2</v>
       </c>
       <c r="L64" s="1" t="n">
         <v>7.5</v>
       </c>
       <c r="M64" s="1" t="n">
         <v>5.7</v>
       </c>
       <c r="N64" s="1" t="n">
         <v>6</v>
       </c>
       <c r="O64" s="1" t="n">
-        <v>5.7</v>
+        <v>5.6</v>
       </c>
       <c r="P64" s="1" t="n">
-        <v>6.8</v>
+        <v>6.6</v>
       </c>
       <c r="Q64" s="1" t="n">
-        <v>9.3</v>
-[...1 lines deleted...]
-      <c r="R64" s="1"/>
+        <v>9.4</v>
+      </c>
+      <c r="R64" s="1" t="n">
+        <v>7.3</v>
+      </c>
+      <c r="S64" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B65" s="1" t="n">
         <v>16.5</v>
       </c>
       <c r="C65" s="1" t="n">
         <v>14.7</v>
       </c>
       <c r="D65" s="1" t="n">
         <v>13.3</v>
       </c>
       <c r="E65" s="1" t="n">
         <v>18.1</v>
       </c>
       <c r="F65" s="1" t="n">
         <v>18.7</v>
       </c>
       <c r="G65" s="1" t="n">
         <v>15.1</v>
       </c>
       <c r="H65" s="1" t="n">
         <v>13.3</v>
       </c>
       <c r="I65" s="1" t="n">
         <v>12.3</v>
       </c>
       <c r="J65" s="1" t="n">
         <v>10.8</v>
       </c>
       <c r="K65" s="1" t="n">
         <v>12.2</v>
       </c>
       <c r="L65" s="1" t="n">
         <v>12.8</v>
       </c>
       <c r="M65" s="1" t="n">
-        <v>8.2</v>
+        <v>8</v>
       </c>
       <c r="N65" s="1" t="n">
-        <v>8</v>
+        <v>7.7</v>
       </c>
       <c r="O65" s="1" t="n">
+        <v>8.4</v>
+      </c>
+      <c r="P65" s="1" t="n">
+        <v>12.6</v>
+      </c>
+      <c r="Q65" s="1" t="n">
+        <v>13</v>
+      </c>
+      <c r="R65" s="1" t="n">
         <v>7.8</v>
       </c>
-      <c r="P65" s="1" t="n">
-[...5 lines deleted...]
-      <c r="R65" s="1"/>
+      <c r="S65" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="0" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B66" s="1" t="n">
         <v>3.6</v>
       </c>
       <c r="C66" s="1" t="n">
         <v>3.1</v>
       </c>
       <c r="D66" s="1" t="n">
         <v>4.6</v>
       </c>
       <c r="E66" s="1" t="n">
         <v>4.4</v>
       </c>
       <c r="F66" s="1" t="n">
         <v>4.7</v>
       </c>
       <c r="G66" s="1" t="n">
         <v>4.5</v>
       </c>
       <c r="H66" s="1" t="n">
         <v>4.9</v>
       </c>
       <c r="I66" s="1" t="n">
         <v>2.9</v>
       </c>
       <c r="J66" s="1" t="n">
         <v>4</v>
       </c>
       <c r="K66" s="1" t="n">
         <v>5</v>
       </c>
       <c r="L66" s="1" t="n">
         <v>4.1</v>
       </c>
       <c r="M66" s="1" t="n">
-        <v>3.5</v>
+        <v>3.6</v>
       </c>
       <c r="N66" s="1" t="n">
         <v>2.7</v>
       </c>
       <c r="O66" s="1" t="n">
-        <v>2</v>
+        <v>2.1</v>
       </c>
       <c r="P66" s="1" t="n">
-        <v>4.1</v>
+        <v>4.3</v>
       </c>
       <c r="Q66" s="1" t="n">
         <v>4.5</v>
       </c>
-      <c r="R66" s="1"/>
+      <c r="R66" s="1" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="S66" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="0" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B67" s="1" t="n">
         <v>3.7</v>
       </c>
       <c r="C67" s="1" t="n">
         <v>3.1</v>
       </c>
       <c r="D67" s="1" t="n">
         <v>2.6</v>
       </c>
       <c r="E67" s="1" t="n">
         <v>3.2</v>
       </c>
       <c r="F67" s="1" t="n">
         <v>3.2</v>
       </c>
       <c r="G67" s="1" t="n">
         <v>2.4</v>
       </c>
       <c r="H67" s="1" t="n">
         <v>3.1</v>
       </c>
       <c r="I67" s="1" t="n">
         <v>2</v>
       </c>
       <c r="J67" s="1" t="n">
         <v>1.8</v>
       </c>
       <c r="K67" s="1" t="n">
         <v>2.3</v>
       </c>
       <c r="L67" s="1" t="n">
         <v>1.8</v>
       </c>
       <c r="M67" s="1" t="n">
         <v>1.5</v>
       </c>
       <c r="N67" s="1" t="n">
         <v>1.1</v>
       </c>
       <c r="O67" s="1" t="n">
         <v>1.4</v>
       </c>
       <c r="P67" s="1" t="n">
-        <v>2.5</v>
+        <v>2.6</v>
       </c>
       <c r="Q67" s="1" t="n">
         <v>3</v>
       </c>
-      <c r="R67" s="1"/>
+      <c r="R67" s="1" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="S67" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B68" s="1" t="n">
-        <v>4.5</v>
+        <v>4.8</v>
       </c>
       <c r="C68" s="1" t="n">
-        <v>4.3</v>
+        <v>3.9</v>
       </c>
       <c r="D68" s="1" t="n">
-        <v>3.1</v>
+        <v>3.4</v>
       </c>
       <c r="E68" s="1" t="n">
-        <v>4</v>
+        <v>5.9</v>
       </c>
       <c r="F68" s="1" t="n">
-        <v>6.2</v>
+        <v>5.3</v>
       </c>
       <c r="G68" s="1" t="n">
-        <v>3</v>
+        <v>3.7</v>
       </c>
       <c r="H68" s="1" t="n">
-        <v>3.2</v>
+        <v>3.8</v>
       </c>
       <c r="I68" s="1" t="n">
         <v>4.4</v>
       </c>
       <c r="J68" s="1" t="n">
-        <v>1.8</v>
+        <v>2.7</v>
       </c>
       <c r="K68" s="1" t="n">
-        <v>4.1</v>
+        <v>4.7</v>
       </c>
       <c r="L68" s="1" t="n">
-        <v>3.1</v>
+        <v>4.3</v>
       </c>
       <c r="M68" s="1" t="n">
-        <v>2.9</v>
+        <v>3.2</v>
       </c>
       <c r="N68" s="1" t="n">
         <v>4.2</v>
       </c>
       <c r="O68" s="1" t="n">
-        <v>3.1</v>
+        <v>3.5</v>
       </c>
       <c r="P68" s="1" t="n">
-        <v>3.3</v>
+        <v>4</v>
       </c>
       <c r="Q68" s="1" t="n">
-        <v>4.3</v>
-[...1 lines deleted...]
-      <c r="R68" s="1"/>
+        <v>4.8</v>
+      </c>
+      <c r="R68" s="1" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="S68" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="0" t="s">
-[...50 lines deleted...]
-      <c r="R69" s="1"/>
+      <c r="A69" s="0"/>
+      <c r="B69" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="0" t="s">
-        <v>38</v>
-[...4 lines deleted...]
-      <c r="C70" s="1" t="n">
         <v>5</v>
       </c>
-      <c r="D70" s="1" t="n">
-[...41 lines deleted...]
-      <c r="R70" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="0"/>
-      <c r="B71" s="1"/>
+      <c r="A71" s="0" t="s">
+        <v>21</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A72" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="0" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="0"/>
+      <c r="A74" s="0" t="s">
+        <v>1</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A75" s="0"/>
+      <c r="B75" s="1" t="n">
+        <v>2008</v>
+      </c>
+      <c r="C75" s="1" t="n">
+        <v>2009</v>
+      </c>
+      <c r="D75" s="1" t="n">
+        <v>2010</v>
+      </c>
+      <c r="E75" s="1" t="n">
+        <v>2011</v>
+      </c>
+      <c r="F75" s="1" t="n">
+        <v>2012</v>
+      </c>
+      <c r="G75" s="1" t="n">
+        <v>2013</v>
+      </c>
+      <c r="H75" s="1" t="n">
+        <v>2014</v>
+      </c>
+      <c r="I75" s="1" t="n">
+        <v>2015</v>
+      </c>
+      <c r="J75" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="K75" s="1" t="n">
+        <v>2017</v>
+      </c>
+      <c r="L75" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="M75" s="1" t="n">
+        <v>2019</v>
+      </c>
+      <c r="N75" s="1" t="n">
+        <v>2020</v>
+      </c>
+      <c r="O75" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="P75" s="1" t="n">
+        <v>2022</v>
+      </c>
+      <c r="Q75" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="R75" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="S75" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="0" t="s">
-        <v>1</v>
-      </c>
+        <v>39</v>
+      </c>
+      <c r="B76" s="1" t="n">
+        <v>4</v>
+      </c>
+      <c r="C76" s="1" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="D76" s="1" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="E76" s="1" t="n">
+        <v>4</v>
+      </c>
+      <c r="F76" s="1" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="G76" s="1" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="H76" s="1" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="I76" s="1" t="n">
+        <v>3</v>
+      </c>
+      <c r="J76" s="1" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="K76" s="1" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="L76" s="1" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="M76" s="1" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="N76" s="1" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="O76" s="1" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="P76" s="1" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="Q76" s="1" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="R76" s="1" t="n">
+        <v>3</v>
+      </c>
+      <c r="S76" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="0"/>
+      <c r="A77" s="0" t="s">
+        <v>40</v>
+      </c>
       <c r="B77" s="1" t="n">
-        <v>2008</v>
+        <v>10.6</v>
       </c>
       <c r="C77" s="1" t="n">
-        <v>2009</v>
+        <v>10.8</v>
       </c>
       <c r="D77" s="1" t="n">
-        <v>2010</v>
+        <v>13</v>
       </c>
       <c r="E77" s="1" t="n">
-        <v>2011</v>
+        <v>14.9</v>
       </c>
       <c r="F77" s="1" t="n">
-        <v>2012</v>
+        <v>15.2</v>
       </c>
       <c r="G77" s="1" t="n">
-        <v>2013</v>
+        <v>19.1</v>
       </c>
       <c r="H77" s="1" t="n">
-        <v>2014</v>
+        <v>14.9</v>
       </c>
       <c r="I77" s="1" t="n">
-        <v>2015</v>
+        <v>13.8</v>
       </c>
       <c r="J77" s="1" t="n">
-        <v>2016</v>
+        <v>16.5</v>
       </c>
       <c r="K77" s="1" t="n">
-        <v>2017</v>
+        <v>19.9</v>
       </c>
       <c r="L77" s="1" t="n">
-        <v>2018</v>
+        <v>13.9</v>
       </c>
       <c r="M77" s="1" t="n">
-        <v>2019</v>
+        <v>14.4</v>
       </c>
       <c r="N77" s="1" t="n">
-        <v>2020</v>
+        <v>13.1</v>
       </c>
       <c r="O77" s="1" t="n">
-        <v>2021</v>
+        <v>8.7</v>
       </c>
       <c r="P77" s="1" t="n">
-        <v>2022</v>
+        <v>14.2</v>
       </c>
       <c r="Q77" s="1" t="n">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="R77" s="1"/>
+        <v>11.7</v>
+      </c>
+      <c r="R77" s="1" t="n">
+        <v>10.7</v>
+      </c>
+      <c r="S77" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="0" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B78" s="1" t="n">
-        <v>4</v>
+        <v>6.1</v>
       </c>
       <c r="C78" s="1" t="n">
-        <v>3.3</v>
+        <v>4.6</v>
       </c>
       <c r="D78" s="1" t="n">
-        <v>3.3</v>
+        <v>4.2</v>
       </c>
       <c r="E78" s="1" t="n">
-        <v>4</v>
+        <v>4.9</v>
       </c>
       <c r="F78" s="1" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="G78" s="1" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="H78" s="1" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="I78" s="1" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="J78" s="1" t="n">
+        <v>3</v>
+      </c>
+      <c r="K78" s="1" t="n">
         <v>3.6</v>
       </c>
-      <c r="G78" s="1" t="n">
-[...2 lines deleted...]
-      <c r="H78" s="1" t="n">
+      <c r="L78" s="1" t="n">
         <v>2.8</v>
       </c>
-      <c r="I78" s="1" t="n">
-[...2 lines deleted...]
-      <c r="J78" s="1" t="n">
+      <c r="M78" s="1" t="n">
         <v>2.4</v>
       </c>
-      <c r="K78" s="1" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="N78" s="1" t="n">
-        <v>2.2</v>
+        <v>2.3</v>
       </c>
       <c r="O78" s="1" t="n">
-        <v>2.1</v>
+        <v>2</v>
       </c>
       <c r="P78" s="1" t="n">
-        <v>3.3</v>
+        <v>3.2</v>
       </c>
       <c r="Q78" s="1" t="n">
-        <v>4.3</v>
-[...1 lines deleted...]
-      <c r="R78" s="1"/>
+        <v>4.2</v>
+      </c>
+      <c r="R78" s="1" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="S78" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B79" s="1" t="n">
-        <v>10.6</v>
+        <v>9.4</v>
       </c>
       <c r="C79" s="1" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="D79" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="E79" s="1" t="n">
+        <v>10.3</v>
+      </c>
+      <c r="F79" s="1" t="n">
         <v>10.8</v>
       </c>
-      <c r="D79" s="1" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="G79" s="1" t="n">
-        <v>19.1</v>
+        <v>9.4</v>
       </c>
       <c r="H79" s="1" t="n">
-        <v>14.9</v>
+        <v>10.1</v>
       </c>
       <c r="I79" s="1" t="n">
-        <v>13.8</v>
+        <v>9</v>
       </c>
       <c r="J79" s="1" t="n">
-        <v>16.5</v>
+        <v>8.5</v>
       </c>
       <c r="K79" s="1" t="n">
-        <v>19.9</v>
+        <v>10.9</v>
       </c>
       <c r="L79" s="1" t="n">
-        <v>13.9</v>
+        <v>10.9</v>
       </c>
       <c r="M79" s="1" t="n">
-        <v>14.2</v>
+        <v>7.3</v>
       </c>
       <c r="N79" s="1" t="n">
-        <v>12.7</v>
+        <v>8.7</v>
       </c>
       <c r="O79" s="1" t="n">
-        <v>8.4</v>
+        <v>6.3</v>
       </c>
       <c r="P79" s="1" t="n">
-        <v>14.6</v>
+        <v>8.8</v>
       </c>
       <c r="Q79" s="1" t="n">
-        <v>11.8</v>
-[...1 lines deleted...]
-      <c r="R79" s="1"/>
+        <v>10.2</v>
+      </c>
+      <c r="R79" s="1" t="n">
+        <v>8.3</v>
+      </c>
+      <c r="S79" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="0" t="s">
-[...50 lines deleted...]
-      <c r="R80" s="1"/>
+      <c r="A80" s="0"/>
+      <c r="B80" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="0" t="s">
         <v>43</v>
       </c>
-      <c r="B81" s="1" t="n">
-[...47 lines deleted...]
-      <c r="R81" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="0"/>
-      <c r="B82" s="1"/>
+      <c r="A82" s="0" t="s">
+        <v>21</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A83" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="0" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="0"/>
+      <c r="A85" s="0" t="s">
+        <v>1</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A86" s="0"/>
+      <c r="B86" s="1" t="n">
+        <v>2008</v>
+      </c>
+      <c r="C86" s="1" t="n">
+        <v>2009</v>
+      </c>
+      <c r="D86" s="1" t="n">
+        <v>2010</v>
+      </c>
+      <c r="E86" s="1" t="n">
+        <v>2011</v>
+      </c>
+      <c r="F86" s="1" t="n">
+        <v>2012</v>
+      </c>
+      <c r="G86" s="1" t="n">
+        <v>2013</v>
+      </c>
+      <c r="H86" s="1" t="n">
+        <v>2014</v>
+      </c>
+      <c r="I86" s="1" t="n">
+        <v>2015</v>
+      </c>
+      <c r="J86" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="K86" s="1" t="n">
+        <v>2017</v>
+      </c>
+      <c r="L86" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="M86" s="1" t="n">
+        <v>2019</v>
+      </c>
+      <c r="N86" s="1" t="n">
+        <v>2020</v>
+      </c>
+      <c r="O86" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="P86" s="1" t="n">
+        <v>2022</v>
+      </c>
+      <c r="Q86" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="R86" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="S86" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="0" t="s">
-        <v>1</v>
-      </c>
+        <v>45</v>
+      </c>
+      <c r="B87" s="1" t="n">
+        <v>15.6</v>
+      </c>
+      <c r="C87" s="1" t="n">
+        <v>13.6</v>
+      </c>
+      <c r="D87" s="1" t="n">
+        <v>14.5</v>
+      </c>
+      <c r="E87" s="1" t="n">
+        <v>18.4</v>
+      </c>
+      <c r="F87" s="1" t="n">
+        <v>17.7</v>
+      </c>
+      <c r="G87" s="1" t="n">
+        <v>17</v>
+      </c>
+      <c r="H87" s="1" t="n">
+        <v>16.6</v>
+      </c>
+      <c r="I87" s="1" t="n">
+        <v>13.8</v>
+      </c>
+      <c r="J87" s="1" t="n">
+        <v>14.4</v>
+      </c>
+      <c r="K87" s="1" t="n">
+        <v>18.2</v>
+      </c>
+      <c r="L87" s="1" t="n">
+        <v>16.4</v>
+      </c>
+      <c r="M87" s="1" t="n">
+        <v>11.5</v>
+      </c>
+      <c r="N87" s="1" t="n">
+        <v>12.6</v>
+      </c>
+      <c r="O87" s="1" t="n">
+        <v>10.6</v>
+      </c>
+      <c r="P87" s="1" t="n">
+        <v>11.9</v>
+      </c>
+      <c r="Q87" s="1" t="n">
+        <v>13.1</v>
+      </c>
+      <c r="R87" s="1" t="n">
+        <v>10.8</v>
+      </c>
+      <c r="S87" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="0"/>
+      <c r="A88" s="0" t="s">
+        <v>46</v>
+      </c>
       <c r="B88" s="1" t="n">
-        <v>2008</v>
+        <v>7.6</v>
       </c>
       <c r="C88" s="1" t="n">
-        <v>2009</v>
+        <v>5.3</v>
       </c>
       <c r="D88" s="1" t="n">
-        <v>2010</v>
+        <v>7.8</v>
       </c>
       <c r="E88" s="1" t="n">
-        <v>2011</v>
+        <v>10.5</v>
       </c>
       <c r="F88" s="1" t="n">
-        <v>2012</v>
+        <v>9</v>
       </c>
       <c r="G88" s="1" t="n">
-        <v>2013</v>
+        <v>6.3</v>
       </c>
       <c r="H88" s="1" t="n">
-        <v>2014</v>
+        <v>5.7</v>
       </c>
       <c r="I88" s="1" t="n">
-        <v>2015</v>
+        <v>7.5</v>
       </c>
       <c r="J88" s="1" t="n">
-        <v>2016</v>
+        <v>5.2</v>
       </c>
       <c r="K88" s="1" t="n">
-        <v>2017</v>
+        <v>6.2</v>
       </c>
       <c r="L88" s="1" t="n">
-        <v>2018</v>
+        <v>5.9</v>
       </c>
       <c r="M88" s="1" t="n">
-        <v>2019</v>
+        <v>4.5</v>
       </c>
       <c r="N88" s="1" t="n">
-        <v>2020</v>
+        <v>5.2</v>
       </c>
       <c r="O88" s="1" t="n">
-        <v>2021</v>
+        <v>3.4</v>
       </c>
       <c r="P88" s="1" t="n">
-        <v>2022</v>
+        <v>6.2</v>
       </c>
       <c r="Q88" s="1" t="n">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="R88" s="1"/>
+        <v>8.7</v>
+      </c>
+      <c r="R88" s="1" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="S88" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B89" s="1" t="n">
-        <v>15.6</v>
+        <v>5.8</v>
       </c>
       <c r="C89" s="1" t="n">
-        <v>13.6</v>
+        <v>3.1</v>
       </c>
       <c r="D89" s="1" t="n">
-        <v>14.5</v>
+        <v>3.5</v>
       </c>
       <c r="E89" s="1" t="n">
-        <v>18.4</v>
+        <v>3.9</v>
       </c>
       <c r="F89" s="1" t="n">
-        <v>17.7</v>
+        <v>3.6</v>
       </c>
       <c r="G89" s="1" t="n">
-        <v>17</v>
+        <v>3.5</v>
       </c>
       <c r="H89" s="1" t="n">
-        <v>16.6</v>
+        <v>2.8</v>
       </c>
       <c r="I89" s="1" t="n">
-        <v>13.8</v>
+        <v>2.9</v>
       </c>
       <c r="J89" s="1" t="n">
-        <v>14.4</v>
+        <v>2.9</v>
       </c>
       <c r="K89" s="1" t="n">
-        <v>18.2</v>
+        <v>3.3</v>
       </c>
       <c r="L89" s="1" t="n">
-        <v>16.4</v>
+        <v>2.3</v>
       </c>
       <c r="M89" s="1" t="n">
-        <v>11.7</v>
+        <v>2.1</v>
       </c>
       <c r="N89" s="1" t="n">
-        <v>12.3</v>
+        <v>1.3</v>
       </c>
       <c r="O89" s="1" t="n">
-        <v>10.2</v>
+        <v>2</v>
       </c>
       <c r="P89" s="1" t="n">
-        <v>11.9</v>
+        <v>3.3</v>
       </c>
       <c r="Q89" s="1" t="n">
-        <v>13.1</v>
-[...1 lines deleted...]
-      <c r="R89" s="1"/>
+        <v>4.4</v>
+      </c>
+      <c r="R89" s="1" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="S89" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B90" s="1" t="n">
-        <v>7.6</v>
+        <v>1.6</v>
       </c>
       <c r="C90" s="1" t="n">
-        <v>5.3</v>
+        <v>2.3</v>
       </c>
       <c r="D90" s="1" t="n">
-        <v>7.8</v>
+        <v>1</v>
       </c>
       <c r="E90" s="1" t="n">
-        <v>10.5</v>
+        <v>1.7</v>
       </c>
       <c r="F90" s="1" t="n">
-        <v>9</v>
+        <v>1.4</v>
       </c>
       <c r="G90" s="1" t="n">
-        <v>6.3</v>
+        <v>1.8</v>
       </c>
       <c r="H90" s="1" t="n">
-        <v>5.7</v>
+        <v>0.9</v>
       </c>
       <c r="I90" s="1" t="n">
-        <v>7.5</v>
+        <v>0.9</v>
       </c>
       <c r="J90" s="1" t="n">
-        <v>5.2</v>
+        <v>0.6</v>
       </c>
       <c r="K90" s="1" t="n">
-        <v>6.2</v>
+        <v>0.8</v>
       </c>
       <c r="L90" s="1" t="n">
-        <v>5.9</v>
+        <v>1.4</v>
       </c>
       <c r="M90" s="1" t="n">
-        <v>4.5</v>
+        <v>1.2</v>
       </c>
       <c r="N90" s="1" t="n">
-        <v>5.2</v>
+        <v>1</v>
       </c>
       <c r="O90" s="1" t="n">
-        <v>3.7</v>
+        <v>1.2</v>
       </c>
       <c r="P90" s="1" t="n">
-        <v>6.5</v>
+        <v>2.9</v>
       </c>
       <c r="Q90" s="1" t="n">
-        <v>8.6</v>
-[...1 lines deleted...]
-      <c r="R90" s="1"/>
+        <v>1.8</v>
+      </c>
+      <c r="R90" s="1" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="S90" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="0" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B91" s="1" t="n">
-        <v>5.8</v>
+        <v>1.4</v>
       </c>
       <c r="C91" s="1" t="n">
-        <v>3.1</v>
+        <v>1.4</v>
       </c>
       <c r="D91" s="1" t="n">
-        <v>3.5</v>
+        <v>1</v>
       </c>
       <c r="E91" s="1" t="n">
-        <v>3.9</v>
+        <v>1</v>
       </c>
       <c r="F91" s="1" t="n">
-        <v>3.6</v>
+        <v>1.4</v>
       </c>
       <c r="G91" s="1" t="n">
-        <v>3.5</v>
+        <v>0.6</v>
       </c>
       <c r="H91" s="1" t="n">
-        <v>2.8</v>
+        <v>0.8</v>
       </c>
       <c r="I91" s="1" t="n">
-        <v>2.9</v>
+        <v>0.8</v>
       </c>
       <c r="J91" s="1" t="n">
-        <v>2.9</v>
+        <v>0.6</v>
       </c>
       <c r="K91" s="1" t="n">
-        <v>3.3</v>
+        <v>0.6</v>
       </c>
       <c r="L91" s="1" t="n">
-        <v>2.3</v>
+        <v>0.2</v>
       </c>
       <c r="M91" s="1" t="n">
-        <v>2</v>
+        <v>0.4</v>
       </c>
       <c r="N91" s="1" t="n">
-        <v>1.4</v>
+        <v>0.7</v>
       </c>
       <c r="O91" s="1" t="n">
-        <v>2.1</v>
+        <v>0.4</v>
       </c>
       <c r="P91" s="1" t="n">
-        <v>3.7</v>
+        <v>0.9</v>
       </c>
       <c r="Q91" s="1" t="n">
-        <v>3.9</v>
-[...1 lines deleted...]
-      <c r="R91" s="1"/>
+        <v>1.9</v>
+      </c>
+      <c r="R91" s="1" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="S91" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="0" t="s">
-[...50 lines deleted...]
-      <c r="R92" s="1"/>
+      <c r="A92" s="0"/>
+      <c r="B92" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="0" t="s">
-        <v>50</v>
-[...49 lines deleted...]
-      <c r="R93" s="1"/>
+        <v>5</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="0"/>
-      <c r="B94" s="1"/>
+      <c r="A94" s="0" t="s">
+        <v>21</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="0" t="s">
-[...9 lines deleted...]
-      <c r="A97" s="0"/>
+      <c r="A95" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="B1" s="0" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="B2" s="0" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
+        <v>54</v>
+      </c>
+      <c r="B3" s="0" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>cic bfp</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>