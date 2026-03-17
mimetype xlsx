--- v0 (2025-10-26)
+++ v1 (2026-03-17)
@@ -13,97 +13,92 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G06_NGW" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="12">
   <si>
     <t>Nitrates in groundwater - Belgium and international comparison</t>
   </si>
   <si>
     <t>milligrams NO3-N per litre</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
-    <t>EEA (2023), Nutrients in freshwater in Europe (CSI 020/WAT 003), direct communication 24/8/2023.</t>
+    <t>Note: Europe: 18 countries, see Description</t>
+  </si>
+  <si>
+    <t>Source: Eurostat (2025), Nitrate in groundwater, sdg_06_40, https://ec.europa.eu/eurostat, laatste update van data 24/01/2025 23:00 (consulted on 19/09/2025).</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G06_NGW</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Nitrates in groundwater (i34)</t>
+    <t>Nitrates in groundwater (i35)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
-    <t>Definition: the average nitrate concentration in groundwater is calculated on the basis of 20 monitoring points located throughout Belgium. It is expressed as the nitrogen weight in those nitrates per liter of water (mg NO3-N/l). The data come from the European Environment Agency. The European data are given for 18 countries of the European Union: Austria, Belgium, Bulgaria, Cyprus, Czech Republic, Denmark, Estonia, Finland, France, Germany, Ireland, Italy, Latvia, Malta, Portugal, Slovakia, Slovenia and Spain.
+    <t>Definition: the average nitrate concentration in groundwater is calculated on the basis of 37 monitoring points located throughout Belgium. It is expressed as the nitrogen weight in those nitrates per liter of water (mg NO3-N/l). The data come from tEurostat. The European data are given for 18 countries of the European Union: Austria, Belgium, Bulgaria, Cyprus, Czech Republic, Denmark, Estonia, Finland, France, Germany, Ireland, Italy, Latvia, Malta, Portugal, Slovakia, Slovenia and Spain.
 Goal: the average nitrate concentration in groundwater must be reduced.
 The Sustainable Development Goals or SDGs adopted by the UN in 2015 include target 6.3: “By 2030, improve water quality by reducing pollution, eliminating dumping and minimizing release of hazardous chemicals and materials, halving the proportion of untreated wastewater and substantially increasing recycling and safe reuse globally”.
 The Federal Long-Term Strategic Vision for Sustainable Development contains objective 35: “Emissions of pollutants will be significantly reduced and air (indoor and outdoor), water and soil pollution will no longer have a significant – direct or indirect – impact, neither on health nor on the environment” (Belgian Official Gazette, 08/10/2013).
-International comparison: the average nitrate concentration in groundwater in Belgium is well above the European average, which remains relatively stable. When Member States are divided into three groups, Belgium is part of the group with the worst performance in 2021. In that year, Spain ranked last with 62.8mg NO3-N/l and Finland ranked first with 0.2mg NO3-N/l.
 UN indicator: the selected indicator does not correspond to any SDG indicator, but is related to target 6.3. The nitrate concentration in groundwater is an indicator illustrating the pollution of groundwater.
 Sources
-General
-[...6 lines deleted...]
-More information is available in French and Dutch.
+Belgian Official Gazette: http://www.ejustice.just.fgov.be/cgi/welcome.pl; research on http://www.ejustice.just.fgov.be/doc/rech_f.htm.
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -161,51 +156,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:AF8"/>
+  <dimension ref="A1:AG9"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
         <v>1992</v>
       </c>
       <c r="C3" s="1" t="n">
@@ -273,304 +268,318 @@
       </c>
       <c r="X3" s="1" t="n">
         <v>2014</v>
       </c>
       <c r="Y3" s="1" t="n">
         <v>2015</v>
       </c>
       <c r="Z3" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="AA3" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="AB3" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="AC3" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="AD3" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="AE3" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="AF3" s="1"/>
+      <c r="AF3" s="1" t="n">
+        <v>2022</v>
+      </c>
+      <c r="AG3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="1" t="n">
-[...21 lines deleted...]
-        <v>24.993</v>
+      <c r="B4" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="C4" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="D4" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="E4" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="F4" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="G4" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="H4" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="I4" s="1" t="s">
+        <f>=NA()</f>
       </c>
       <c r="J4" s="1" t="n">
-        <v>24.524</v>
+        <v>27.91</v>
       </c>
       <c r="K4" s="1" t="n">
-        <v>23.165</v>
+        <v>26.79</v>
       </c>
       <c r="L4" s="1" t="n">
-        <v>23.792</v>
+        <v>26.96</v>
       </c>
       <c r="M4" s="1" t="n">
-        <v>25.611</v>
+        <v>27.9</v>
       </c>
       <c r="N4" s="1" t="n">
-        <v>24.911</v>
+        <v>27.65</v>
       </c>
       <c r="O4" s="1" t="n">
-        <v>24.803</v>
+        <v>30.25</v>
       </c>
       <c r="P4" s="1" t="n">
-        <v>26.385</v>
+        <v>32.37</v>
       </c>
       <c r="Q4" s="1" t="n">
-        <v>25.371</v>
+        <v>31.36</v>
       </c>
       <c r="R4" s="1" t="n">
-        <v>27.405</v>
+        <v>32.73</v>
       </c>
       <c r="S4" s="1" t="n">
-        <v>26.609</v>
+        <v>31.01</v>
       </c>
       <c r="T4" s="1" t="n">
-        <v>25.68</v>
+        <v>30.19</v>
       </c>
       <c r="U4" s="1" t="n">
-        <v>25.735</v>
+        <v>29.65</v>
       </c>
       <c r="V4" s="1" t="n">
-        <v>25.569</v>
+        <v>29.87</v>
       </c>
       <c r="W4" s="1" t="n">
-        <v>25.388</v>
+        <v>28.5</v>
       </c>
       <c r="X4" s="1" t="n">
-        <v>25.167</v>
+        <v>28.22</v>
       </c>
       <c r="Y4" s="1" t="n">
-        <v>25.05</v>
+        <v>27.9</v>
       </c>
       <c r="Z4" s="1" t="n">
-        <v>25.297</v>
+        <v>30.34</v>
       </c>
       <c r="AA4" s="1" t="n">
-        <v>24.902</v>
+        <v>29.38</v>
       </c>
       <c r="AB4" s="1" t="n">
-        <v>24.963</v>
+        <v>28.63</v>
       </c>
       <c r="AC4" s="1" t="n">
-        <v>25.266</v>
+        <v>28.25</v>
       </c>
       <c r="AD4" s="1" t="n">
-        <v>25.62</v>
+        <v>27.9</v>
       </c>
       <c r="AE4" s="1" t="n">
-        <v>25.62</v>
-[...1 lines deleted...]
-      <c r="AF4" s="1"/>
+        <v>28.64</v>
+      </c>
+      <c r="AF4" s="1" t="n">
+        <v>28.64</v>
+      </c>
+      <c r="AG4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
-      <c r="B5" s="1" t="n">
-[...21 lines deleted...]
-        <v>20.62</v>
+      <c r="B5" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="C5" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="D5" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="E5" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="F5" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="G5" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="H5" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="I5" s="1" t="s">
+        <f>=NA()</f>
       </c>
       <c r="J5" s="1" t="n">
-        <v>20.927</v>
+        <v>21.23</v>
       </c>
       <c r="K5" s="1" t="n">
-        <v>20.444</v>
+        <v>21.09</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>19.969</v>
+        <v>20.59</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>20.471</v>
+        <v>20.91</v>
       </c>
       <c r="N5" s="1" t="n">
-        <v>20.488</v>
+        <v>20.79</v>
       </c>
       <c r="O5" s="1" t="n">
-        <v>20.036</v>
+        <v>20.86</v>
       </c>
       <c r="P5" s="1" t="n">
-        <v>19.848</v>
+        <v>20.88</v>
       </c>
       <c r="Q5" s="1" t="n">
-        <v>20.543</v>
+        <v>21.27</v>
       </c>
       <c r="R5" s="1" t="n">
-        <v>21.199</v>
+        <v>21.39</v>
       </c>
       <c r="S5" s="1" t="n">
-        <v>21.121</v>
+        <v>21.1</v>
       </c>
       <c r="T5" s="1" t="n">
-        <v>21.053</v>
+        <v>21.56</v>
       </c>
       <c r="U5" s="1" t="n">
-        <v>19.889</v>
+        <v>20.71</v>
       </c>
       <c r="V5" s="1" t="n">
-        <v>21.129</v>
+        <v>21.34</v>
       </c>
       <c r="W5" s="1" t="n">
-        <v>20.481</v>
+        <v>21.22</v>
       </c>
       <c r="X5" s="1" t="n">
-        <v>20.303</v>
+        <v>21.32</v>
       </c>
       <c r="Y5" s="1" t="n">
-        <v>20.366</v>
+        <v>21.35</v>
       </c>
       <c r="Z5" s="1" t="n">
-        <v>20.386</v>
+        <v>21.64</v>
       </c>
       <c r="AA5" s="1" t="n">
-        <v>20.082</v>
+        <v>21.06</v>
       </c>
       <c r="AB5" s="1" t="n">
-        <v>20.926</v>
+        <v>21.18</v>
       </c>
       <c r="AC5" s="1" t="n">
-        <v>20.598</v>
+        <v>20.82</v>
       </c>
       <c r="AD5" s="1" t="n">
-        <v>20.702</v>
+        <v>20.43</v>
       </c>
       <c r="AE5" s="1" t="n">
-        <v>20.865</v>
-[...1 lines deleted...]
-      <c r="AF5" s="1"/>
+        <v>20.59</v>
+      </c>
+      <c r="AF5" s="1" t="n">
+        <v>20.65</v>
+      </c>
+      <c r="AG5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0"/>
       <c r="B6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
-      <c r="A8" s="0"/>
+      <c r="A8" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
+      <c r="A9" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B1" s="0" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>cic bfp</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>