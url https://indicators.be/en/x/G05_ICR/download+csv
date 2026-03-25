--- v0 (2025-10-16)
+++ v1 (2026-03-25)
@@ -13,127 +13,123 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G05_ICR" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="27" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="27" uniqueCount="23">
   <si>
     <t>Inactive population due to caring responsibilities - Belgium and international comparison</t>
   </si>
   <si>
     <t>percentage of aged 15-64 outside labour force and wanting to work</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>EU27</t>
   </si>
   <si>
-    <t>break in time series: BE in 2001, 2005, 2017 and 2021; EU in 2005 and 2021</t>
-[...2 lines deleted...]
-    <t>Statbel; Eurostat (2024), Inactive population not seeking employment by sex, age and main reason [lfsa_igar], https://ec.europa.eu/eurostat (consulted on 14/10/2024).</t>
+    <t>Note: break in time series: BE in 2001, 2005, 2017 and 2021; EU in 2005 and 2021</t>
+  </si>
+  <si>
+    <t>Source: Statbel; Eurostat (2025), Inactive population not seeking employment by sex, age and main reason, lfsa_igar, last update of data on 11/09/2025 23:00, https://ec.europa.eu/eurostat (consulted on 01/10/2025).</t>
   </si>
   <si>
     <t>Inactive population due to caring responsibilities, by sex - Belgium</t>
   </si>
   <si>
     <t>females</t>
   </si>
   <si>
     <t>males</t>
   </si>
   <si>
-    <t>Due to small numbers, data for males are less reliable.</t>
+    <t>Note: break in time series: BE in 2001, 2005, 2017 and 2021; EU in 2005 and 2021. </t>
+  </si>
+  <si>
+    <t>Due to small numbers, data for males/females are less reliable, except from 2021 onwards.</t>
   </si>
   <si>
     <t>Inactive population due to caring responsibilities, by age - Belgium</t>
   </si>
   <si>
     <t>percentage of population outside labour force and wanting to work</t>
   </si>
   <si>
     <t>15-24</t>
   </si>
   <si>
     <t>25-49</t>
   </si>
   <si>
     <t>50-64</t>
   </si>
   <si>
-    <t>Due to small numbers, data for age groups 15-24 and 50-64 are less reliable.</t>
+    <t>Due to small numbers, data for age groups 15-24 and 50-64 are less reliable (see Eurostat).</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G05_ICR</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Inactive population due to caring responsibilities (i30)</t>
+    <t>Inactive population due to caring responsibilities (i31)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Definition: the share of the inactive population not working because of family responsibilities is the proportion of the inactive population aged between 15 and 64 years that wants to work but is not looking for work because it is caring for children or dependent persons or because of other family or personal reasons. The data come from the Labour Force Survey (LFS). Statistics Belgium organises this EU-harmonised survey in Belgium and makes the results available, in particular to Eurostat. The survey methodology was reviewed in 2017. Comparisons of the 2017 data with previous years should be done with caution. The data used here come from Eurostat, which publishes detailed and comparable results between EU Member States. Since these data are based on surveys, a margin of uncertainty must be taken into account. The confidence intervals for these data are available on request from Statistics Belgium.
+The following breakdown is available for this indicator: sex.
 Goal: the share of the inactive population due to caring responsibilities must decrease.
 The Sustainable Development Goals or SDGs adopted by the UN in 2015 include target 5.4: "recognize and value unpaid care and domestic work through the provision of public services, infrastructure and social protection policies, and the promotion of shared responsibility within the household and the family as nationally appropriate".
-International comparison: the share of the inactive population due to caring responsibilities is clearly higher in the EU27 than in Belgium throughout the relevant period, except for the last three years, when Belgium is slightly behind the average. This share remained fairly stable between 2002 (22.9%) and 2023 (21.4%) in the EU27. When Member States are divided into three groups, Belgium is part of the group with the average performance and lays slightly behind the European average in 2023. In that year, the Netherlands ranked first with 9.9% and Poland last with 41.7%.
-[...7 lines deleted...]
-</t>
+UN indicator: the selected indicator is related to indicator 5.4.1 - Proportion of time spent on unpaid domestic and care work, by sex, age and location. It measures the time invested in unpaid caring work, showing gender disparities in this area.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
@@ -190,51 +186,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:AH30"/>
+  <dimension ref="A1:AI30"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
         <v>1992</v>
       </c>
       <c r="C3" s="1" t="n">
@@ -308,51 +304,54 @@
       </c>
       <c r="Z3" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="AA3" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="AB3" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="AC3" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="AD3" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="AE3" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="AF3" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="AG3" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="AH3" s="1"/>
+      <c r="AH3" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="AI3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="1" t="n">
         <v>11.9</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>10.1</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>10.2</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>8.6</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>8.7</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>9.8</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>9.7</v>
@@ -410,51 +409,54 @@
       </c>
       <c r="Z4" s="1" t="n">
         <v>12.9</v>
       </c>
       <c r="AA4" s="1" t="n">
         <v>11.9</v>
       </c>
       <c r="AB4" s="1" t="n">
         <v>15</v>
       </c>
       <c r="AC4" s="1" t="n">
         <v>14.8</v>
       </c>
       <c r="AD4" s="1" t="n">
         <v>12.3</v>
       </c>
       <c r="AE4" s="1" t="n">
         <v>20.4</v>
       </c>
       <c r="AF4" s="1" t="n">
         <v>20.1</v>
       </c>
       <c r="AG4" s="1" t="n">
         <v>22</v>
       </c>
-      <c r="AH4" s="1"/>
+      <c r="AH4" s="1" t="n">
+        <v>20.2</v>
+      </c>
+      <c r="AI4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="C5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="E5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="F5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="G5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="H5" s="1" t="s">
         <f>=NA()</f>
@@ -507,56 +509,59 @@
       <c r="X5" s="1" t="n">
         <v>19</v>
       </c>
       <c r="Y5" s="1" t="n">
         <v>19.7</v>
       </c>
       <c r="Z5" s="1" t="n">
         <v>19.9</v>
       </c>
       <c r="AA5" s="1" t="n">
         <v>20.9</v>
       </c>
       <c r="AB5" s="1" t="n">
         <v>22</v>
       </c>
       <c r="AC5" s="1" t="n">
         <v>22.5</v>
       </c>
       <c r="AD5" s="1" t="n">
         <v>19.5</v>
       </c>
       <c r="AE5" s="1" t="n">
         <v>20.3</v>
       </c>
       <c r="AF5" s="1" t="n">
-        <v>21.9</v>
+        <v>21.8</v>
       </c>
       <c r="AG5" s="1" t="n">
         <v>21.4</v>
       </c>
-      <c r="AH5" s="1"/>
+      <c r="AH5" s="1" t="n">
+        <v>21.1</v>
+      </c>
+      <c r="AI5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0"/>
       <c r="B6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="0" t="s">
@@ -639,51 +644,54 @@
       </c>
       <c r="Z12" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="AA12" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="AB12" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="AC12" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="AD12" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="AE12" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="AF12" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="AG12" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="AH12" s="1"/>
+      <c r="AH12" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="AI12" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="1" t="n">
         <v>21.3</v>
       </c>
       <c r="C13" s="1" t="n">
         <v>17.7</v>
       </c>
       <c r="D13" s="1" t="n">
         <v>17.9</v>
       </c>
       <c r="E13" s="1" t="n">
         <v>15.6</v>
       </c>
       <c r="F13" s="1" t="n">
         <v>14.5</v>
       </c>
       <c r="G13" s="1" t="n">
         <v>16.6</v>
       </c>
       <c r="H13" s="1" t="n">
         <v>16</v>
@@ -741,51 +749,54 @@
       </c>
       <c r="Z13" s="1" t="n">
         <v>17.4</v>
       </c>
       <c r="AA13" s="1" t="n">
         <v>16.6</v>
       </c>
       <c r="AB13" s="1" t="n">
         <v>18.5</v>
       </c>
       <c r="AC13" s="1" t="n">
         <v>20.6</v>
       </c>
       <c r="AD13" s="1" t="n">
         <v>16.3</v>
       </c>
       <c r="AE13" s="1" t="n">
         <v>25.8</v>
       </c>
       <c r="AF13" s="1" t="n">
         <v>21.7</v>
       </c>
       <c r="AG13" s="1" t="n">
         <v>26.1</v>
       </c>
-      <c r="AH13" s="1"/>
+      <c r="AH13" s="1" t="n">
+        <v>23.7</v>
+      </c>
+      <c r="AI13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="C14" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D14" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="E14" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="F14" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="G14" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="H14" s="1" t="n">
         <v>2</v>
@@ -843,82 +854,85 @@
       </c>
       <c r="Z14" s="1" t="n">
         <v>8</v>
       </c>
       <c r="AA14" s="1" t="n">
         <v>6.3</v>
       </c>
       <c r="AB14" s="1" t="n">
         <v>10.8</v>
       </c>
       <c r="AC14" s="1" t="n">
         <v>8.1</v>
       </c>
       <c r="AD14" s="1" t="n">
         <v>7.4</v>
       </c>
       <c r="AE14" s="1" t="n">
         <v>14.4</v>
       </c>
       <c r="AF14" s="1" t="n">
         <v>18.3</v>
       </c>
       <c r="AG14" s="1" t="n">
         <v>17</v>
       </c>
-      <c r="AH14" s="1"/>
+      <c r="AH14" s="1" t="n">
+        <v>15.8</v>
+      </c>
+      <c r="AI14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0"/>
       <c r="B15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0" t="s">
-        <v>4</v>
+        <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="0" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="0" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="0"/>
       <c r="B22" s="1" t="n">
         <v>1992</v>
       </c>
       <c r="C22" s="1" t="n">
         <v>1993</v>
       </c>
       <c r="D22" s="1" t="n">
         <v>1994</v>
       </c>
       <c r="E22" s="1" t="n">
         <v>1995</v>
       </c>
       <c r="F22" s="1" t="n">
         <v>1996</v>
       </c>
       <c r="G22" s="1" t="n">
         <v>1997</v>
       </c>
       <c r="H22" s="1" t="n">
         <v>1998</v>
       </c>
@@ -975,55 +989,58 @@
       </c>
       <c r="Z22" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="AA22" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="AB22" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="AC22" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="AD22" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="AE22" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="AF22" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="AG22" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="AH22" s="1"/>
+      <c r="AH22" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="AI22" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B23" s="1" t="n">
         <v>2.6</v>
       </c>
       <c r="C23" s="1" t="n">
         <v>4</v>
       </c>
       <c r="D23" s="1" t="n">
         <v>2</v>
       </c>
       <c r="E23" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="F23" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="G23" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="H23" s="1" t="n">
         <v>1.9</v>
       </c>
       <c r="I23" s="1" t="s">
         <f>=NA()</f>
       </c>
@@ -1041,91 +1058,94 @@
       </c>
       <c r="N23" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="O23" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="P23" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="Q23" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="R23" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="S23" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="T23" s="1" t="n">
         <v>7.3</v>
       </c>
       <c r="U23" s="1" t="s">
         <f>=NA()</f>
       </c>
-      <c r="V23" s="1" t="s">
-        <f>=NA()</f>
+      <c r="V23" s="1" t="n">
+        <v>2.9</v>
       </c>
       <c r="W23" s="1" t="n">
         <v>5.4</v>
       </c>
       <c r="X23" s="1" t="n">
         <v>4.3</v>
       </c>
       <c r="Y23" s="1" t="n">
         <v>4.2</v>
       </c>
       <c r="Z23" s="1" t="n">
         <v>4.5</v>
       </c>
       <c r="AA23" s="1" t="n">
         <v>5.2</v>
       </c>
       <c r="AB23" s="1" t="n">
         <v>5.6</v>
       </c>
       <c r="AC23" s="1" t="n">
         <v>5.2</v>
       </c>
       <c r="AD23" s="1" t="n">
         <v>5.7</v>
       </c>
       <c r="AE23" s="1" t="n">
         <v>8.3</v>
       </c>
       <c r="AF23" s="1" t="n">
         <v>7.3</v>
       </c>
       <c r="AG23" s="1" t="n">
         <v>7.8</v>
       </c>
-      <c r="AH23" s="1"/>
+      <c r="AH23" s="1" t="n">
+        <v>8.9</v>
+      </c>
+      <c r="AI23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="0" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B24" s="1" t="n">
         <v>30.4</v>
       </c>
       <c r="C24" s="1" t="n">
         <v>23.6</v>
       </c>
       <c r="D24" s="1" t="n">
         <v>26.7</v>
       </c>
       <c r="E24" s="1" t="n">
         <v>24.1</v>
       </c>
       <c r="F24" s="1" t="n">
         <v>20.3</v>
       </c>
       <c r="G24" s="1" t="n">
         <v>25.2</v>
       </c>
       <c r="H24" s="1" t="n">
         <v>25.7</v>
       </c>
       <c r="I24" s="1" t="s">
         <f>=NA()</f>
       </c>
@@ -1143,91 +1163,94 @@
       </c>
       <c r="N24" s="1" t="n">
         <v>22.4</v>
       </c>
       <c r="O24" s="1" t="n">
         <v>25</v>
       </c>
       <c r="P24" s="1" t="n">
         <v>22.8</v>
       </c>
       <c r="Q24" s="1" t="n">
         <v>18.7</v>
       </c>
       <c r="R24" s="1" t="n">
         <v>18.6</v>
       </c>
       <c r="S24" s="1" t="n">
         <v>20.1</v>
       </c>
       <c r="T24" s="1" t="n">
         <v>23.9</v>
       </c>
       <c r="U24" s="1" t="s">
         <f>=NA()</f>
       </c>
-      <c r="V24" s="1" t="s">
-        <f>=NA()</f>
+      <c r="V24" s="1" t="n">
+        <v>9.5</v>
       </c>
       <c r="W24" s="1" t="n">
         <v>23</v>
       </c>
       <c r="X24" s="1" t="n">
         <v>18.9</v>
       </c>
       <c r="Y24" s="1" t="n">
         <v>19.3</v>
       </c>
       <c r="Z24" s="1" t="n">
         <v>19.8</v>
       </c>
       <c r="AA24" s="1" t="n">
         <v>17.5</v>
       </c>
       <c r="AB24" s="1" t="n">
         <v>24.2</v>
       </c>
       <c r="AC24" s="1" t="n">
         <v>22.7</v>
       </c>
       <c r="AD24" s="1" t="n">
         <v>17.4</v>
       </c>
       <c r="AE24" s="1" t="n">
         <v>31.5</v>
       </c>
       <c r="AF24" s="1" t="n">
         <v>33.9</v>
       </c>
       <c r="AG24" s="1" t="n">
         <v>36.6</v>
       </c>
-      <c r="AH24" s="1"/>
+      <c r="AH24" s="1" t="n">
+        <v>31.9</v>
+      </c>
+      <c r="AI24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B25" s="1" t="n">
         <v>8</v>
       </c>
       <c r="C25" s="1" t="n">
         <v>7.7</v>
       </c>
       <c r="D25" s="1" t="n">
         <v>11.3</v>
       </c>
       <c r="E25" s="1" t="n">
         <v>7.4</v>
       </c>
       <c r="F25" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="G25" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="H25" s="1" t="n">
         <v>7.8</v>
       </c>
       <c r="I25" s="1" t="s">
         <f>=NA()</f>
       </c>
@@ -1245,158 +1268,161 @@
       </c>
       <c r="N25" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="O25" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="P25" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="Q25" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="R25" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="S25" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="T25" s="1" t="n">
         <v>16.3</v>
       </c>
       <c r="U25" s="1" t="s">
         <f>=NA()</f>
       </c>
-      <c r="V25" s="1" t="s">
-        <f>=NA()</f>
+      <c r="V25" s="1" t="n">
+        <v>5</v>
       </c>
       <c r="W25" s="1" t="n">
         <v>9</v>
       </c>
       <c r="X25" s="1" t="n">
         <v>13</v>
       </c>
       <c r="Y25" s="1" t="n">
         <v>7.9</v>
       </c>
       <c r="Z25" s="1" t="n">
         <v>10.8</v>
       </c>
       <c r="AA25" s="1" t="n">
         <v>8.4</v>
       </c>
       <c r="AB25" s="1" t="n">
         <v>9.3</v>
       </c>
       <c r="AC25" s="1" t="n">
         <v>11.3</v>
       </c>
       <c r="AD25" s="1" t="n">
         <v>11.5</v>
       </c>
       <c r="AE25" s="1" t="n">
         <v>24.9</v>
       </c>
       <c r="AF25" s="1" t="n">
         <v>23.3</v>
       </c>
       <c r="AG25" s="1" t="n">
         <v>28.8</v>
       </c>
-      <c r="AH25" s="1"/>
+      <c r="AH25" s="1" t="n">
+        <v>25.2</v>
+      </c>
+      <c r="AI25" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0"/>
       <c r="B26" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0" t="s">
-        <v>4</v>
+        <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B1" s="0" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>cic bfp</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>