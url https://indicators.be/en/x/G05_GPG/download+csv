--- v0 (2025-10-30)
+++ v1 (2026-02-15)
@@ -13,129 +13,120 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G05_GPG" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="23" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="21">
   <si>
     <t>Gender pay gap - Belgium - trend assessment</t>
   </si>
   <si>
     <t>hourly wages, percentage difference</t>
   </si>
   <si>
     <t>observations</t>
   </si>
   <si>
-    <t>trend and extrapolation (November 2024)</t>
+    <t>trend and extrapolation (November 2025)</t>
   </si>
   <si>
     <t>objective 2030</t>
   </si>
   <si>
-    <t>Statbel; Eurostat (2024), Gender pay gap in unadjusted form, sdg_05_20, https://ec.europa.eu/eurostat (consulted on 08/10/2024) &amp; calculations FPB.</t>
+    <t>Source: Statbel; Eurostat (2025), Gender pay gap in unadjusted form, sdg_05_20, https://ec.europa.eu/eurostat, last update of data on 25/02/2025 11:00 (consulted on 25/09/2025)</t>
   </si>
   <si>
     <t>Gender pay gap in average hourly wages - Belgium and international comparison</t>
   </si>
   <si>
     <t>percentage difference</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>EU27</t>
   </si>
   <si>
-    <t>Provisional data for 2019, 2020, 2021 and 2022</t>
-[...2 lines deleted...]
-    <t>Statbel; Eurostat (2024), Gender pay gap in unadjusted form, sdg_05_20, https://ec.europa.eu/eurostat (consulted on 08/10/2024).</t>
+    <t>Source: Statbel; Eurostat (2025), Gender pay gap in unadjusted form, sdg_05_20, https://ec.europa.eu/eurostat, last update of data on 25/02/2025 11:00 (consulted on 25/09/2025).</t>
   </si>
   <si>
     <t>Gender pay gap in annual wages / without correction for working time - Belgium</t>
   </si>
   <si>
     <t>in annual wages</t>
   </si>
   <si>
     <t>without correction for working time</t>
   </si>
   <si>
-    <t>Institute for the Equality of Women and Men (2022), L'écart salarial entre les femmes et les hommes en Belgique - Rapports 2007-2024, https://igvm-iefh.belgium.be/fr/publications/lecart_salarial_entre_les_femmes_et_les_hommes_en_belgique_rapport_2024 (consulted on 08/10/2024).</t>
+    <t>Source: Institute for the Equality of Women and Men (2025), L'écart salarial entre les femmes et les hommes en Belgique - Rapports 2007-2024, https://igvm-iefh.belgium.be/fr/publications/lecart_salarial_entre_les_femmes_et_les_hommes_en_belgique_rapport_2024 (consulted on 29/09/2025).</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G05_GPG</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Gender pay gap (i29)</t>
+    <t>Gender pay gap (i30)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Definition: the gap between women's and men's average hourly wage is expressed as a percentage of men's average hourly wage. The data are based on the European Structure of Earnings Survey. Statistics Belgium organises this EU-harmonised survey in Belgium and makes the results available, in particular to Eurostat. The data used here come from Eurostat, which publishes detailed and comparable results between EU Member States. Since these data are based on surveys, a margin of uncertainty must be taken into account. The confidence intervals for these data are available on request from Statistics Belgium.
 Goal: the gap between the average hourly wage of women and men must be reduced to zero percent.
 The Sustainable Development Goals or SDGs adopted by the UN in 2015 include target 5.1: "End all forms of discrimination against women and girls everywhere".
 Under the European Pillar of Social Rights, Belgium has set the target of 2.9% in wage gap by 2030 (European Commission, 2022; Federal Public Service Social Security, 2023).
-International comparison: the hourly wage gap in Belgium (5%) is lower than the average in Europe (EU27: 12.7% in 2022). This gap has increased, from 5.6 percentage points in 2010 to 9.1 percentage points in 2014. Since then, there has been a slight decline back to 7.7 percentage points in 2022. When Member States are divided into three groups, Belgium is part of the group with the best performance in 2022. In that year, Luxembourg ranked first with -0.7% and Estonia last with 21.3%.
 UN indicator: the selected indicator does not correspond to any monitoring indicator for the SDGs but is related to target 5.1. Measuring the development in equal pay indicators makes it possible to monitor the reduction in discrimination against women.
 Sources
-European Commission (2022), The European Pillar of Social Rights: state of play on the national target for 2030, https://ec.europa.eu/social/main.jsp?langId=en&amp;amp;catId=89&amp;amp;furtherNews=yes&amp;amp;newsId=10299 (consulted on 23/11/2023).
-[...5 lines deleted...]
-More information is available in French and Dutch.
+European Commission (2022), The European Pillar of Social Rights: state of play on the national target for 2030, https://ec.europa.eu/social/main.jsp?langId=en&amp;amp;catId=89&amp;amp;furtherNews=yes&amp;amp;newsId=10299 (consulted on 02/10/2025).
+Federal Public Service Social Security (2023), The evolution of the social situation and social protection in Belgium 2021, https://socialsecurity.belgium.be/sites/default/files/content/docs/en/publications/silc/silc-analysis-social-situation-and-protection-belgium-2021-en.pdf (consulted on 02/10/2025).
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -193,51 +184,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:AG26"/>
+  <dimension ref="A1:AG25"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
         <v>2000</v>
       </c>
       <c r="C3" s="1" t="n">
@@ -372,183 +363,183 @@
       <c r="M4" s="1" t="n">
         <v>9.4</v>
       </c>
       <c r="N4" s="1" t="n">
         <v>8.3</v>
       </c>
       <c r="O4" s="1" t="n">
         <v>7.5</v>
       </c>
       <c r="P4" s="1" t="n">
         <v>6.6</v>
       </c>
       <c r="Q4" s="1" t="n">
         <v>6.4</v>
       </c>
       <c r="R4" s="1" t="n">
         <v>6</v>
       </c>
       <c r="S4" s="1" t="n">
         <v>5.8</v>
       </c>
       <c r="T4" s="1" t="n">
         <v>5.8</v>
       </c>
       <c r="U4" s="1" t="n">
-        <v>5.8</v>
+        <v>4.7</v>
       </c>
       <c r="V4" s="1" t="n">
-        <v>5.3</v>
+        <v>3.2</v>
       </c>
       <c r="W4" s="1" t="n">
-        <v>5</v>
+        <v>1.8</v>
       </c>
       <c r="X4" s="1" t="n">
-        <v>5</v>
-[...2 lines deleted...]
-        <f>=NA()</f>
+        <v>0.7</v>
+      </c>
+      <c r="Y4" s="1" t="n">
+        <v>0.7</v>
       </c>
       <c r="Z4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AA4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AB4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AC4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AD4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AE4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AF4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AG4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="C5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="E5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="F5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="G5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="H5" s="1" t="n">
-        <v>10.7597267</v>
+        <v>11.23336884</v>
       </c>
       <c r="I5" s="1" t="n">
-        <v>10.32856368</v>
+        <v>10.88738012</v>
       </c>
       <c r="J5" s="1" t="n">
-        <v>9.902340285</v>
+        <v>10.53437779</v>
       </c>
       <c r="K5" s="1" t="n">
-        <v>9.467973267</v>
+        <v>10.1510892</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>9.01754094</v>
+        <v>9.714952436</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>8.550715371</v>
+        <v>9.208250166</v>
       </c>
       <c r="N5" s="1" t="n">
-        <v>8.078048029</v>
+        <v>8.624176721</v>
       </c>
       <c r="O5" s="1" t="n">
-        <v>7.615838823</v>
+        <v>7.964298153</v>
       </c>
       <c r="P5" s="1" t="n">
-        <v>7.17912948</v>
+        <v>7.234116868</v>
       </c>
       <c r="Q5" s="1" t="n">
-        <v>6.778559113</v>
+        <v>6.443022368</v>
       </c>
       <c r="R5" s="1" t="n">
-        <v>6.416794065</v>
+        <v>5.60427464</v>
       </c>
       <c r="S5" s="1" t="n">
-        <v>6.092112385</v>
+        <v>4.741385649</v>
       </c>
       <c r="T5" s="1" t="n">
-        <v>5.798946634</v>
+        <v>3.888427609</v>
       </c>
       <c r="U5" s="1" t="n">
-        <v>5.529815348</v>
+        <v>3.086935923</v>
       </c>
       <c r="V5" s="1" t="n">
-        <v>5.278398301</v>
+        <v>2.37850793</v>
       </c>
       <c r="W5" s="1" t="n">
-        <v>5.041741469</v>
+        <v>1.790891276</v>
       </c>
       <c r="X5" s="1" t="n">
-        <v>4.81748622</v>
+        <v>1.33068161</v>
       </c>
       <c r="Y5" s="1" t="n">
-        <v>4.62463383</v>
+        <v>0.9853581841</v>
       </c>
       <c r="Z5" s="1" t="n">
-        <v>4.45801488</v>
+        <v>0.7552200903</v>
       </c>
       <c r="AA5" s="1" t="n">
-        <v>4.313460567</v>
+        <v>0.5964713032</v>
       </c>
       <c r="AB5" s="1" t="n">
-        <v>4.187580238</v>
+        <v>0.4836297816</v>
       </c>
       <c r="AC5" s="1" t="n">
-        <v>4.07759417</v>
+        <v>0.4012852215</v>
       </c>
       <c r="AD5" s="1" t="n">
-        <v>3.981206599</v>
+        <v>0.3397933741</v>
       </c>
       <c r="AE5" s="1" t="n">
-        <v>3.896508386</v>
+        <v>0.2929312706</v>
       </c>
       <c r="AF5" s="1" t="n">
-        <v>3.821901718</v>
+        <v>0.2565720046</v>
       </c>
       <c r="AG5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0</v>
       </c>
@@ -728,448 +719,443 @@
       <c r="G13" s="1" t="n">
         <v>9.4</v>
       </c>
       <c r="H13" s="1" t="n">
         <v>8.3</v>
       </c>
       <c r="I13" s="1" t="n">
         <v>7.5</v>
       </c>
       <c r="J13" s="1" t="n">
         <v>6.6</v>
       </c>
       <c r="K13" s="1" t="n">
         <v>6.4</v>
       </c>
       <c r="L13" s="1" t="n">
         <v>6</v>
       </c>
       <c r="M13" s="1" t="n">
         <v>5.8</v>
       </c>
       <c r="N13" s="1" t="n">
         <v>5.8</v>
       </c>
       <c r="O13" s="1" t="n">
-        <v>5.8</v>
+        <v>4.7</v>
       </c>
       <c r="P13" s="1" t="n">
-        <v>5.3</v>
+        <v>3.2</v>
       </c>
       <c r="Q13" s="1" t="n">
-        <v>5</v>
+        <v>1.8</v>
       </c>
       <c r="R13" s="1" t="n">
-        <v>5</v>
+        <v>0.7</v>
       </c>
       <c r="S13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B14" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="C14" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D14" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="E14" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="F14" s="1" t="n">
         <v>15.8</v>
       </c>
       <c r="G14" s="1" t="n">
         <v>16.2</v>
       </c>
       <c r="H14" s="1" t="n">
         <v>16.4</v>
       </c>
       <c r="I14" s="1" t="n">
         <v>16</v>
       </c>
       <c r="J14" s="1" t="n">
         <v>15.7</v>
       </c>
       <c r="K14" s="1" t="n">
         <v>15.5</v>
       </c>
       <c r="L14" s="1" t="n">
         <v>15.1</v>
       </c>
       <c r="M14" s="1" t="n">
         <v>14.6</v>
       </c>
       <c r="N14" s="1" t="n">
         <v>14.4</v>
       </c>
       <c r="O14" s="1" t="n">
         <v>13.7</v>
       </c>
       <c r="P14" s="1" t="n">
-        <v>12.9</v>
+        <v>12.7</v>
       </c>
       <c r="Q14" s="1" t="n">
-        <v>12.7</v>
+        <v>12.3</v>
       </c>
       <c r="R14" s="1" t="n">
-        <v>12.7</v>
+        <v>12.2</v>
       </c>
       <c r="S14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0"/>
       <c r="B15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="0" t="s">
+      <c r="A17" s="0"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="0" t="s">
         <v>11</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A18" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="0" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="0"/>
+      <c r="B20" s="1" t="n">
+        <v>1998</v>
+      </c>
+      <c r="C20" s="1" t="n">
+        <v>1999</v>
+      </c>
+      <c r="D20" s="1" t="n">
+        <v>2000</v>
+      </c>
+      <c r="E20" s="1" t="n">
+        <v>2001</v>
+      </c>
+      <c r="F20" s="1" t="n">
+        <v>2002</v>
+      </c>
+      <c r="G20" s="1" t="n">
+        <v>2003</v>
+      </c>
+      <c r="H20" s="1" t="n">
+        <v>2004</v>
+      </c>
+      <c r="I20" s="1" t="n">
+        <v>2005</v>
+      </c>
+      <c r="J20" s="1" t="n">
+        <v>2006</v>
+      </c>
+      <c r="K20" s="1" t="n">
+        <v>2007</v>
+      </c>
+      <c r="L20" s="1" t="n">
+        <v>2008</v>
+      </c>
+      <c r="M20" s="1" t="n">
+        <v>2009</v>
+      </c>
+      <c r="N20" s="1" t="n">
+        <v>2010</v>
+      </c>
+      <c r="O20" s="1" t="n">
+        <v>2011</v>
+      </c>
+      <c r="P20" s="1" t="n">
+        <v>2012</v>
+      </c>
+      <c r="Q20" s="1" t="n">
+        <v>2013</v>
+      </c>
+      <c r="R20" s="1" t="n">
+        <v>2014</v>
+      </c>
+      <c r="S20" s="1" t="n">
+        <v>2015</v>
+      </c>
+      <c r="T20" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="U20" s="1" t="n">
+        <v>2017</v>
+      </c>
+      <c r="V20" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="W20" s="1" t="n">
+        <v>2019</v>
+      </c>
+      <c r="X20" s="1" t="n">
+        <v>2020</v>
+      </c>
+      <c r="Y20" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="Z20" s="1" t="n">
+        <v>2022</v>
+      </c>
+      <c r="AA20" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="0" t="s">
         <v>12</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      <c r="A21" s="0"/>
       <c r="B21" s="1" t="n">
-        <v>1998</v>
+        <v>27.44807033</v>
       </c>
       <c r="C21" s="1" t="n">
-        <v>1999</v>
+        <v>27.76674405</v>
       </c>
       <c r="D21" s="1" t="n">
-        <v>2000</v>
+        <v>26.381623</v>
       </c>
       <c r="E21" s="1" t="n">
-        <v>2001</v>
+        <v>26.07126211</v>
       </c>
       <c r="F21" s="1" t="n">
-        <v>2002</v>
+        <v>25.69876968</v>
       </c>
       <c r="G21" s="1" t="n">
-        <v>2003</v>
+        <v>25.37036651</v>
       </c>
       <c r="H21" s="1" t="n">
-        <v>2004</v>
+        <v>25.29187932</v>
       </c>
       <c r="I21" s="1" t="n">
-        <v>2005</v>
+        <v>24.96048981</v>
       </c>
       <c r="J21" s="1" t="n">
-        <v>2006</v>
+        <v>24.65794094</v>
       </c>
       <c r="K21" s="1" t="n">
-        <v>2007</v>
+        <v>24.43773326</v>
       </c>
       <c r="L21" s="1" t="n">
-        <v>2008</v>
+        <v>23.3800872</v>
       </c>
       <c r="M21" s="1" t="n">
-        <v>2009</v>
+        <v>22.759887</v>
       </c>
       <c r="N21" s="1" t="n">
-        <v>2010</v>
+        <v>22.8</v>
       </c>
       <c r="O21" s="1" t="n">
-        <v>2011</v>
+        <v>22</v>
       </c>
       <c r="P21" s="1" t="n">
-        <v>2012</v>
+        <v>21.8</v>
       </c>
       <c r="Q21" s="1" t="n">
-        <v>2013</v>
+        <v>20.9</v>
       </c>
       <c r="R21" s="1" t="n">
-        <v>2014</v>
-[...23 lines deleted...]
-        <v>2022</v>
+        <v>20.6</v>
+      </c>
+      <c r="S21" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="T21" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="U21" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="V21" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="W21" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="X21" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="Y21" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="Z21" s="1" t="s">
+        <f>=NA()</f>
       </c>
       <c r="AA21" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="0" t="s">
         <v>13</v>
       </c>
-      <c r="B22" s="1" t="n">
-[...45 lines deleted...]
-        <v>20.9</v>
+      <c r="B22" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="C22" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="D22" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="E22" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="F22" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="G22" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="H22" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="I22" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="J22" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="K22" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="L22" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="M22" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="N22" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="O22" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="P22" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="Q22" s="1" t="s">
+        <f>=NA()</f>
       </c>
       <c r="R22" s="1" t="n">
-        <v>20.6</v>
-[...23 lines deleted...]
-        <f>=NA()</f>
+        <v>24.3</v>
+      </c>
+      <c r="S22" s="1" t="n">
+        <v>24</v>
+      </c>
+      <c r="T22" s="1" t="n">
+        <v>23.7</v>
+      </c>
+      <c r="U22" s="1" t="n">
+        <v>23.4</v>
+      </c>
+      <c r="V22" s="1" t="n">
+        <v>23.1</v>
+      </c>
+      <c r="W22" s="1" t="n">
+        <v>22.7</v>
+      </c>
+      <c r="X22" s="1" t="n">
+        <v>21.6</v>
+      </c>
+      <c r="Y22" s="1" t="n">
+        <v>21</v>
+      </c>
+      <c r="Z22" s="1" t="n">
+        <v>19.9</v>
       </c>
       <c r="AA22" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="0" t="s">
+      <c r="A23" s="0"/>
+      <c r="B23" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="0" t="s">
         <v>14</v>
       </c>
-      <c r="B23" s="1" t="s">
-[...78 lines deleted...]
-      <c r="B24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="0" t="s">
-[...4 lines deleted...]
-      <c r="A26" s="0"/>
+      <c r="A25" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="B1" s="0" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="B2" s="0" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="B3" s="0" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>cic bfp</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>