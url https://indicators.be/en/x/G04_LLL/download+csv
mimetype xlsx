--- v0 (2025-10-27)
+++ v1 (2026-02-15)
@@ -13,163 +13,153 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G04_LLL" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="32">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="31">
   <si>
     <t>Lifelong learning - Belgium - trend assessment</t>
   </si>
   <si>
     <t>percentage of population aged 25-64</t>
   </si>
   <si>
     <t>observations</t>
   </si>
   <si>
-    <t>trend and extrapolation (November 2024)</t>
+    <t>trend and extrapolation (November 2025)</t>
   </si>
   <si>
     <t>objective 2030</t>
   </si>
   <si>
-    <t>Statbel; Eurostat (2024), European Union Labour Force Survey (EU-LFS), trng_lfse_01, https://ec.europa.eu/eurostat (consulted on 02/10/2024).</t>
+    <t>Note: break in time series: 1999, 2004, 2006, 2008, 2014, 2017, 2021 and 2024</t>
+  </si>
+  <si>
+    <t>Source: Statbel; Eurostat (2025), Participation rate in education and training (last 4 weeks), trng_lfse_01, https://ec.europa.eu/eurostat, last update of data 12/06/2025 23:00 (consulted on 07/07/2025).</t>
   </si>
   <si>
     <t>Lifelong learning - Belgium and international comparison</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>EU27</t>
   </si>
   <si>
-    <t>break in time series: BE in 1999, 2004, 2006, 2008, 2014, 2017, 2021; EU in 2003, 2006, 2013, 2021</t>
+    <t>Note: break in time series: BE in 1999, 2004, 2006, 2008, 2014, 2017, 2021 and 2024; EU in 2003, 2006, 2014 and 2021</t>
   </si>
   <si>
     <t>Lifelong learning by region - Belgium</t>
   </si>
   <si>
     <t>Brussels-Capital Region</t>
   </si>
   <si>
     <t>Flemish Region</t>
   </si>
   <si>
     <t>Walloon Region</t>
   </si>
   <si>
-    <t>The margin of uncertainty for this indicator is indicated in the text for the latest year. Break in time series: 2004, 2006, 2008, 2014, 2017, 2021</t>
-[...2 lines deleted...]
-    <t>Statbel; Eurostat (2024), European Union Labour Force Survey (EU-LFS), trng_lfse_04, https://ec.europa.eu/eurostat (consulted on 02/10/2024).</t>
+    <t>Note: The margin of uncertainty for this indicator is indicated in the text for the latest year. Break in time series: 2004, 2006, 2008, 2014, 2017, 2021 and 2024</t>
+  </si>
+  <si>
+    <t>Source: Statbel; Eurostat (2025), Participation rate in education and training (last 4 weeks) by NUTS 2 region, trng_lfse_04, https://ec.europa.eu/eurostat, last update of data 12/06/2025 23:00 (consulted on 07/07/2025).</t>
   </si>
   <si>
     <t>Lifelong learning by sex - Belgium</t>
   </si>
   <si>
     <t>females</t>
   </si>
   <si>
     <t>males</t>
   </si>
   <si>
-    <t>break in time series: 1999, 2004, 2006, 2008, 2014, 2017, 2021</t>
-[...1 lines deleted...]
-  <si>
     <t>Lifelong learning by education - Belgium</t>
   </si>
   <si>
     <t>less than primary, primary and lower secondary education</t>
   </si>
   <si>
     <t>upper secondary and post-secondary non-tertiary education</t>
   </si>
   <si>
     <t>tertiary education</t>
   </si>
   <si>
-    <t>break in time series: 2004, 2006, 2008, 2014, 2017, 2021</t>
-[...2 lines deleted...]
-    <t>Statbel; Eurostat (2024), European Union Labour Force Survey (EU-LFS), trng_lfse_03, https://ec.europa.eu/eurostat (consulted on 02/10/2024).</t>
+    <t>Source: Statbel; Eurostat (2025), Participation rate in education and training (last 4 weeks) by educational attainment level, trng_lfse_03, https://ec.europa.eu/eurostat, last update of data 12/06/2025 23:00 (consulted on 07/07/2025).</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G04_LLL</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Lifelong learning (i25)</t>
+    <t>Lifelong learning (i26)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Definition: share of the population aged 25 to 64 who participated in (formal or non-formal) training in the last four weeks before the interview. The data come from the Labour Force Survey (LFS). Statistics Belgium organises this EU-harmonised survey in Belgium and makes the results available, in particular to Eurostat. The survey methodology was reviewed in 2017. Comparison of the 2017 data with previous years should be done with caution. The data used here come from Eurostat, which publishes detailed and comparable results between EU Member States. Since these data are based on surveys, a margin of uncertainty must be taken into account. This margin of uncertainty increases as the indicator is calculated on smaller sub-populations. The confidence intervals for these data are available on request from Statistics Belgium.
+The following breakdowns are available for this indicator: region, sex and education.
 Goal: the share of the population taking part in lifelong learning must reach at least 15% in 2030.
 The Sustainable Development Goals or SDGs adopted by the UN in 2015 include target 4.3: "By 2030, ensure equal access for all women and men to affordable and quality technical, vocational and tertiary education, including university".
 The European Council of 12 May 2009 adopted in its conclusions a strategic framework for European cooperation in education and training (ET, 2020; Official Journal of the European Union, 28/5/2009). It set the following target: "With a view to increasing the participation of adults in lifelong learning, particularly that of the low-skilled: By 2020, an average of at least 15% of adults should participate in lifelong learning".
 In the framework of the European pillar of social rights, the European Commission has set a target for an indicator close to this one. Namely that 60% of adults should participate in training each year. In that context, Belgium set a target of 60.9% and additional numerical targets for 55-64-year-olds of 49.8% and for the low-skilled of 32.6% (European Commission, 2022; Federal Public Service Social Security, 2023).
-International comparison: Belgium is running more and more behind the European average. Belgium's small lead of 0.7 percentage points in 2002 (even 1.5 in 2004) steadily turned into a gap of 1.7 percentage points in 2023 (even 3.3 in 2016). Since 2016, Belgium's backlog has rather been reduced. When Member States are divided into three groups, Belgium is part of the group with average performance and is below the European average in 2023. In that year, Sweden ranked first with 38.8% and Bulgaria last with 1.4%.
 UN indicator: the selected indicator corresponds to indicator 4.3.1 - Participation rate of youth and adults in formal and non-formal education and training in the previous 12 months, by sex.
 Sources
-General
-[...8 lines deleted...]
-More information is available in French and Dutch.
+Council of the European Union (2009), Council conclusions of 12 May 2009 on a strategic framework for European cooperation in education and training (‘ET 2020’), p. 7, Official Journal of the European Union, https://eur-lex.europa.eu, 2009/C 119/02.
+European Commission (2022), The European Pillar of Social Rights: state of play on the national target for 2030, https://ec.europa.eu/social/main.jsp?langId=en&amp;amp;catId=89&amp;amp;furtherNews=yes&amp;amp;newsId=10299 (consulted on 02/10/2025).
+Federal Public Service Social Security (2023), The evolution of the social situation and social protection in Belgium 2021, https://socialsecurity.belgium.be/sites/default/files/content/docs/en/publications/silc/silc-analysis-social-situation-and-protection-belgium-2021-en.pdf (consulted on 02/10/2025).
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -227,51 +217,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:AH47"/>
+  <dimension ref="A1:AI48"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
         <v>2000</v>
       </c>
       <c r="C3" s="1" t="n">
@@ -420,169 +410,169 @@
       </c>
       <c r="R4" s="1" t="n">
         <v>7</v>
       </c>
       <c r="S4" s="1" t="n">
         <v>8.5</v>
       </c>
       <c r="T4" s="1" t="n">
         <v>8.5</v>
       </c>
       <c r="U4" s="1" t="n">
         <v>8.2</v>
       </c>
       <c r="V4" s="1" t="n">
         <v>7.4</v>
       </c>
       <c r="W4" s="1" t="n">
         <v>10.2</v>
       </c>
       <c r="X4" s="1" t="n">
         <v>10.3</v>
       </c>
       <c r="Y4" s="1" t="n">
         <v>11.1</v>
       </c>
-      <c r="Z4" s="1" t="s">
-        <f>=NA()</f>
+      <c r="Z4" s="1" t="n">
+        <v>13.5</v>
       </c>
       <c r="AA4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AB4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AC4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AD4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AE4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AF4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AG4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="n">
-        <v>6.50770492</v>
+        <v>6.513082779</v>
       </c>
       <c r="C5" s="1" t="n">
-        <v>6.673217366</v>
+        <v>6.67725788</v>
       </c>
       <c r="D5" s="1" t="n">
-        <v>6.83962559</v>
+        <v>6.842199795</v>
       </c>
       <c r="E5" s="1" t="n">
-        <v>7.00046856</v>
+        <v>7.001341702</v>
       </c>
       <c r="F5" s="1" t="n">
-        <v>7.139353543</v>
+        <v>7.138157737</v>
       </c>
       <c r="G5" s="1" t="n">
-        <v>7.238801214</v>
+        <v>7.235040113</v>
       </c>
       <c r="H5" s="1" t="n">
-        <v>7.294537715</v>
+        <v>7.287614594</v>
       </c>
       <c r="I5" s="1" t="n">
-        <v>7.312969353</v>
+        <v>7.302231345</v>
       </c>
       <c r="J5" s="1" t="n">
-        <v>7.306124202</v>
+        <v>7.290926073</v>
       </c>
       <c r="K5" s="1" t="n">
-        <v>7.287213744</v>
+        <v>7.267008315</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>7.267360104</v>
+        <v>7.241827429</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>7.255696209</v>
+        <v>7.224918642</v>
       </c>
       <c r="N5" s="1" t="n">
-        <v>7.262628224</v>
+        <v>7.227308356</v>
       </c>
       <c r="O5" s="1" t="n">
-        <v>7.30014434</v>
+        <v>7.261888695</v>
       </c>
       <c r="P5" s="1" t="n">
-        <v>7.377006155</v>
+        <v>7.338735635</v>
       </c>
       <c r="Q5" s="1" t="n">
-        <v>7.498652675</v>
+        <v>7.465154777</v>
       </c>
       <c r="R5" s="1" t="n">
-        <v>7.671805246</v>
+        <v>7.65042706</v>
       </c>
       <c r="S5" s="1" t="n">
-        <v>7.898027522</v>
+        <v>7.899567316</v>
       </c>
       <c r="T5" s="1" t="n">
-        <v>8.172293706</v>
+        <v>8.211968792</v>
       </c>
       <c r="U5" s="1" t="n">
-        <v>8.495521659</v>
+        <v>8.593921662</v>
       </c>
       <c r="V5" s="1" t="n">
-        <v>8.872462211</v>
+        <v>9.056472552</v>
       </c>
       <c r="W5" s="1" t="n">
-        <v>9.305501547</v>
+        <v>9.608819582</v>
       </c>
       <c r="X5" s="1" t="n">
-        <v>9.779627379</v>
+        <v>10.2415739</v>
       </c>
       <c r="Y5" s="1" t="n">
-        <v>10.2857438</v>
+        <v>10.94840337</v>
       </c>
       <c r="Z5" s="1" t="n">
-        <v>10.7648219</v>
+        <v>11.72056984</v>
       </c>
       <c r="AA5" s="1" t="n">
-        <v>11.21607476</v>
+        <v>12.46453289</v>
       </c>
       <c r="AB5" s="1" t="n">
-        <v>11.63922686</v>
+        <v>13.17660037</v>
       </c>
       <c r="AC5" s="1" t="n">
-        <v>12.03443169</v>
+        <v>13.85407184</v>
       </c>
       <c r="AD5" s="1" t="n">
-        <v>12.40219314</v>
+        <v>14.49514497</v>
       </c>
       <c r="AE5" s="1" t="n">
-        <v>12.74329304</v>
+        <v>15.09880886</v>
       </c>
       <c r="AF5" s="1" t="n">
-        <v>13.05872615</v>
+        <v>15.66473248</v>
       </c>
       <c r="AG5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="1" t="n">
         <v>15</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>15</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>15</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>15</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>15</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>15</v>
       </c>
@@ -651,1436 +641,1483 @@
       </c>
       <c r="AC6" s="1" t="n">
         <v>15</v>
       </c>
       <c r="AD6" s="1" t="n">
         <v>15</v>
       </c>
       <c r="AE6" s="1" t="n">
         <v>15</v>
       </c>
       <c r="AF6" s="1" t="n">
         <v>15</v>
       </c>
       <c r="AG6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0"/>
       <c r="B7" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
-      <c r="A9" s="0"/>
+      <c r="A9" s="0" t="s">
+        <v>6</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
-      <c r="A10" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A10" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="0" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="0" t="s">
         <v>1</v>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...1 lines deleted...]
-      <c r="B12" s="1" t="n">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="0"/>
+      <c r="B13" s="1" t="n">
         <v>1992</v>
       </c>
-      <c r="C12" s="1" t="n">
+      <c r="C13" s="1" t="n">
         <v>1993</v>
       </c>
-      <c r="D12" s="1" t="n">
+      <c r="D13" s="1" t="n">
         <v>1994</v>
       </c>
-      <c r="E12" s="1" t="n">
+      <c r="E13" s="1" t="n">
         <v>1995</v>
       </c>
-      <c r="F12" s="1" t="n">
+      <c r="F13" s="1" t="n">
         <v>1996</v>
       </c>
-      <c r="G12" s="1" t="n">
+      <c r="G13" s="1" t="n">
         <v>1997</v>
       </c>
-      <c r="H12" s="1" t="n">
+      <c r="H13" s="1" t="n">
         <v>1998</v>
       </c>
-      <c r="I12" s="1" t="n">
+      <c r="I13" s="1" t="n">
         <v>1999</v>
       </c>
-      <c r="J12" s="1" t="n">
+      <c r="J13" s="1" t="n">
         <v>2000</v>
       </c>
-      <c r="K12" s="1" t="n">
+      <c r="K13" s="1" t="n">
         <v>2001</v>
       </c>
-      <c r="L12" s="1" t="n">
+      <c r="L13" s="1" t="n">
         <v>2002</v>
       </c>
-      <c r="M12" s="1" t="n">
+      <c r="M13" s="1" t="n">
         <v>2003</v>
       </c>
-      <c r="N12" s="1" t="n">
+      <c r="N13" s="1" t="n">
         <v>2004</v>
       </c>
-      <c r="O12" s="1" t="n">
+      <c r="O13" s="1" t="n">
         <v>2005</v>
       </c>
-      <c r="P12" s="1" t="n">
+      <c r="P13" s="1" t="n">
         <v>2006</v>
       </c>
-      <c r="Q12" s="1" t="n">
+      <c r="Q13" s="1" t="n">
         <v>2007</v>
       </c>
-      <c r="R12" s="1" t="n">
+      <c r="R13" s="1" t="n">
         <v>2008</v>
       </c>
-      <c r="S12" s="1" t="n">
+      <c r="S13" s="1" t="n">
         <v>2009</v>
       </c>
-      <c r="T12" s="1" t="n">
+      <c r="T13" s="1" t="n">
         <v>2010</v>
       </c>
-      <c r="U12" s="1" t="n">
+      <c r="U13" s="1" t="n">
         <v>2011</v>
       </c>
-      <c r="V12" s="1" t="n">
+      <c r="V13" s="1" t="n">
         <v>2012</v>
       </c>
-      <c r="W12" s="1" t="n">
+      <c r="W13" s="1" t="n">
         <v>2013</v>
       </c>
-      <c r="X12" s="1" t="n">
+      <c r="X13" s="1" t="n">
         <v>2014</v>
       </c>
-      <c r="Y12" s="1" t="n">
+      <c r="Y13" s="1" t="n">
         <v>2015</v>
       </c>
-      <c r="Z12" s="1" t="n">
+      <c r="Z13" s="1" t="n">
         <v>2016</v>
       </c>
-      <c r="AA12" s="1" t="n">
+      <c r="AA13" s="1" t="n">
         <v>2017</v>
       </c>
-      <c r="AB12" s="1" t="n">
+      <c r="AB13" s="1" t="n">
         <v>2018</v>
       </c>
-      <c r="AC12" s="1" t="n">
+      <c r="AC13" s="1" t="n">
         <v>2019</v>
       </c>
-      <c r="AD12" s="1" t="n">
+      <c r="AD13" s="1" t="n">
         <v>2020</v>
       </c>
-      <c r="AE12" s="1" t="n">
+      <c r="AE13" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="AF12" s="1" t="n">
+      <c r="AF13" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="AG12" s="1" t="n">
+      <c r="AG13" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="AH12" s="1"/>
-[...101 lines deleted...]
-      <c r="AH13" s="1"/>
+      <c r="AH13" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="AI13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="B14" s="1" t="s">
+      <c r="B14" s="1" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="C14" s="1" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="D14" s="1" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="E14" s="1" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="F14" s="1" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="G14" s="1" t="n">
+        <v>3</v>
+      </c>
+      <c r="H14" s="1" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="I14" s="1" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="J14" s="1" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="K14" s="1" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="L14" s="1" t="n">
+        <v>6</v>
+      </c>
+      <c r="M14" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="N14" s="1" t="n">
+        <v>8.6</v>
+      </c>
+      <c r="O14" s="1" t="n">
+        <v>8.3</v>
+      </c>
+      <c r="P14" s="1" t="n">
+        <v>7.8</v>
+      </c>
+      <c r="Q14" s="1" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="R14" s="1" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="S14" s="1" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="T14" s="1" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="U14" s="1" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="V14" s="1" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="W14" s="1" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="X14" s="1" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="Y14" s="1" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="Z14" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="AA14" s="1" t="n">
+        <v>8.5</v>
+      </c>
+      <c r="AB14" s="1" t="n">
+        <v>8.5</v>
+      </c>
+      <c r="AC14" s="1" t="n">
+        <v>8.2</v>
+      </c>
+      <c r="AD14" s="1" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="AE14" s="1" t="n">
+        <v>10.2</v>
+      </c>
+      <c r="AF14" s="1" t="n">
+        <v>10.3</v>
+      </c>
+      <c r="AG14" s="1" t="n">
+        <v>11.1</v>
+      </c>
+      <c r="AH14" s="1" t="n">
+        <v>13.5</v>
+      </c>
+      <c r="AI14" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="0" t="s">
+        <v>9</v>
+      </c>
+      <c r="B15" s="1" t="s">
         <f>=NA()</f>
       </c>
-      <c r="C14" s="1" t="s">
+      <c r="C15" s="1" t="s">
         <f>=NA()</f>
       </c>
-      <c r="D14" s="1" t="s">
+      <c r="D15" s="1" t="s">
         <f>=NA()</f>
       </c>
-      <c r="E14" s="1" t="s">
+      <c r="E15" s="1" t="s">
         <f>=NA()</f>
       </c>
-      <c r="F14" s="1" t="s">
+      <c r="F15" s="1" t="s">
         <f>=NA()</f>
       </c>
-      <c r="G14" s="1" t="s">
+      <c r="G15" s="1" t="s">
         <f>=NA()</f>
       </c>
-      <c r="H14" s="1" t="s">
+      <c r="H15" s="1" t="s">
         <f>=NA()</f>
       </c>
-      <c r="I14" s="1" t="s">
+      <c r="I15" s="1" t="s">
         <f>=NA()</f>
       </c>
-      <c r="J14" s="1" t="s">
+      <c r="J15" s="1" t="s">
         <f>=NA()</f>
       </c>
-      <c r="K14" s="1" t="s">
+      <c r="K15" s="1" t="s">
         <f>=NA()</f>
       </c>
-      <c r="L14" s="1" t="n">
+      <c r="L15" s="1" t="n">
         <v>5.3</v>
       </c>
-      <c r="M14" s="1" t="n">
+      <c r="M15" s="1" t="n">
         <v>6.4</v>
       </c>
-      <c r="N14" s="1" t="n">
+      <c r="N15" s="1" t="n">
         <v>7.1</v>
       </c>
-      <c r="O14" s="1" t="n">
+      <c r="O15" s="1" t="n">
+        <v>7.7</v>
+      </c>
+      <c r="P15" s="1" t="n">
         <v>7.8</v>
       </c>
-      <c r="P14" s="1" t="n">
+      <c r="Q15" s="1" t="n">
         <v>7.9</v>
       </c>
-      <c r="Q14" s="1" t="n">
+      <c r="R15" s="1" t="n">
         <v>8</v>
       </c>
-      <c r="R14" s="1" t="n">
+      <c r="S15" s="1" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="T15" s="1" t="n">
+        <v>7.8</v>
+      </c>
+      <c r="U15" s="1" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="V15" s="1" t="n">
         <v>8.2</v>
       </c>
-      <c r="S14" s="1" t="n">
-[...14 lines deleted...]
-      <c r="X14" s="1" t="n">
+      <c r="W15" s="1" t="n">
+        <v>9.9</v>
+      </c>
+      <c r="X15" s="1" t="n">
+        <v>10.1</v>
+      </c>
+      <c r="Y15" s="1" t="n">
+        <v>10.1</v>
+      </c>
+      <c r="Z15" s="1" t="n">
+        <v>10.3</v>
+      </c>
+      <c r="AA15" s="1" t="n">
+        <v>10.4</v>
+      </c>
+      <c r="AB15" s="1" t="n">
+        <v>10.7</v>
+      </c>
+      <c r="AC15" s="1" t="n">
         <v>10.8</v>
       </c>
-      <c r="Y14" s="1" t="n">
-[...23 lines deleted...]
-      <c r="AG14" s="1" t="n">
+      <c r="AD15" s="1" t="n">
+        <v>9.1</v>
+      </c>
+      <c r="AE15" s="1" t="n">
+        <v>10.9</v>
+      </c>
+      <c r="AF15" s="1" t="n">
+        <v>11.9</v>
+      </c>
+      <c r="AG15" s="1" t="n">
         <v>12.8</v>
       </c>
-      <c r="AH14" s="1"/>
-[...3 lines deleted...]
-      <c r="B15" s="1"/>
+      <c r="AH15" s="1" t="n">
+        <v>13.5</v>
+      </c>
+      <c r="AI15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A16" s="0"/>
+      <c r="B16" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="0"/>
+      <c r="A18" s="0" t="s">
+        <v>6</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A19" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="0" t="s">
         <v>1</v>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-[...1 lines deleted...]
-      <c r="B21" s="1" t="n">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="0"/>
+      <c r="B22" s="1" t="n">
         <v>2000</v>
       </c>
-      <c r="C21" s="1" t="n">
+      <c r="C22" s="1" t="n">
         <v>2001</v>
       </c>
-      <c r="D21" s="1" t="n">
+      <c r="D22" s="1" t="n">
         <v>2002</v>
       </c>
-      <c r="E21" s="1" t="n">
+      <c r="E22" s="1" t="n">
         <v>2003</v>
       </c>
-      <c r="F21" s="1" t="n">
+      <c r="F22" s="1" t="n">
         <v>2004</v>
       </c>
-      <c r="G21" s="1" t="n">
+      <c r="G22" s="1" t="n">
         <v>2005</v>
       </c>
-      <c r="H21" s="1" t="n">
+      <c r="H22" s="1" t="n">
         <v>2006</v>
       </c>
-      <c r="I21" s="1" t="n">
+      <c r="I22" s="1" t="n">
         <v>2007</v>
       </c>
-      <c r="J21" s="1" t="n">
+      <c r="J22" s="1" t="n">
         <v>2008</v>
       </c>
-      <c r="K21" s="1" t="n">
+      <c r="K22" s="1" t="n">
         <v>2009</v>
       </c>
-      <c r="L21" s="1" t="n">
+      <c r="L22" s="1" t="n">
         <v>2010</v>
       </c>
-      <c r="M21" s="1" t="n">
+      <c r="M22" s="1" t="n">
         <v>2011</v>
       </c>
-      <c r="N21" s="1" t="n">
+      <c r="N22" s="1" t="n">
         <v>2012</v>
       </c>
-      <c r="O21" s="1" t="n">
+      <c r="O22" s="1" t="n">
         <v>2013</v>
       </c>
-      <c r="P21" s="1" t="n">
+      <c r="P22" s="1" t="n">
         <v>2014</v>
       </c>
-      <c r="Q21" s="1" t="n">
+      <c r="Q22" s="1" t="n">
         <v>2015</v>
       </c>
-      <c r="R21" s="1" t="n">
+      <c r="R22" s="1" t="n">
         <v>2016</v>
       </c>
-      <c r="S21" s="1" t="n">
+      <c r="S22" s="1" t="n">
         <v>2017</v>
       </c>
-      <c r="T21" s="1" t="n">
+      <c r="T22" s="1" t="n">
         <v>2018</v>
       </c>
-      <c r="U21" s="1" t="n">
+      <c r="U22" s="1" t="n">
         <v>2019</v>
       </c>
-      <c r="V21" s="1" t="n">
+      <c r="V22" s="1" t="n">
         <v>2020</v>
       </c>
-      <c r="W21" s="1" t="n">
+      <c r="W22" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="X21" s="1" t="n">
+      <c r="X22" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="Y21" s="1" t="n">
+      <c r="Y22" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="Z21" s="1"/>
-[...77 lines deleted...]
-      <c r="Z22" s="1"/>
+      <c r="Z22" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="AA22" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0" t="s">
         <v>12</v>
       </c>
       <c r="B23" s="1" t="n">
+        <v>6.7</v>
+      </c>
+      <c r="C23" s="1" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="D23" s="1" t="n">
         <v>6.9</v>
       </c>
-      <c r="C23" s="1" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="E23" s="1" t="n">
-        <v>7.6</v>
+        <v>8.6</v>
       </c>
       <c r="F23" s="1" t="n">
-        <v>9.8</v>
+        <v>10.4</v>
       </c>
       <c r="G23" s="1" t="n">
+        <v>12</v>
+      </c>
+      <c r="H23" s="1" t="n">
+        <v>11.2</v>
+      </c>
+      <c r="I23" s="1" t="n">
+        <v>10.9</v>
+      </c>
+      <c r="J23" s="1" t="n">
+        <v>10.2</v>
+      </c>
+      <c r="K23" s="1" t="n">
+        <v>10.8</v>
+      </c>
+      <c r="L23" s="1" t="n">
+        <v>9.6</v>
+      </c>
+      <c r="M23" s="1" t="n">
+        <v>10.8</v>
+      </c>
+      <c r="N23" s="1" t="n">
+        <v>10.5</v>
+      </c>
+      <c r="O23" s="1" t="n">
         <v>9.1</v>
       </c>
-      <c r="H23" s="1" t="n">
-[...22 lines deleted...]
-      </c>
       <c r="P23" s="1" t="n">
-        <v>7.7</v>
+        <v>10.4</v>
       </c>
       <c r="Q23" s="1" t="n">
-        <v>7</v>
+        <v>11.2</v>
       </c>
       <c r="R23" s="1" t="n">
-        <v>7.1</v>
+        <v>10</v>
       </c>
       <c r="S23" s="1" t="n">
-        <v>8.7</v>
+        <v>12.6</v>
       </c>
       <c r="T23" s="1" t="n">
-        <v>8.7</v>
+        <v>11.7</v>
       </c>
       <c r="U23" s="1" t="n">
-        <v>8.6</v>
+        <v>10.7</v>
       </c>
       <c r="V23" s="1" t="n">
-        <v>7.7</v>
+        <v>10.3</v>
       </c>
       <c r="W23" s="1" t="n">
-        <v>10.8</v>
+        <v>14.6</v>
       </c>
       <c r="X23" s="1" t="n">
-        <v>10.7</v>
+        <v>14.2</v>
       </c>
       <c r="Y23" s="1" t="n">
-        <v>11.2</v>
-[...1 lines deleted...]
-      <c r="Z23" s="1"/>
+        <v>15.6</v>
+      </c>
+      <c r="Z23" s="1" t="n">
+        <v>17.5</v>
+      </c>
+      <c r="AA23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B24" s="1" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="C24" s="1" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="D24" s="1" t="n">
+        <v>6.7</v>
+      </c>
+      <c r="E24" s="1" t="n">
+        <v>7.6</v>
+      </c>
+      <c r="F24" s="1" t="n">
+        <v>9.8</v>
+      </c>
+      <c r="G24" s="1" t="n">
+        <v>9.1</v>
+      </c>
+      <c r="H24" s="1" t="n">
+        <v>8.5</v>
+      </c>
+      <c r="I24" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="J24" s="1" t="n">
+        <v>7.8</v>
+      </c>
+      <c r="K24" s="1" t="n">
+        <v>7.6</v>
+      </c>
+      <c r="L24" s="1" t="n">
+        <v>8.4</v>
+      </c>
+      <c r="M24" s="1" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="N24" s="1" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="O24" s="1" t="n">
+        <v>7.3</v>
+      </c>
+      <c r="P24" s="1" t="n">
+        <v>7.7</v>
+      </c>
+      <c r="Q24" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="R24" s="1" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="S24" s="1" t="n">
+        <v>8.7</v>
+      </c>
+      <c r="T24" s="1" t="n">
+        <v>8.7</v>
+      </c>
+      <c r="U24" s="1" t="n">
+        <v>8.6</v>
+      </c>
+      <c r="V24" s="1" t="n">
+        <v>7.7</v>
+      </c>
+      <c r="W24" s="1" t="n">
+        <v>10.8</v>
+      </c>
+      <c r="X24" s="1" t="n">
+        <v>10.7</v>
+      </c>
+      <c r="Y24" s="1" t="n">
+        <v>11.2</v>
+      </c>
+      <c r="Z24" s="1" t="n">
+        <v>15.7</v>
+      </c>
+      <c r="AA24" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="B25" s="1" t="n">
         <v>4.6</v>
       </c>
-      <c r="C24" s="1" t="n">
+      <c r="C25" s="1" t="n">
         <v>4.7</v>
       </c>
-      <c r="D24" s="1" t="n">
+      <c r="D25" s="1" t="n">
         <v>4.2</v>
       </c>
-      <c r="E24" s="1" t="n">
+      <c r="E25" s="1" t="n">
         <v>5.3</v>
       </c>
-      <c r="F24" s="1" t="n">
+      <c r="F25" s="1" t="n">
         <v>5.8</v>
       </c>
-      <c r="G24" s="1" t="n">
+      <c r="G25" s="1" t="n">
         <v>5.8</v>
       </c>
-      <c r="H24" s="1" t="n">
+      <c r="H25" s="1" t="n">
         <v>5.4</v>
       </c>
-      <c r="I24" s="1" t="n">
+      <c r="I25" s="1" t="n">
         <v>5.2</v>
       </c>
-      <c r="J24" s="1" t="n">
+      <c r="J25" s="1" t="n">
         <v>4.8</v>
       </c>
-      <c r="K24" s="1" t="n">
+      <c r="K25" s="1" t="n">
         <v>4.9</v>
       </c>
-      <c r="L24" s="1" t="n">
+      <c r="L25" s="1" t="n">
         <v>4.9</v>
       </c>
-      <c r="M24" s="1" t="n">
+      <c r="M25" s="1" t="n">
         <v>5.4</v>
       </c>
-      <c r="N24" s="1" t="n">
+      <c r="N25" s="1" t="n">
         <v>5.4</v>
       </c>
-      <c r="O24" s="1" t="n">
+      <c r="O25" s="1" t="n">
         <v>5.5</v>
       </c>
-      <c r="P24" s="1" t="n">
+      <c r="P25" s="1" t="n">
         <v>5.7</v>
       </c>
-      <c r="Q24" s="1" t="n">
+      <c r="Q25" s="1" t="n">
         <v>5.4</v>
       </c>
-      <c r="R24" s="1" t="n">
+      <c r="R25" s="1" t="n">
         <v>5.7</v>
       </c>
-      <c r="S24" s="1" t="n">
+      <c r="S25" s="1" t="n">
         <v>6.7</v>
       </c>
-      <c r="T24" s="1" t="n">
+      <c r="T25" s="1" t="n">
         <v>7.2</v>
       </c>
-      <c r="U24" s="1" t="n">
+      <c r="U25" s="1" t="n">
         <v>6.6</v>
       </c>
-      <c r="V24" s="1" t="n">
+      <c r="V25" s="1" t="n">
         <v>5.6</v>
       </c>
-      <c r="W24" s="1" t="n">
+      <c r="W25" s="1" t="n">
         <v>7.5</v>
       </c>
-      <c r="X24" s="1" t="n">
+      <c r="X25" s="1" t="n">
         <v>8.1</v>
       </c>
-      <c r="Y24" s="1" t="n">
+      <c r="Y25" s="1" t="n">
         <v>9.1</v>
       </c>
-      <c r="Z24" s="1"/>
-[...3 lines deleted...]
-      <c r="B25" s="1"/>
+      <c r="Z25" s="1" t="n">
+        <v>12.5</v>
+      </c>
+      <c r="AA25" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A26" s="0"/>
+      <c r="B26" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="0"/>
+      <c r="A28" s="0" t="s">
+        <v>16</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A29" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="0" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="0" t="s">
         <v>1</v>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-[...1 lines deleted...]
-      <c r="B31" s="1" t="n">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="0"/>
+      <c r="B32" s="1" t="n">
         <v>1992</v>
       </c>
-      <c r="C31" s="1" t="n">
+      <c r="C32" s="1" t="n">
         <v>1993</v>
       </c>
-      <c r="D31" s="1" t="n">
+      <c r="D32" s="1" t="n">
         <v>1994</v>
       </c>
-      <c r="E31" s="1" t="n">
+      <c r="E32" s="1" t="n">
         <v>1995</v>
       </c>
-      <c r="F31" s="1" t="n">
+      <c r="F32" s="1" t="n">
         <v>1996</v>
       </c>
-      <c r="G31" s="1" t="n">
+      <c r="G32" s="1" t="n">
         <v>1997</v>
       </c>
-      <c r="H31" s="1" t="n">
+      <c r="H32" s="1" t="n">
         <v>1998</v>
       </c>
-      <c r="I31" s="1" t="n">
+      <c r="I32" s="1" t="n">
         <v>1999</v>
       </c>
-      <c r="J31" s="1" t="n">
+      <c r="J32" s="1" t="n">
         <v>2000</v>
       </c>
-      <c r="K31" s="1" t="n">
+      <c r="K32" s="1" t="n">
         <v>2001</v>
       </c>
-      <c r="L31" s="1" t="n">
+      <c r="L32" s="1" t="n">
         <v>2002</v>
       </c>
-      <c r="M31" s="1" t="n">
+      <c r="M32" s="1" t="n">
         <v>2003</v>
       </c>
-      <c r="N31" s="1" t="n">
+      <c r="N32" s="1" t="n">
         <v>2004</v>
       </c>
-      <c r="O31" s="1" t="n">
+      <c r="O32" s="1" t="n">
         <v>2005</v>
       </c>
-      <c r="P31" s="1" t="n">
+      <c r="P32" s="1" t="n">
         <v>2006</v>
       </c>
-      <c r="Q31" s="1" t="n">
+      <c r="Q32" s="1" t="n">
         <v>2007</v>
       </c>
-      <c r="R31" s="1" t="n">
+      <c r="R32" s="1" t="n">
         <v>2008</v>
       </c>
-      <c r="S31" s="1" t="n">
+      <c r="S32" s="1" t="n">
         <v>2009</v>
       </c>
-      <c r="T31" s="1" t="n">
+      <c r="T32" s="1" t="n">
         <v>2010</v>
       </c>
-      <c r="U31" s="1" t="n">
+      <c r="U32" s="1" t="n">
         <v>2011</v>
       </c>
-      <c r="V31" s="1" t="n">
+      <c r="V32" s="1" t="n">
         <v>2012</v>
       </c>
-      <c r="W31" s="1" t="n">
+      <c r="W32" s="1" t="n">
         <v>2013</v>
       </c>
-      <c r="X31" s="1" t="n">
+      <c r="X32" s="1" t="n">
         <v>2014</v>
       </c>
-      <c r="Y31" s="1" t="n">
+      <c r="Y32" s="1" t="n">
         <v>2015</v>
       </c>
-      <c r="Z31" s="1" t="n">
+      <c r="Z32" s="1" t="n">
         <v>2016</v>
       </c>
-      <c r="AA31" s="1" t="n">
+      <c r="AA32" s="1" t="n">
         <v>2017</v>
       </c>
-      <c r="AB31" s="1" t="n">
+      <c r="AB32" s="1" t="n">
         <v>2018</v>
       </c>
-      <c r="AC31" s="1" t="n">
+      <c r="AC32" s="1" t="n">
         <v>2019</v>
       </c>
-      <c r="AD31" s="1" t="n">
+      <c r="AD32" s="1" t="n">
         <v>2020</v>
       </c>
-      <c r="AE31" s="1" t="n">
+      <c r="AE32" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="AF31" s="1" t="n">
+      <c r="AF32" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="AG31" s="1" t="n">
+      <c r="AG32" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="AH31" s="1"/>
-[...101 lines deleted...]
-      <c r="AH32" s="1"/>
+      <c r="AH32" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="AI32" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="0" t="s">
         <v>18</v>
       </c>
       <c r="B33" s="1" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="C33" s="1" t="n">
+        <v>2</v>
+      </c>
+      <c r="D33" s="1" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="E33" s="1" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="F33" s="1" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="G33" s="1" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="H33" s="1" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="I33" s="1" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="J33" s="1" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="K33" s="1" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="L33" s="1" t="n">
+        <v>6</v>
+      </c>
+      <c r="M33" s="1" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="N33" s="1" t="n">
+        <v>8.5</v>
+      </c>
+      <c r="O33" s="1" t="n">
+        <v>8.5</v>
+      </c>
+      <c r="P33" s="1" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="Q33" s="1" t="n">
+        <v>7.6</v>
+      </c>
+      <c r="R33" s="1" t="n">
+        <v>7.5</v>
+      </c>
+      <c r="S33" s="1" t="n">
+        <v>7.5</v>
+      </c>
+      <c r="T33" s="1" t="n">
+        <v>7.6</v>
+      </c>
+      <c r="U33" s="1" t="n">
+        <v>7.8</v>
+      </c>
+      <c r="V33" s="1" t="n">
+        <v>7.3</v>
+      </c>
+      <c r="W33" s="1" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="X33" s="1" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="Y33" s="1" t="n">
+        <v>7.3</v>
+      </c>
+      <c r="Z33" s="1" t="n">
+        <v>7.5</v>
+      </c>
+      <c r="AA33" s="1" t="n">
+        <v>8.8</v>
+      </c>
+      <c r="AB33" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="AC33" s="1" t="n">
+        <v>8.6</v>
+      </c>
+      <c r="AD33" s="1" t="n">
+        <v>7.7</v>
+      </c>
+      <c r="AE33" s="1" t="n">
+        <v>10.4</v>
+      </c>
+      <c r="AF33" s="1" t="n">
+        <v>10.9</v>
+      </c>
+      <c r="AG33" s="1" t="n">
+        <v>11.7</v>
+      </c>
+      <c r="AH33" s="1" t="n">
+        <v>16</v>
+      </c>
+      <c r="AI33" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="B34" s="1" t="n">
         <v>2.8</v>
       </c>
-      <c r="C33" s="1" t="n">
+      <c r="C34" s="1" t="n">
         <v>3.3</v>
       </c>
-      <c r="D33" s="1" t="n">
+      <c r="D34" s="1" t="n">
         <v>3.2</v>
       </c>
-      <c r="E33" s="1" t="n">
+      <c r="E34" s="1" t="n">
         <v>3.3</v>
       </c>
-      <c r="F33" s="1" t="n">
+      <c r="F34" s="1" t="n">
         <v>3.4</v>
       </c>
-      <c r="G33" s="1" t="n">
+      <c r="G34" s="1" t="n">
         <v>3.4</v>
       </c>
-      <c r="H33" s="1" t="n">
+      <c r="H34" s="1" t="n">
         <v>5</v>
       </c>
-      <c r="I33" s="1" t="n">
+      <c r="I34" s="1" t="n">
         <v>7.8</v>
       </c>
-      <c r="J33" s="1" t="n">
+      <c r="J34" s="1" t="n">
         <v>6.7</v>
       </c>
-      <c r="K33" s="1" t="n">
+      <c r="K34" s="1" t="n">
         <v>6.9</v>
       </c>
-      <c r="L33" s="1" t="n">
+      <c r="L34" s="1" t="n">
         <v>5.9</v>
       </c>
-      <c r="M33" s="1" t="n">
+      <c r="M34" s="1" t="n">
         <v>7</v>
       </c>
-      <c r="N33" s="1" t="n">
+      <c r="N34" s="1" t="n">
         <v>8.7</v>
       </c>
-      <c r="O33" s="1" t="n">
+      <c r="O34" s="1" t="n">
         <v>8.2</v>
       </c>
-      <c r="P33" s="1" t="n">
+      <c r="P34" s="1" t="n">
         <v>7.7</v>
       </c>
-      <c r="Q33" s="1" t="n">
+      <c r="Q34" s="1" t="n">
         <v>7.2</v>
       </c>
-      <c r="R33" s="1" t="n">
+      <c r="R34" s="1" t="n">
         <v>6.7</v>
       </c>
-      <c r="S33" s="1" t="n">
+      <c r="S34" s="1" t="n">
         <v>6.6</v>
       </c>
-      <c r="T33" s="1" t="n">
+      <c r="T34" s="1" t="n">
         <v>7.2</v>
       </c>
-      <c r="U33" s="1" t="n">
+      <c r="U34" s="1" t="n">
         <v>7</v>
       </c>
-      <c r="V33" s="1" t="n">
+      <c r="V34" s="1" t="n">
         <v>6.5</v>
       </c>
-      <c r="W33" s="1" t="n">
+      <c r="W34" s="1" t="n">
         <v>6.7</v>
       </c>
-      <c r="X33" s="1" t="n">
+      <c r="X34" s="1" t="n">
         <v>6.9</v>
       </c>
-      <c r="Y33" s="1" t="n">
+      <c r="Y34" s="1" t="n">
         <v>6.5</v>
       </c>
-      <c r="Z33" s="1" t="n">
+      <c r="Z34" s="1" t="n">
         <v>6.5</v>
       </c>
-      <c r="AA33" s="1" t="n">
+      <c r="AA34" s="1" t="n">
         <v>8.1</v>
       </c>
-      <c r="AB33" s="1" t="n">
+      <c r="AB34" s="1" t="n">
         <v>8.1</v>
       </c>
-      <c r="AC33" s="1" t="n">
+      <c r="AC34" s="1" t="n">
         <v>7.7</v>
       </c>
-      <c r="AD33" s="1" t="n">
+      <c r="AD34" s="1" t="n">
         <v>7.1</v>
       </c>
-      <c r="AE33" s="1" t="n">
+      <c r="AE34" s="1" t="n">
         <v>10</v>
       </c>
-      <c r="AF33" s="1" t="n">
+      <c r="AF34" s="1" t="n">
         <v>9.7</v>
       </c>
-      <c r="AG33" s="1" t="n">
+      <c r="AG34" s="1" t="n">
         <v>10.4</v>
       </c>
-      <c r="AH33" s="1"/>
-[...3 lines deleted...]
-      <c r="B34" s="1"/>
+      <c r="AH34" s="1" t="n">
+        <v>13.8</v>
+      </c>
+      <c r="AI34" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A35" s="0"/>
+      <c r="B35" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="0"/>
+      <c r="A37" s="0" t="s">
+        <v>6</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A38" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="0" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="0" t="s">
         <v>1</v>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-[...1 lines deleted...]
-      <c r="B40" s="1" t="n">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="0"/>
+      <c r="B41" s="1" t="n">
         <v>2000</v>
       </c>
-      <c r="C40" s="1" t="n">
+      <c r="C41" s="1" t="n">
         <v>2001</v>
       </c>
-      <c r="D40" s="1" t="n">
+      <c r="D41" s="1" t="n">
         <v>2002</v>
       </c>
-      <c r="E40" s="1" t="n">
+      <c r="E41" s="1" t="n">
         <v>2003</v>
       </c>
-      <c r="F40" s="1" t="n">
+      <c r="F41" s="1" t="n">
         <v>2004</v>
       </c>
-      <c r="G40" s="1" t="n">
+      <c r="G41" s="1" t="n">
         <v>2005</v>
       </c>
-      <c r="H40" s="1" t="n">
+      <c r="H41" s="1" t="n">
         <v>2006</v>
       </c>
-      <c r="I40" s="1" t="n">
+      <c r="I41" s="1" t="n">
         <v>2007</v>
       </c>
-      <c r="J40" s="1" t="n">
+      <c r="J41" s="1" t="n">
         <v>2008</v>
       </c>
-      <c r="K40" s="1" t="n">
+      <c r="K41" s="1" t="n">
         <v>2009</v>
       </c>
-      <c r="L40" s="1" t="n">
+      <c r="L41" s="1" t="n">
         <v>2010</v>
       </c>
-      <c r="M40" s="1" t="n">
+      <c r="M41" s="1" t="n">
         <v>2011</v>
       </c>
-      <c r="N40" s="1" t="n">
+      <c r="N41" s="1" t="n">
         <v>2012</v>
       </c>
-      <c r="O40" s="1" t="n">
+      <c r="O41" s="1" t="n">
         <v>2013</v>
       </c>
-      <c r="P40" s="1" t="n">
+      <c r="P41" s="1" t="n">
         <v>2014</v>
       </c>
-      <c r="Q40" s="1" t="n">
+      <c r="Q41" s="1" t="n">
         <v>2015</v>
       </c>
-      <c r="R40" s="1" t="n">
+      <c r="R41" s="1" t="n">
         <v>2016</v>
       </c>
-      <c r="S40" s="1" t="n">
+      <c r="S41" s="1" t="n">
         <v>2017</v>
       </c>
-      <c r="T40" s="1" t="n">
+      <c r="T41" s="1" t="n">
         <v>2018</v>
       </c>
-      <c r="U40" s="1" t="n">
+      <c r="U41" s="1" t="n">
         <v>2019</v>
       </c>
-      <c r="V40" s="1" t="n">
+      <c r="V41" s="1" t="n">
         <v>2020</v>
       </c>
-      <c r="W40" s="1" t="n">
+      <c r="W41" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="X40" s="1" t="n">
+      <c r="X41" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="Y40" s="1" t="n">
+      <c r="Y41" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="Z40" s="1"/>
-[...77 lines deleted...]
-      <c r="Z41" s="1"/>
+      <c r="Z41" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="AA41" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="0" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B42" s="1" t="n">
-        <v>6.5</v>
+        <v>2.2</v>
       </c>
       <c r="C42" s="1" t="n">
-        <v>6.4</v>
+        <v>2.3</v>
       </c>
       <c r="D42" s="1" t="n">
-        <v>5.8</v>
+        <v>2.2</v>
       </c>
       <c r="E42" s="1" t="n">
-        <v>6.4</v>
+        <v>2.6</v>
       </c>
       <c r="F42" s="1" t="n">
-        <v>7.6</v>
+        <v>3.2</v>
       </c>
       <c r="G42" s="1" t="n">
-        <v>7.3</v>
+        <v>3.1</v>
       </c>
       <c r="H42" s="1" t="n">
-        <v>6.8</v>
+        <v>3.1</v>
       </c>
       <c r="I42" s="1" t="n">
-        <v>6.4</v>
+        <v>3</v>
       </c>
       <c r="J42" s="1" t="n">
-        <v>6.1</v>
+        <v>3</v>
       </c>
       <c r="K42" s="1" t="n">
-        <v>5.6</v>
+        <v>3.2</v>
       </c>
       <c r="L42" s="1" t="n">
-        <v>6.1</v>
+        <v>3.2</v>
       </c>
       <c r="M42" s="1" t="n">
-        <v>5.9</v>
+        <v>3.2</v>
       </c>
       <c r="N42" s="1" t="n">
-        <v>5.5</v>
+        <v>2.9</v>
       </c>
       <c r="O42" s="1" t="n">
-        <v>5.2</v>
+        <v>3</v>
       </c>
       <c r="P42" s="1" t="n">
-        <v>5.7</v>
+        <v>3.1</v>
       </c>
       <c r="Q42" s="1" t="n">
-        <v>5.5</v>
+        <v>3</v>
       </c>
       <c r="R42" s="1" t="n">
-        <v>5.3</v>
+        <v>2.8</v>
       </c>
       <c r="S42" s="1" t="n">
-        <v>6</v>
+        <v>3.2</v>
       </c>
       <c r="T42" s="1" t="n">
-        <v>6.1</v>
+        <v>3.2</v>
       </c>
       <c r="U42" s="1" t="n">
-        <v>5.4</v>
+        <v>3.4</v>
       </c>
       <c r="V42" s="1" t="n">
-        <v>4.8</v>
+        <v>2.4</v>
       </c>
       <c r="W42" s="1" t="n">
-        <v>6.8</v>
+        <v>4</v>
       </c>
       <c r="X42" s="1" t="n">
-        <v>6.5</v>
+        <v>3.9</v>
       </c>
       <c r="Y42" s="1" t="n">
-        <v>7.6</v>
-[...1 lines deleted...]
-      <c r="Z42" s="1"/>
+        <v>4.6</v>
+      </c>
+      <c r="Z42" s="1" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="AA42" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="B43" s="1" t="n">
+        <v>6.5</v>
+      </c>
+      <c r="C43" s="1" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="D43" s="1" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="E43" s="1" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="F43" s="1" t="n">
+        <v>7.6</v>
+      </c>
+      <c r="G43" s="1" t="n">
+        <v>7.3</v>
+      </c>
+      <c r="H43" s="1" t="n">
+        <v>6.8</v>
+      </c>
+      <c r="I43" s="1" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="J43" s="1" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="K43" s="1" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="L43" s="1" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="M43" s="1" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="N43" s="1" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="O43" s="1" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="P43" s="1" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="Q43" s="1" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="R43" s="1" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="S43" s="1" t="n">
+        <v>6</v>
+      </c>
+      <c r="T43" s="1" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="U43" s="1" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="V43" s="1" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="W43" s="1" t="n">
+        <v>6.8</v>
+      </c>
+      <c r="X43" s="1" t="n">
+        <v>6.5</v>
+      </c>
+      <c r="Y43" s="1" t="n">
+        <v>7.6</v>
+      </c>
+      <c r="Z43" s="1" t="n">
+        <v>9.6</v>
+      </c>
+      <c r="AA43" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="0" t="s">
         <v>23</v>
       </c>
-      <c r="B43" s="1" t="n">
+      <c r="B44" s="1" t="n">
         <v>11.9</v>
       </c>
-      <c r="C43" s="1" t="n">
+      <c r="C44" s="1" t="n">
         <v>12.5</v>
       </c>
-      <c r="D43" s="1" t="n">
+      <c r="D44" s="1" t="n">
         <v>11.3</v>
       </c>
-      <c r="E43" s="1" t="n">
+      <c r="E44" s="1" t="n">
         <v>13.2</v>
       </c>
-      <c r="F43" s="1" t="n">
+      <c r="F44" s="1" t="n">
         <v>16</v>
       </c>
-      <c r="G43" s="1" t="n">
+      <c r="G44" s="1" t="n">
         <v>15.3</v>
       </c>
-      <c r="H43" s="1" t="n">
+      <c r="H44" s="1" t="n">
         <v>13.7</v>
       </c>
-      <c r="I43" s="1" t="n">
+      <c r="I44" s="1" t="n">
         <v>12.9</v>
       </c>
-      <c r="J43" s="1" t="n">
+      <c r="J44" s="1" t="n">
         <v>12</v>
       </c>
-      <c r="K43" s="1" t="n">
+      <c r="K44" s="1" t="n">
         <v>12.1</v>
       </c>
-      <c r="L43" s="1" t="n">
+      <c r="L44" s="1" t="n">
         <v>12.3</v>
       </c>
-      <c r="M43" s="1" t="n">
+      <c r="M44" s="1" t="n">
         <v>12.5</v>
       </c>
-      <c r="N43" s="1" t="n">
+      <c r="N44" s="1" t="n">
         <v>11.6</v>
       </c>
-      <c r="O43" s="1" t="n">
+      <c r="O44" s="1" t="n">
         <v>11.7</v>
       </c>
-      <c r="P43" s="1" t="n">
+      <c r="P44" s="1" t="n">
         <v>12.2</v>
       </c>
-      <c r="Q43" s="1" t="n">
+      <c r="Q44" s="1" t="n">
         <v>11.2</v>
       </c>
-      <c r="R43" s="1" t="n">
+      <c r="R44" s="1" t="n">
         <v>11.5</v>
       </c>
-      <c r="S43" s="1" t="n">
+      <c r="S44" s="1" t="n">
         <v>13.7</v>
       </c>
-      <c r="T43" s="1" t="n">
+      <c r="T44" s="1" t="n">
         <v>13.7</v>
       </c>
-      <c r="U43" s="1" t="n">
+      <c r="U44" s="1" t="n">
         <v>13.4</v>
       </c>
-      <c r="V43" s="1" t="n">
+      <c r="V44" s="1" t="n">
         <v>11.9</v>
       </c>
-      <c r="W43" s="1" t="n">
+      <c r="W44" s="1" t="n">
         <v>15.5</v>
       </c>
-      <c r="X43" s="1" t="n">
+      <c r="X44" s="1" t="n">
         <v>15.7</v>
       </c>
-      <c r="Y43" s="1" t="n">
+      <c r="Y44" s="1" t="n">
         <v>16.6</v>
       </c>
-      <c r="Z43" s="1"/>
-[...3 lines deleted...]
-      <c r="B44" s="1"/>
+      <c r="Z44" s="1" t="n">
+        <v>22.6</v>
+      </c>
+      <c r="AA44" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A45" s="0"/>
+      <c r="B45" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="0" t="s">
-        <v>25</v>
+        <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="0"/>
+      <c r="A47" s="0" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="B1" s="0" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="B2" s="0" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" s="0" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>cic bfp</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>