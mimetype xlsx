--- v0 (2025-11-02)
+++ v1 (2026-02-22)
@@ -24,57 +24,57 @@
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G01_OIH" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="25">
   <si>
     <t>Over-indebtedness of households - Belgium</t>
   </si>
   <si>
     <t>persons with collective debt settlement in percentage of population aged 18 and over</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
-    <t>FPB calculations based on National Bank of Belgium (2023), direct communication 27/03/2023 (situation at the end of each year) and Eurostat (2023), Population on 1 January by age and sex - DEMO_R_D2JAN__custom_5587497 (of the following year), https://ec.europa.eu/eurostat (consulted on 18/10/2023).</t>
+    <t>Source: Calculations FPB based on National Bank of Belgium (2025), direct communication 26/05/2025 (situation at the end of each year) and Statbel (2025), Population by gender and nationality in Belgium and the regions, https://statbel.fgov.be/en/themes/population/structure-population#figures (consulted on 02/09/2025); FPB calculations</t>
   </si>
   <si>
     <t>thousand persons with collective debt settlement</t>
   </si>
   <si>
-    <t>National Bank of Belgium (2023), direct communication 27/03/2023 (situation at the end of each year).</t>
+    <t>Source: National Bank of Belgium (2025), direct communication 26/05/2025 (situation at the end of each year).</t>
   </si>
   <si>
     <t>Over-indebtedness of households by region - Belgium</t>
   </si>
   <si>
     <t>Brussels-Capital Region</t>
   </si>
   <si>
     <t>Flemish Region</t>
   </si>
   <si>
     <t>Walloon Region</t>
   </si>
   <si>
     <t>Over-indebtedness of households by sex - Belgium</t>
   </si>
   <si>
     <t>persons with collective debt settlement in percentage</t>
   </si>
   <si>
     <t>females</t>
   </si>
   <si>
     <t>males</t>
   </si>
@@ -88,62 +88,55 @@
     <t>25-44</t>
   </si>
   <si>
     <t>45-64</t>
   </si>
   <si>
     <t>&gt;64</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G01_OIH</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Over-indebtedness of households (i06)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Definition: people facing over-indebtedness or serious financial difficulties can turn to the legal procedure of collective debt settlement. Under this procedure, a debt mediator will establish a repayment plan for all outstanding debts and determine the amount necessary for the debtor to meet his or her current monthly expenses. This amount must be sufficient to enable him/her to live a decent life without falling below the level of the monthly 'social integration allowance'. In Belgium, the Central individual credit register (CCP), managed by the National Bank of Belgium, centralises data on the number of outstanding collective debt settlements. It uses information from labour courts and debt mediators, via the central file of seizure, delegation, assignment, collective debt settlement and protest notices. Collective debt settlement notices are automatically deleted from the CCP after the expiry of the applicable regulatory retention period. The indicator used here is expressed in thousands of persons and relate to the situation at the end of each year. Those data and the Eurostat population data that relate to the situation at the beginning of each following year are used to calculate the share of the population aged 18 and over that is in collective debt.
+The following breakdowns are available for this indicator: region, sex and age.
 Goal: household over-indebtedness must be reduced.
 The Sustainable Development Goals or SDGs adopted by the UN in 2015 include target 1.4: “By 2030, ensure that all men and women, in particular the poor and the vulnerable, have equal rights to economic resources, as well as access to basic services, ownership and control over land and other forms of property, inheritance, natural resources, appropriate new technology and financial services, including microfinance”.
 The collective debt settlement procedure provides for a monthly amount necessary for the person concerned to meet regular expenses so that he or she can live a decent life without falling below the level of the 'social integration allowance'. Since the collective debt settlement procedure specifically targets people who may no longer be able to live a decent life as a result of over-indebtedness, it is considered that there is an implicit goal according to which the number of people in collective debt settlement must decrease, which is in line with the goal of the indicator Guaranteed minimum income beneficiaries.
-International comparison: due to law differences, there are no harmonised data at EU level on this type of measure for over-indebted people.
-[...7 lines deleted...]
-</t>
+UN indicator: the selected indicator does not correspond to any monitoring indicator for the SDGs but is related to target 1.4 since people are vulnerable after a debt recovery procedure and could face more difficulties to have access to some services and types of ownership.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
@@ -200,51 +193,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:R41"/>
+  <dimension ref="A1:S41"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
         <v>2007</v>
       </c>
       <c r="C3" s="1" t="n">
@@ -270,105 +263,111 @@
       </c>
       <c r="J3" s="1" t="n">
         <v>2015</v>
       </c>
       <c r="K3" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="L3" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="M3" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="N3" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="O3" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="P3" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="Q3" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="R3" s="1"/>
+      <c r="R3" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="S3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="1" t="n">
-        <v>0.6721976725</v>
+        <v>0.6725012853</v>
       </c>
       <c r="C4" s="1" t="n">
-        <v>0.7135564255</v>
+        <v>0.7070805437</v>
       </c>
       <c r="D4" s="1" t="n">
-        <v>0.789021336</v>
+        <v>0.7804722649</v>
       </c>
       <c r="E4" s="1" t="n">
-        <v>0.8699863779</v>
+        <v>0.8666244308</v>
       </c>
       <c r="F4" s="1" t="n">
-        <v>0.9509604843</v>
+        <v>0.9487222818</v>
       </c>
       <c r="G4" s="1" t="n">
-        <v>1.003613161</v>
+        <v>1.002322622</v>
       </c>
       <c r="H4" s="1" t="n">
-        <v>1.037188978</v>
+        <v>1.03407052</v>
       </c>
       <c r="I4" s="1" t="n">
-        <v>1.08419116</v>
+        <v>1.080621741</v>
       </c>
       <c r="J4" s="1" t="n">
-        <v>1.083299058</v>
+        <v>1.08154585</v>
       </c>
       <c r="K4" s="1" t="n">
-        <v>1.056359006</v>
+        <v>1.05315125</v>
       </c>
       <c r="L4" s="1" t="n">
-        <v>1.029377707</v>
+        <v>1.025244414</v>
       </c>
       <c r="M4" s="1" t="n">
-        <v>0.9738879287</v>
+        <v>0.9697948969</v>
       </c>
       <c r="N4" s="1" t="n">
-        <v>0.9060228667</v>
+        <v>0.9053420545</v>
       </c>
       <c r="O4" s="1" t="n">
-        <v>0.809709803</v>
+        <v>0.8069365133</v>
       </c>
       <c r="P4" s="1" t="n">
-        <v>0.7223095476</v>
+        <v>0.7167866082</v>
       </c>
       <c r="Q4" s="1" t="n">
-        <v>0.6355398273</v>
-[...1 lines deleted...]
-      <c r="R4" s="1"/>
+        <v>0.6330639673</v>
+      </c>
+      <c r="R4" s="1" t="n">
+        <v>0.5683771146</v>
+      </c>
+      <c r="S4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0"/>
       <c r="B5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="0"/>
@@ -398,105 +397,111 @@
       </c>
       <c r="J10" s="1" t="n">
         <v>2015</v>
       </c>
       <c r="K10" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="L10" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="M10" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="N10" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="O10" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="P10" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="Q10" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="R10" s="1"/>
+      <c r="R10" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="S10" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="0" t="s">
         <v>2</v>
       </c>
       <c r="B11" s="1" t="n">
-        <v>56.952</v>
+        <v>56.951</v>
       </c>
       <c r="C11" s="1" t="n">
         <v>60.991</v>
       </c>
       <c r="D11" s="1" t="n">
         <v>68.059</v>
       </c>
       <c r="E11" s="1" t="n">
         <v>76.179</v>
       </c>
       <c r="F11" s="1" t="n">
-        <v>83.876</v>
+        <v>83.875</v>
       </c>
       <c r="G11" s="1" t="n">
         <v>89.024</v>
       </c>
       <c r="H11" s="1" t="n">
         <v>92.362</v>
       </c>
       <c r="I11" s="1" t="n">
         <v>97.065</v>
       </c>
       <c r="J11" s="1" t="n">
         <v>97.636</v>
       </c>
       <c r="K11" s="1" t="n">
         <v>95.569</v>
       </c>
       <c r="L11" s="1" t="n">
-        <v>93.565</v>
+        <v>93.564</v>
       </c>
       <c r="M11" s="1" t="n">
-        <v>89.034</v>
+        <v>89.033</v>
       </c>
       <c r="N11" s="1" t="n">
         <v>83.374</v>
       </c>
       <c r="O11" s="1" t="n">
         <v>74.765</v>
       </c>
       <c r="P11" s="1" t="n">
         <v>67.1</v>
       </c>
       <c r="Q11" s="1" t="n">
         <v>59.717</v>
       </c>
-      <c r="R11" s="1"/>
+      <c r="R11" s="1" t="n">
+        <v>54.023</v>
+      </c>
+      <c r="S11" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="0"/>
       <c r="B12" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0"/>
@@ -526,213 +531,225 @@
       </c>
       <c r="J17" s="1" t="n">
         <v>2015</v>
       </c>
       <c r="K17" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="L17" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="M17" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="N17" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="O17" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="P17" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="Q17" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="R17" s="1"/>
+      <c r="R17" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="S17" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="0" t="s">
         <v>7</v>
       </c>
       <c r="B18" s="1" t="n">
-        <v>0.5390253104</v>
+        <v>0.5399521809</v>
       </c>
       <c r="C18" s="1" t="n">
-        <v>0.5703367326</v>
+        <v>0.560205279</v>
       </c>
       <c r="D18" s="1" t="n">
-        <v>0.602500483</v>
+        <v>0.5875459559</v>
       </c>
       <c r="E18" s="1" t="n">
-        <v>0.6123619076</v>
+        <v>0.6127395512</v>
       </c>
       <c r="F18" s="1" t="n">
-        <v>0.6373932129</v>
+        <v>0.636790976</v>
       </c>
       <c r="G18" s="1" t="n">
-        <v>0.6430629433</v>
+        <v>0.6455165356</v>
       </c>
       <c r="H18" s="1" t="n">
-        <v>0.647873764</v>
+        <v>0.6467890363</v>
       </c>
       <c r="I18" s="1" t="n">
-        <v>0.6628317169</v>
+        <v>0.6608398364</v>
       </c>
       <c r="J18" s="1" t="n">
-        <v>0.6515668632</v>
+        <v>0.6566024663</v>
       </c>
       <c r="K18" s="1" t="n">
-        <v>0.6383606266</v>
+        <v>0.6372336245</v>
       </c>
       <c r="L18" s="1" t="n">
-        <v>0.6287036867</v>
+        <v>0.6255054346</v>
       </c>
       <c r="M18" s="1" t="n">
-        <v>0.5882283838</v>
+        <v>0.5851935824</v>
       </c>
       <c r="N18" s="1" t="n">
-        <v>0.5323359707</v>
+        <v>0.5326037121</v>
       </c>
       <c r="O18" s="1" t="n">
-        <v>0.4509705189</v>
+        <v>0.4511102306</v>
       </c>
       <c r="P18" s="1" t="n">
-        <v>0.3811057941</v>
+        <v>0.3760203717</v>
       </c>
       <c r="Q18" s="1" t="n">
-        <v>0.3284517907</v>
-[...1 lines deleted...]
-      <c r="R18" s="1"/>
+        <v>0.3280325107</v>
+      </c>
+      <c r="R18" s="1" t="n">
+        <v>0.2819498407</v>
+      </c>
+      <c r="S18" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B19" s="1" t="n">
-        <v>0.5763215526</v>
+        <v>0.5764713593</v>
       </c>
       <c r="C19" s="1" t="n">
-        <v>0.598856073</v>
+        <v>0.5940845792</v>
       </c>
       <c r="D19" s="1" t="n">
-        <v>0.6653460808</v>
+        <v>0.6590575383</v>
       </c>
       <c r="E19" s="1" t="n">
-        <v>0.7462460698</v>
+        <v>0.7425971067</v>
       </c>
       <c r="F19" s="1" t="n">
-        <v>0.8267935524</v>
+        <v>0.8243321894</v>
       </c>
       <c r="G19" s="1" t="n">
-        <v>0.8691012375</v>
+        <v>0.8669195247</v>
       </c>
       <c r="H19" s="1" t="n">
-        <v>0.9039101252</v>
+        <v>0.9004851344</v>
       </c>
       <c r="I19" s="1" t="n">
-        <v>0.949900953</v>
+        <v>0.9458379853</v>
       </c>
       <c r="J19" s="1" t="n">
-        <v>0.9614550065</v>
+        <v>0.9576446192</v>
       </c>
       <c r="K19" s="1" t="n">
-        <v>0.955655246</v>
+        <v>0.9514784071</v>
       </c>
       <c r="L19" s="1" t="n">
-        <v>0.9316358884</v>
+        <v>0.9270441954</v>
       </c>
       <c r="M19" s="1" t="n">
-        <v>0.8788327374</v>
+        <v>0.8743206621</v>
       </c>
       <c r="N19" s="1" t="n">
-        <v>0.8131024868</v>
+        <v>0.811232362</v>
       </c>
       <c r="O19" s="1" t="n">
-        <v>0.7244975108</v>
+        <v>0.720698864</v>
       </c>
       <c r="P19" s="1" t="n">
-        <v>0.6539821876</v>
+        <v>0.6476074731</v>
       </c>
       <c r="Q19" s="1" t="n">
-        <v>0.5807156126</v>
-[...1 lines deleted...]
-      <c r="R19" s="1"/>
+        <v>0.5769749503</v>
+      </c>
+      <c r="R19" s="1" t="n">
+        <v>0.5247794286</v>
+      </c>
+      <c r="S19" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B20" s="1" t="n">
-        <v>0.8798665229</v>
+        <v>0.8802350642</v>
       </c>
       <c r="C20" s="1" t="n">
-        <v>0.9583674643</v>
+        <v>0.950299175</v>
       </c>
       <c r="D20" s="1" t="n">
-        <v>1.062646979</v>
+        <v>1.053106063</v>
       </c>
       <c r="E20" s="1" t="n">
-        <v>1.167271148</v>
+        <v>1.163296451</v>
       </c>
       <c r="F20" s="1" t="n">
-        <v>1.264709964</v>
+        <v>1.262608903</v>
       </c>
       <c r="G20" s="1" t="n">
-        <v>1.351265987</v>
+        <v>1.350360252</v>
       </c>
       <c r="H20" s="1" t="n">
-        <v>1.390697697</v>
+        <v>1.387917164</v>
       </c>
       <c r="I20" s="1" t="n">
-        <v>1.447166898</v>
+        <v>1.444884266</v>
       </c>
       <c r="J20" s="1" t="n">
-        <v>1.429253459</v>
+        <v>1.428807865</v>
       </c>
       <c r="K20" s="1" t="n">
-        <v>1.357771191</v>
+        <v>1.356426375</v>
       </c>
       <c r="L20" s="1" t="n">
-        <v>1.319151777</v>
+        <v>1.316532734</v>
       </c>
       <c r="M20" s="1" t="n">
-        <v>1.254293463</v>
+        <v>1.251567913</v>
       </c>
       <c r="N20" s="1" t="n">
-        <v>1.179949934</v>
+        <v>1.181958793</v>
       </c>
       <c r="O20" s="1" t="n">
-        <v>1.0679515</v>
+        <v>1.066590507</v>
       </c>
       <c r="P20" s="1" t="n">
-        <v>0.9445296249</v>
+        <v>0.9427728754</v>
       </c>
       <c r="Q20" s="1" t="n">
-        <v>0.8251690981</v>
-[...1 lines deleted...]
-      <c r="R20" s="1"/>
+        <v>0.8251584692</v>
+      </c>
+      <c r="R20" s="1" t="n">
+        <v>0.7326033237</v>
+      </c>
+      <c r="S20" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="0"/>
       <c r="B21" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0"/>
@@ -762,159 +779,168 @@
       </c>
       <c r="J26" s="1" t="n">
         <v>2015</v>
       </c>
       <c r="K26" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="L26" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="M26" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="N26" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="O26" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="P26" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="Q26" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="R26" s="1"/>
+      <c r="R26" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="S26" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0" t="s">
         <v>12</v>
       </c>
       <c r="B27" s="1" t="n">
-        <v>0.6388363722</v>
+        <v>0.6390597027</v>
       </c>
       <c r="C27" s="1" t="n">
-        <v>0.6794678735</v>
+        <v>0.6734912642</v>
       </c>
       <c r="D27" s="1" t="n">
-        <v>0.7479311931</v>
+        <v>0.740410485</v>
       </c>
       <c r="E27" s="1" t="n">
-        <v>0.8233915978</v>
+        <v>0.8193205017</v>
       </c>
       <c r="F27" s="1" t="n">
-        <v>0.8975166596</v>
+        <v>0.8947672684</v>
       </c>
       <c r="G27" s="1" t="n">
-        <v>0.948794837</v>
+        <v>0.9466481836</v>
       </c>
       <c r="H27" s="1" t="n">
-        <v>0.9813516517</v>
+        <v>0.9777965773</v>
       </c>
       <c r="I27" s="1" t="n">
-        <v>1.026508399</v>
+        <v>1.022807078</v>
       </c>
       <c r="J27" s="1" t="n">
-        <v>1.025798639</v>
+        <v>1.02290938</v>
       </c>
       <c r="K27" s="1" t="n">
-        <v>0.9989337261</v>
+        <v>0.9953441604</v>
       </c>
       <c r="L27" s="1" t="n">
-        <v>0.9703349052</v>
+        <v>0.9661977251</v>
       </c>
       <c r="M27" s="1" t="n">
-        <v>0.9163989439</v>
+        <v>0.9121212102</v>
       </c>
       <c r="N27" s="1" t="n">
-        <v>0.8531160815</v>
+        <v>0.8520131241</v>
       </c>
       <c r="O27" s="1" t="n">
-        <v>0.7564349716</v>
+        <v>0.7530328175</v>
       </c>
       <c r="P27" s="1" t="n">
-        <v>0.6687358512</v>
+        <v>0.6622146376</v>
       </c>
       <c r="Q27" s="1" t="n">
-        <v>0.5797483571</v>
-[...1 lines deleted...]
-      <c r="R27" s="1"/>
+        <v>0.5766339879</v>
+      </c>
+      <c r="R27" s="1" t="n">
+        <v>0.5113090623</v>
+      </c>
+      <c r="S27" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B28" s="1" t="n">
-        <v>0.7077272102</v>
+        <v>0.7081238291</v>
       </c>
       <c r="C28" s="1" t="n">
-        <v>0.7498239714</v>
+        <v>0.742796112</v>
       </c>
       <c r="D28" s="1" t="n">
-        <v>0.8327126022</v>
+        <v>0.8230009036</v>
       </c>
       <c r="E28" s="1" t="n">
-        <v>0.9192987867</v>
+        <v>0.9167993136</v>
       </c>
       <c r="F28" s="1" t="n">
-        <v>1.007489447</v>
+        <v>1.005875605</v>
       </c>
       <c r="G28" s="1" t="n">
-        <v>1.061520921</v>
+        <v>1.061253248</v>
       </c>
       <c r="H28" s="1" t="n">
-        <v>1.096172195</v>
+        <v>1.093590573</v>
       </c>
       <c r="I28" s="1" t="n">
-        <v>1.145064455</v>
+        <v>1.141673699</v>
       </c>
       <c r="J28" s="1" t="n">
-        <v>1.143778425</v>
+        <v>1.143372368</v>
       </c>
       <c r="K28" s="1" t="n">
-        <v>1.116757163</v>
+        <v>1.11402073</v>
       </c>
       <c r="L28" s="1" t="n">
-        <v>1.091419744</v>
+        <v>1.087322276</v>
       </c>
       <c r="M28" s="1" t="n">
-        <v>1.034215762</v>
+        <v>1.030374553</v>
       </c>
       <c r="N28" s="1" t="n">
-        <v>0.9614530899</v>
+        <v>0.9612766177</v>
       </c>
       <c r="O28" s="1" t="n">
-        <v>0.8654224156</v>
+        <v>0.8634315418</v>
       </c>
       <c r="P28" s="1" t="n">
-        <v>0.7782897046</v>
+        <v>0.7740590264</v>
       </c>
       <c r="Q28" s="1" t="n">
-        <v>0.693843208</v>
-[...1 lines deleted...]
-      <c r="R28" s="1"/>
+        <v>0.692213875</v>
+      </c>
+      <c r="R28" s="1" t="n">
+        <v>0.6281405141</v>
+      </c>
+      <c r="S28" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="0"/>
       <c r="B29" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="0"/>
@@ -944,267 +970,282 @@
       </c>
       <c r="J34" s="1" t="n">
         <v>2015</v>
       </c>
       <c r="K34" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="L34" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="M34" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="N34" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="O34" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="P34" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="Q34" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="R34" s="1"/>
+      <c r="R34" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="S34" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="0" t="s">
         <v>15</v>
       </c>
       <c r="B35" s="1" t="n">
-        <v>0.1577695963</v>
+        <v>0.2214199609</v>
       </c>
       <c r="C35" s="1" t="n">
-        <v>0.1798590666</v>
+        <v>0.2526354612</v>
       </c>
       <c r="D35" s="1" t="n">
-        <v>0.2219644771</v>
+        <v>0.3122360826</v>
       </c>
       <c r="E35" s="1" t="n">
-        <v>0.2453679735</v>
+        <v>0.3460513855</v>
       </c>
       <c r="F35" s="1" t="n">
-        <v>0.250518233</v>
+        <v>0.349729471</v>
       </c>
       <c r="G35" s="1" t="n">
-        <v>0.2267067161</v>
+        <v>0.3127544175</v>
       </c>
       <c r="H35" s="1" t="n">
-        <v>0.2207260621</v>
+        <v>0.302262887</v>
       </c>
       <c r="I35" s="1" t="n">
-        <v>0.2110115399</v>
+        <v>0.2892908982</v>
       </c>
       <c r="J35" s="1" t="n">
-        <v>0.1953304023</v>
+        <v>0.2706292788</v>
       </c>
       <c r="K35" s="1" t="n">
-        <v>0.1813836371</v>
+        <v>0.2511512329</v>
       </c>
       <c r="L35" s="1" t="n">
-        <v>0.1598547089</v>
+        <v>0.2212250861</v>
       </c>
       <c r="M35" s="1" t="n">
-        <v>0.1374091214</v>
+        <v>0.1911501241</v>
       </c>
       <c r="N35" s="1" t="n">
-        <v>0.1185219889</v>
+        <v>0.1650762673</v>
       </c>
       <c r="O35" s="1" t="n">
-        <v>0.1041390704</v>
+        <v>0.1445324294</v>
       </c>
       <c r="P35" s="1" t="n">
-        <v>0.0940442565</v>
+        <v>0.1305729595</v>
       </c>
       <c r="Q35" s="1" t="n">
-        <v>0.08225604561</v>
-[...1 lines deleted...]
-      <c r="R35" s="1"/>
+        <v>0.1153873962</v>
+      </c>
+      <c r="R35" s="1" t="n">
+        <v>0.1022057704</v>
+      </c>
+      <c r="S35" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="0" t="s">
         <v>16</v>
       </c>
       <c r="B36" s="1" t="n">
-        <v>1.025193206</v>
+        <v>1.025522462</v>
       </c>
       <c r="C36" s="1" t="n">
-        <v>1.079469056</v>
+        <v>1.079469423</v>
       </c>
       <c r="D36" s="1" t="n">
-        <v>1.195356043</v>
+        <v>1.195356451</v>
       </c>
       <c r="E36" s="1" t="n">
-        <v>1.330286579</v>
+        <v>1.340926755</v>
       </c>
       <c r="F36" s="1" t="n">
-        <v>1.461622699</v>
+        <v>1.470880751</v>
       </c>
       <c r="G36" s="1" t="n">
-        <v>1.537537668</v>
+        <v>1.547313801</v>
       </c>
       <c r="H36" s="1" t="n">
-        <v>1.600195709</v>
+        <v>1.60843314</v>
       </c>
       <c r="I36" s="1" t="n">
-        <v>1.675470113</v>
+        <v>1.68331968</v>
       </c>
       <c r="J36" s="1" t="n">
-        <v>1.654658008</v>
+        <v>1.664815092</v>
       </c>
       <c r="K36" s="1" t="n">
-        <v>1.603321833</v>
+        <v>1.609545174</v>
       </c>
       <c r="L36" s="1" t="n">
-        <v>1.538123653</v>
+        <v>1.542840888</v>
       </c>
       <c r="M36" s="1" t="n">
-        <v>1.434660887</v>
+        <v>1.43941659</v>
       </c>
       <c r="N36" s="1" t="n">
-        <v>1.321418848</v>
+        <v>1.327581636</v>
       </c>
       <c r="O36" s="1" t="n">
-        <v>1.162815929</v>
+        <v>1.168894186</v>
       </c>
       <c r="P36" s="1" t="n">
-        <v>1.026325976</v>
+        <v>1.03154511</v>
       </c>
       <c r="Q36" s="1" t="n">
-        <v>0.8871495898</v>
-[...1 lines deleted...]
-      <c r="R36" s="1"/>
+        <v>0.89338499</v>
+      </c>
+      <c r="R36" s="1" t="n">
+        <v>0.7962783414</v>
+      </c>
+      <c r="S36" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B37" s="1" t="n">
-        <v>0.815064553</v>
+        <v>0.8153915943</v>
       </c>
       <c r="C37" s="1" t="n">
-        <v>0.8705673505</v>
+        <v>0.8705670459</v>
       </c>
       <c r="D37" s="1" t="n">
-        <v>0.954513312</v>
+        <v>0.9545129839</v>
       </c>
       <c r="E37" s="1" t="n">
-        <v>1.042649037</v>
+        <v>1.044188545</v>
       </c>
       <c r="F37" s="1" t="n">
-        <v>1.144181251</v>
+        <v>1.145490556</v>
       </c>
       <c r="G37" s="1" t="n">
-        <v>1.222325062</v>
+        <v>1.22366407</v>
       </c>
       <c r="H37" s="1" t="n">
-        <v>1.262418943</v>
+        <v>1.263723263</v>
       </c>
       <c r="I37" s="1" t="n">
-        <v>1.327486648</v>
+        <v>1.329033542</v>
       </c>
       <c r="J37" s="1" t="n">
-        <v>1.345034631</v>
+        <v>1.346771375</v>
       </c>
       <c r="K37" s="1" t="n">
-        <v>1.324088836</v>
+        <v>1.325130054</v>
       </c>
       <c r="L37" s="1" t="n">
-        <v>1.315395851</v>
+        <v>1.316258706</v>
       </c>
       <c r="M37" s="1" t="n">
-        <v>1.26442685</v>
+        <v>1.2651078</v>
       </c>
       <c r="N37" s="1" t="n">
-        <v>1.188445651</v>
+        <v>1.189376886</v>
       </c>
       <c r="O37" s="1" t="n">
-        <v>1.073233512</v>
+        <v>1.074224716</v>
       </c>
       <c r="P37" s="1" t="n">
-        <v>0.9675324591</v>
+        <v>0.9683608292</v>
       </c>
       <c r="Q37" s="1" t="n">
-        <v>0.8624782094</v>
-[...1 lines deleted...]
-      <c r="R37" s="1"/>
+        <v>0.863424254</v>
+      </c>
+      <c r="R37" s="1" t="n">
+        <v>0.7824363694</v>
+      </c>
+      <c r="S37" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="0" t="s">
         <v>18</v>
       </c>
       <c r="B38" s="1" t="n">
-        <v>0.1343608873</v>
+        <v>0.1344787587</v>
       </c>
       <c r="C38" s="1" t="n">
-        <v>0.1494464764</v>
+        <v>0.149446395</v>
       </c>
       <c r="D38" s="1" t="n">
-        <v>0.1741249001</v>
+        <v>0.1741248065</v>
       </c>
       <c r="E38" s="1" t="n">
-        <v>0.1933429695</v>
+        <v>0.1933816832</v>
       </c>
       <c r="F38" s="1" t="n">
-        <v>0.2191985511</v>
+        <v>0.2192289625</v>
       </c>
       <c r="G38" s="1" t="n">
-        <v>0.246853977</v>
+        <v>0.2468959357</v>
       </c>
       <c r="H38" s="1" t="n">
-        <v>0.2572492384</v>
+        <v>0.2572927189</v>
       </c>
       <c r="I38" s="1" t="n">
-        <v>0.2732226984</v>
+        <v>0.2732705995</v>
       </c>
       <c r="J38" s="1" t="n">
-        <v>0.2873621723</v>
+        <v>0.2874096815</v>
       </c>
       <c r="K38" s="1" t="n">
-        <v>0.286076603</v>
+        <v>0.2860965387</v>
       </c>
       <c r="L38" s="1" t="n">
-        <v>0.2898639151</v>
+        <v>0.2898773841</v>
       </c>
       <c r="M38" s="1" t="n">
-        <v>0.2876064613</v>
+        <v>0.2876275805</v>
       </c>
       <c r="N38" s="1" t="n">
-        <v>0.281360874</v>
+        <v>0.2813818056</v>
       </c>
       <c r="O38" s="1" t="n">
-        <v>0.2650515076</v>
+        <v>0.265082066</v>
       </c>
       <c r="P38" s="1" t="n">
-        <v>0.2451220146</v>
+        <v>0.2451399453</v>
       </c>
       <c r="Q38" s="1" t="n">
-        <v>0.2281374086</v>
-[...1 lines deleted...]
-      <c r="R38" s="1"/>
+        <v>0.228145208</v>
+      </c>
+      <c r="R38" s="1" t="n">
+        <v>0.2118671937</v>
+      </c>
+      <c r="S38" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="0"/>
       <c r="B39" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>